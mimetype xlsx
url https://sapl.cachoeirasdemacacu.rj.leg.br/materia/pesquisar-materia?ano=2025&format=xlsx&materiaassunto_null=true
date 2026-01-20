--- v0 (2025-12-06)
+++ v1 (2026-01-20)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6184" uniqueCount="3024">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6336" uniqueCount="3085">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -5864,50 +5864,80 @@
   <si>
     <t>1448</t>
   </si>
   <si>
     <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2275/ind_-_2025_-_1448_-_2025_-_ver_alexandre_ferreira_-_executivo_interceder_solucao_derrapagem_rua_alvim_santana_neves_bairro_70.pdf</t>
   </si>
   <si>
     <t>Expediente ao Exmo. Senhor Prefeito Municipal Rafael Muzzi de Miranda, que interceda junto aos órgaos competentes, para que seja realizado estudo de viabilidade para solucao da problematica de derrapagem na Rua Alvim Santana Neves no bairro 70, uma vez que em dias de chuva torna-se esta escorregadia gerando transtorno para veiculos que transitam no local</t>
   </si>
   <si>
     <t>2277</t>
   </si>
   <si>
     <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2277/ind_-_2025_-_1451_-_2025_-_ver_rogerio_de_souza_-_executivo_interceder_instalacao_guarda-corpos_manutencao_ponte_rio_coqueiral.pdf</t>
   </si>
   <si>
     <t>Expediente ao Excelentíssimo Senhor Prefeito Rafael Muzzi de Miranda, no intuito de interceder junto ao Órgão Competente, a instalação de Guarda-Corpos e Manutenção na Ponte sobre o Rio Coqueiral na ciclovia em Papucaia, neste Município.</t>
   </si>
   <si>
     <t>2278</t>
   </si>
   <si>
     <t>Expediente ao Excelentíssimo Senhor Prefeito Rafael Muzzi de Miranda, no intuito de interceder junto ao Órgão Competente, a necessidade de construção de vestiários e banheiros (masculino e feminino) na quadra poliesportiva do Ganguri, neste Município.</t>
   </si>
   <si>
+    <t>2279</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2279/ind_-_2025_-_1453_-_2025_-_ver_rogerio_de_souza_-_executivo_interceder_colocacao_quebra-molas_todas_rua_expansao_b_papucaia.pdf</t>
+  </si>
+  <si>
+    <t>Expediente ao Excelentíssimo Senhor Prefeito Rafael Muzzi de Miranda, no intuito de interceder junto ao Órgão Competente, a Construção/Colocação de quebra-molas em todas as Ruas Da Expansão B, localizada em Papucaia, neste Município</t>
+  </si>
+  <si>
+    <t>2280</t>
+  </si>
+  <si>
+    <t>1454</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2280/ind_-_2025_-_1454_-_2025_-_ver_rogerio_de_souza_-_executivo_interceder_colocados_bancos_rodoviaria_papucaia.pdf</t>
+  </si>
+  <si>
+    <t>Expediente ao Excelentíssimo Senhor Prefeito Rafael Muzzi de Miranda, no intuito de interceder junto ao Orgão Competente, que sejam colocados / construídos Bancos na pracinha da rodoviária de Papucaia, neste Município.</t>
+  </si>
+  <si>
+    <t>2293</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2293/ind_-_2025_-_1480_-_2025_-_ver_edivaldo_pereira_de_souza_-_plo_anexo_-_obrigatoriedade_divulgacao_direitos_vagas_gratuitas_descontos.pdf</t>
+  </si>
+  <si>
+    <t>Seja encaminhado ao Exmo. Senhor Prefeito Rafael Muzzi de Miranda,no intuito de que interceda junto à Secretaria Responsável, para que receba este Anteprojeto de Lei, analise-o, e achando pertinente os benefícios para a população cachoeirense, encaminhe-o de volta para esta Casa de Leis para apreciação e votação</t>
+  </si>
+  <si>
     <t>1419</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
     <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1419/moc_-_2025_-_0142-2025_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Ao historiador e gestor de projetos socioambientais e educacionais estratégicos, Sr. Pedro Paulo Pinto da Rosa</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1508/moc_-_2025_-_0249-2025_-_fabricio_de_araujo_sousa.pdf</t>
@@ -8774,50 +8804,53 @@
     <t>588</t>
   </si>
   <si>
     <t>Tiago da Silva Teixeira (Tiago do Gás), Edivaldo Pereira de Souza (Dudu do Povão), Rogério de Souza Ramos (Rogério Motos)</t>
   </si>
   <si>
     <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1809/2025_-_prs_-_0588-2024-_contas_anuais_waldecyr_fraga_machado_-_exercicio_2016_-_processo_0630-2024.pdf</t>
   </si>
   <si>
     <t>"Aprova as Contas Anuais do Município de Cachoeiras de Macacu, Gestão do Prefeito Municipal, Senhor Waldecy Fraga Machado, relativas ao Exercício de 2015, Processo TCE/RJ 810.542-9/16".</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1810/2025_-_prs_-_0589-2025_-_contas_anuais_waldecyr_fraga_machado_-_exercicio_2016.pdf</t>
   </si>
   <si>
     <t>"Aprova as Contas Anuais do Município de Cachoeiras de Macacu, Gestão do Prefeito Municipal Senhor WALDECY FRAGA MACHADO, relativas ao Exercício de 2016, Processo TCE/RJ 212.621-9/2017.</t>
   </si>
   <si>
     <t>2273</t>
+  </si>
+  <si>
+    <t>CFO - Comissão de Finanças e Orçamento</t>
   </si>
   <si>
     <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2273/prs_-_2025_-_1439-2025_-_comissao_de_financas_e_orcamento.pdf</t>
   </si>
   <si>
     <t>Aprova as Contas Anuais do Município de Cachoeiras de Macacu, Gestão do Prefeito Municipal, Senhor Rafael Muzzi de Miranda, relativas ao Exercício de 2023, Processo TCE 213.548-5/24.</t>
   </si>
   <si>
     <t>1595</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1595/req_-_2025_-_0320-2025_-_demilson_-_fabricio_-_gilberto_-_edivaldo_-_nilton_-_vilmar_-_tiago_-_edgar_-_rogerio.pdf</t>
   </si>
   <si>
     <t>Solicitando ao Ilmo. Sr. Prefeito informações relativas ao CONTRATOS RELACIONADOS A PRESTAÇÃO DE SERVIÇOS DE COMUNICAÇÃO SOCIAL, IMPRENSA IMPRESSA, MÍDIA DIGITAL NOS ANOS DE 2023 E 2024, conforme descrito abaixo: _x000D_
 _x000D_
@@ -9037,109 +9070,261 @@
     <t>2175</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
     <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2175/vet_-_2025_-_1207_-_2025_-_executivo_-_veto_total_-_projeto_de_lei_0933_-_2025_-_ver_rogerio_de_souza_ramos.pdf</t>
   </si>
   <si>
     <t>Veto total ao Projeto de Lei Ordindria, aprovado na sessdo ordinaria, realizada no dia 16 de setembro de 2025, que “Dispoe sobre a criacao do “Pipédromo” no bairro de Papucaia e da outras providéncias.”, sob protocolo n°0933/2025.(Vereador Rogério de Souza Ramos)</t>
   </si>
   <si>
     <t>2174</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
     <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2174/vet_-_2025_-_1208_-_2025_-_executivo_-_veto_total_-_projeto_de_lei_0689_-_2025_-_ver_rogerio_de_souza_ramos.pdf</t>
   </si>
   <si>
     <t>Veto total ao Projeto de Lei Ordinaria, aprovado na sessdo ordinaria, realizada no dia 16 de setembro de 2025, que “Institui os Jogos Estudantis no Municipio de Cachoeiras de Macacu e da outras providéncias”, sob protocolo n°0689/2025 - Vereador Rogério de Souza_x000D_
 Ramos</t>
   </si>
   <si>
+    <t>2290</t>
+  </si>
+  <si>
+    <t>1209</t>
+  </si>
+  <si>
+    <t>SEGOV - Secretaria Municipal de Governo e Casa Civil</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2290/2025_vet_1209_2025__vilmar_pereira_da_silva.pdf</t>
+  </si>
+  <si>
+    <t>VETO TOTAL AO PROJETO DE LEI ORDINÁRIA, APROVADO NA SESSÃO ORDINÁRIA, REALIZADA NO DIA 16 DE SETEMBRO DE 2025, QUE "PROÍBE A ACUMULAÇÃO DE CARGOS PÚBLICOS NA ADMINISTRAÇÃO MUNICIPAL DE CACHOEIRAS DE MACACU.", SOB PROTOCOLO Nº 0941/2025.</t>
+  </si>
+  <si>
     <t>2177</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
     <t>Veto Parcial ao Projeto de Lei Ordindria, aprovado na sessdo ordinaria, realizada no dia 16 de setembro de 2025, que “Institui a Semana Municipal de Conscientização e Prevençao ao Uso de Drogas por Criangas e Adolescentes no municipio de Cachoeiras de Macacu, e da outras providéncias”, sob protocolo n°0493/2025.(Vereador Célio de Carvalho Maciel)</t>
   </si>
   <si>
     <t>2178</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
     <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2178/vet_-_2025_-1211_-_2025_-_executivo_-_veto_parcial__-_projeto_de_lei_0971_-_2025_-_ver_hugo_guida_de_miranda.pdf</t>
   </si>
   <si>
     <t>Veto Parcial ao Projeto de Lei Ordinaria, aprovado na sessao ordinaria, realizada no dia 16 de setembro de 2025, que “Dispoe sobre a prevençao e o combate a adultizado de criancas e adolescentes no ambito do Municipio de Cachoeiras de Macacu e da outras providéncias”, sob o protocolo n° 0971/2025 (Vereador Hugo Guida de Miranda)</t>
   </si>
   <si>
     <t>2209</t>
   </si>
   <si>
     <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2209/vet_-_2025_-_1299-2025_-_veto_total_ao_projeto_de_lei_0869-2025_-_tiago_da_silva_teixeira.pdf</t>
   </si>
   <si>
     <t>Encaminha o Veto total ao Projeto de Lei aprovado na sessão ordinária, realizada no dia 07 de outubro de 2025, que “Dispõe sobre o recolhimento, registro e cadastramento de animais de grande porte soltos nas vias e logradouros púbicos do Município de Cachoeiras de Macacu e dá outras providências”, sob protocolo nº0869/2025.</t>
   </si>
   <si>
+    <t>2281</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2281/vet_-_2025_-_1300-2025_-_veto_total_ao_projeto_de_lei_0597-2025_-_celio_de_carvalho_maciel.pdf</t>
+  </si>
+  <si>
+    <t>Veto Total ao Projeto de Lei aprovado na sessão ordinária, realizada no dia 07 de outubro de 2025, que "Autoriza a criação do Banco de Sementes Comunitário no Município de Cachoeiras de Macacu e dá outras providências", sob protocolo nº 0597/2025.</t>
+  </si>
+  <si>
     <t>2208</t>
   </si>
   <si>
     <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2208/vet_-_2025_-_1301-2025_-_veto_total_ao_projeto_de_lei_0811-2025_-_vilmar_pereira_da_silva.pdf</t>
   </si>
   <si>
     <t>Encaminha o Veto total ao Projeto de Lei aprovado na sessão ordinária, realizada no dia 07 de outubro de 2025, que “Autoriza a instituição do Programa de Saúde Oftalmológica para aluno da rede municipal de ensino e dá outras providências”, sob protocolo nº0811/2025.</t>
+  </si>
+  <si>
+    <t>2282</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2282/vet_-_2025_-_1302-2025_-_veto_total_ao_projeto_de_lei_1033-2025_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+  </si>
+  <si>
+    <t>Veto total ao Projeto de Lei aprovado na sessão ordinária, realizada no dia 07 de outubro de 2025, que "Dispõe sobre a remoção de veículos abandonados em vias públicas no Município de Cachoeiras de Macacu e dá outras providências”, sob protocolo nº 1033/2025;</t>
+  </si>
+  <si>
+    <t>2283</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2283/vet_-_2025_-_1303-2025_-_veto_total_ao_projeto_de_lei_0737-2025_-_hugo_guida_de_miranda.pdf</t>
+  </si>
+  <si>
+    <t>Veto total ao Projeto de Lei aprovado na sessão ordinária, realizada no dia 07 de outubro de 2025, que “Dispõe sobre a prioridade na inserção de mulheres vítimas de violência doméstica e familiar no âmbito do Município de Cachoeiras de Macacu, mediante atuação conjunta da Secretaria Municipal de Assistência Social e Políticas para Mulheres e da Secretaria Municipal de Desenvolvimento Econômico, Indústria, Comércio e Trabalho e dá outras providências”, sob protocolo nº 0737/2025.</t>
+  </si>
+  <si>
+    <t>2284</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2284/vet_-_2025_-_1304-2025_-_veto_total_ao_projeto_de_lei_0593-2025_-_celio_de_carvalho_maciel.pdf</t>
+  </si>
+  <si>
+    <t>VETO TOTAL AO PROJETO DE LEI APROVADO NA SESSÃO ORDINÁRIA , REALIZADA NO DIA 07 DE OUTUBRO DE 2025, QUE "AUTORIZA A CRIAÇÃO DA POLÍTICA MUNICIPAL DE FOMENTO AO TURISMO RURAL SUSTENTÁVEL EM CACHOEIRAS DE MACACU", SOB PROTOCOLO Nº 0593/2025.</t>
+  </si>
+  <si>
+    <t>2286</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2286/vet_-_2025_-_1305-2025_-_veto_total_ao_projeto_de_lei_0595-2025_-_celio_de_carvalho_maciel.pdf</t>
+  </si>
+  <si>
+    <t>VETO TOTAL AO PROJETO DE LEI APROVADO NA SESSÃO ORDINÁRIA REALIZADA NO DIA 07 DE OUTUBRO DE 2025, QUE "AUTORIZA A CRIAÇÃO DO PROGRAMA "ADOTE UMA ESTRADA RURAL" NO MUNICÍPIO DE CACHOEIRAS DE MACACU E DÁ OUTRAS PROVIDÊNCIAS", SOB O PROTOCOLO Nº 0595/2025.</t>
+  </si>
+  <si>
+    <t>2285</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2285/vet_-_2025_-_1306-2025_-_veto_total_ao_projeto_de_lei_1097-2025_-_edgar_rosa_da_silva.pdf</t>
+  </si>
+  <si>
+    <t>VETO TOTAL AO PROJETO DE LEI APROVADO NA SESSÃO ORDINÁRIA, REALIZADA NO DIA 07 DE OUTUBRO DE 2025, QUE "DISPÕE SOBRE A PROIBIÇÃO DE POSSE EM CARGOS PÚBLICOS, NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA DIRETA E INDIRETA, DE PESSOAS CONDENADAS COM TRÂNSITO EM JULGADO PELOS CRIMES PREVISTOS NA LEI FEDERAL Nº 11.340/2025 - LEI MARIA DA PENHA E DÁ OUTRAS PROVIDÊNCIAS", SOB PROTOCOLO Nº 1097/2025.</t>
   </si>
   <si>
     <t>2247</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
     <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2247/vet_-_2025_-1382-2025_-_executivo_-_veto_total_-_projeto_de_lei_1041-2025_-_ver_celio_de_carvalho_maciel.pdf</t>
   </si>
   <si>
     <t>Encaminha o Veto total ao Projeto de Lei aprovado na sessão ordinária, realizada no dia 14 de outubro de 2025, que “Autoriza o Poder Executivo a celebrar parcerias e realizar transferências de recursos à Associação Pestalozzi de Cachoeiras de Macacu, para execução de serviços voltados à pessoa_x000D_
 com deficiência, nos termos da Lei Federal Nº 13.019/2014 (MROSC) e da Lei 13.146/2015 (Lei Brasileira de Inclusão)”, sob protocolo nº 1041/2025.</t>
   </si>
   <si>
     <t>2243</t>
   </si>
   <si>
     <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2243/vet_-_2025_-_1383-2025_-_veto_ao_projeto_de_lei_1163-2025.pdf</t>
   </si>
   <si>
     <t>Encaminha o Veto total ao Projeto de Lei aprovado na sessão ordinária, realizada no dia 14 de outubro de 2025, que “Institui no âmbito do Município de Cachoeiras de Macacu, o Selo “EMPRESA AMIGA DA MULHER CACHOEIRENSE”, e dá outras providências.”, sob protocolo nº 1163/2025.</t>
+  </si>
+  <si>
+    <t>2287</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2287/vet_-_2025_-1476_-_2025_-_executivo_-_veto_total_-_projeto_de_lei_1316_-_2025_-_ver_vilmar_pereira_-_reconhecimento_direitos_intrinsecos_rio_macacu.pdf</t>
+  </si>
+  <si>
+    <t>Veto total ao Projeto de Lei aprovado na sessão ordinária, realizada no dia 11 de novembro de 2025, que “Dispõe sobre o reconhecimento dos direitos intrínsecos do Rio Macacu no Município de Cachoeiras de Macacu, seu enquadramento como ente especialmente protegido, cria o comitê guardião de tutela dos interesses do Rio Macacu e dá outras providências”, sob protocolo no1316/2025, do Vereador Vilmar Pereira da Silva</t>
+  </si>
+  <si>
+    <t>2288</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2288/vet_-_2025_-1477_-_2025_-_executivo_-_veto_total_-_projeto_de_lei_1087_-_2025_-_ver_tiago_da_silva_teixeira_-_institui_semana_proclamacao_evangelho.pdf</t>
+  </si>
+  <si>
+    <t>Veto total ao Projeto de Lei aprovado na sessão ordinária, realizada no dia 18 de novembro de 2025, que “Institui a Semana Municipal de Proclamação do Evangelho em Cachoeiras de Macacu”, sob protocolo no1087/2025. Projeto de Lei do Vereador Tiago da Silva Teixeira</t>
+  </si>
+  <si>
+    <t>2289</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2289/vet_-_2025_-1478_-_2025_-_executivo_-_veto_total_-_projeto_de_lei_1067_-_2025_-_ver_hugo_guida_de_miranda__-_institui_programa_incentivo_primeiro_emprego.pdf</t>
+  </si>
+  <si>
+    <t>Veto total ao Projeto de Lei aprovado na sessão ordinária, realizada no dia 18 de novembro de 2025, que “Institui o Programa Municipal de Incentivo ao Primeiro Emprego no Município de Cachoeiras de Macacu e dá outras providências”, sob protocolo no1067/2025, do Vereador Hugo Guida de Miranda</t>
+  </si>
+  <si>
+    <t>2291</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2291/vet_-_2025_-1491_-_2025_-_executivo_-_veto_total_-_projeto_de_lei_1086_-_2025_-_ver_jose_lucas_stutz_delgado_-_projeto_bombeiro_mirim.pdf</t>
+  </si>
+  <si>
+    <t>Veto total ao Projeto de Lei aprovado na sessão ordinária, realizada no dia 18 de novembro de 2025, que “Autoriza o Poder Executivo a firmar convênio para implementação e realização do Projeto Bombeiro Mirim e dá outras providências”, sob protocolo no1086/2025, de autoria do Ver. José Lucas Stutz Delgado Pinto</t>
+  </si>
+  <si>
+    <t>2296</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2296/vet_-_2025_-1494_-_2025_-_executivo_-_veto_total_-_projeto_de_lei_0655_-_2025_-_ver_celio_de_carvalho_maciel_-_wi-fi_gratuita_reparticoes_publicas.pdf</t>
+  </si>
+  <si>
+    <t>OFÍCIO No 0253/SEGOV/2025. para encaminhar o Veto total ao Projeto de Lei aprovado na sessão ordinária, realizada no dia 25 de novembro de 2025  que “Dispõe sobre a obrigatoriedade da disponibilização de rede Wi-Fi gratuita em repartições públicas municipais que possuam acesso à internet, e dá outras providências”, sob protocolo no0655/2025. Projeto de Lei (Vereador Célio de Carvalho Maciel)</t>
+  </si>
+  <si>
+    <t>2300</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2300/vet_-_2025_-_1495-2025_-_veto_total_ao_projeto_de_lei_0654-2025.pdf</t>
+  </si>
+  <si>
+    <t>Encaminha o Veto total ao Projeto de Lei aprovado na sessão ordinária, realizada no dia 25 de novembro de 2025, que “Proíbe a substituição da celebração do “dia das mães” e do “dia dos pais” por “dia da família” nas instituições de ensino públicas e privadas no âmbito do Município de_x000D_
+Cachoeiras de Macacu, sob protocolo nº 0654/2025.</t>
+  </si>
+  <si>
+    <t>2301</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2301/vet_-_2025_-_1496-2025_-_veto_total_ao_projeto_de_lei_0656-2025.pdf</t>
+  </si>
+  <si>
+    <t>Encaminha o Veto total ao Projeto de Lei aprovado na sessão ordinária, realizada no dia 25 de novembro de 2025, que “Institui o Programa Municipal de Artes Marciais como Atividade Terapêutica no Município de Cachoeiras de Macacu e dá outras providências”, sob protocolo nº 0656/2025.</t>
+  </si>
+  <si>
+    <t>2298</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2298/vet_-_2025_-_1517-2025_-_veto_total_ao_projeto_de_lei_1135-2025.pdf</t>
+  </si>
+  <si>
+    <t>Encaminha o Veto total ao Projeto de Lei aprovado na sessão ordinária, realizada no dia 02 de dezembro de 2025, que “Dispõe sobre a criação do Programa Municipal de Incentivo à Criação e Fortalecimento da Economia Solidária no Município de Cachoeiras de Macacu/R] e dá outras providências”, sob protocolo nº1135/2025.</t>
+  </si>
+  <si>
+    <t>2299</t>
+  </si>
+  <si>
+    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2299/vet_-_2025_-_1518-2025_-_veto_total_ao_projeto_de_lei_1069-2025.pdf</t>
+  </si>
+  <si>
+    <t>Cumprimentando a Vossa Excelência e seus digníssimos pares, venho por meio deste, respeitosamente, encaminhar o Veto total ao Projeto de Lei_x000D_
+aprovado na sessão ordinária, realizada no dia 02 de dezembro de 2025, que “Proíbe contratação de shows, artistas e eventos abertos ao público infanto juvenil que envolvam, no decorrer da apresentação, expressão de apologia ao crime organizado, tráfico ou ao uso de drogas e dá outras providências”, sob protocolo nº1069/2025.</t>
   </si>
   <si>
     <t>1898</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>EML</t>
   </si>
   <si>
     <t>Emenda à Projeto de Lei (Ordinária ou Complementa)</t>
   </si>
   <si>
     <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1898/2025_-_emen_-_0822-2025_-_emenda_a_lei_de_diretrizes_orcamentarias.pdf</t>
   </si>
   <si>
     <t>Emendas ao Projeto de Lei o qual dispõe "DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2026, E DÁ OUTRAS PROVIDÊNCIAS." de autoria do Poder Executivo, protocolado sob o nº 0484/2025, no dia 15/04/2025.</t>
   </si>
   <si>
     <t>2259</t>
   </si>
   <si>
     <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2259/ema_-_2025_-_1414_-_2025_-_ver_tiago_teixeira_-_adiciona_proposta_implantacao_leitos_uti.pdf</t>
   </si>
@@ -9488,67 +9673,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1311/ind_-_2025_-_0009-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1313/ind_-_2025_-_0010-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1318/ind_-_2025_-_0011-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1321/ind_-_2025_-_0012-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1345/ind_-_2025_-_0013-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1347/ind_-_2025_-_0014-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1349/ind_-_2025_-_0015-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1350/ind_-_2025_-_0016-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1356/ind_-_2025_-_0018-2025_-_tiago_da_silva_teixeira_-_pavimentacao_da_gleba_colegio.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1357/ind_-_2025_-_0019-2025_-_tiago_da_silva_teixeira_-_pavimentacao_de_papucaia_2.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1358/ind_-_2025_-_0020-2025_-_tiago_da_silva_teixeira_-_pavimentacao_da_gleba_papucaia.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1359/2025_-_ind_-_0021-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1360/2025_-_ind_-_0022-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1361/2025_-_ind_-_0023-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1362/ind_-_2025_-_0024-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1363/ind_-_2025_-_0025-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1364/ind_-_2025_-_0026-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1365/ind_-_2025_-_0027-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1366/ind_-_2025_-_0028_-_2025_-_contrucao_passagem_lateral_pedestre_ciclista_-_ver_tiago_teixeira.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1367/2025_-_ind_-_0029-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1368/ind_-_2025_-_0030_-_2025_-_implementacao_de_mercado_do_produtor_rural_-_ver_tiago_teixeira.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1369/2025_-_ind_-_0031-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1370/ind_-_2025_-_0032_-_2025_-_implementacao_de_moeda_social_-_ver_tiago_teixeira.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1372/ind_-_2025_-_0033_-2025_-_ver_tiago_silva_-_criar_traansporte_gratuito_conduzir_velorios_sepultamentos.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1307/2025_-_ind_-_0034-2025_-_rogerio_de_souza_ramos_-_retirada_por_duplicidade.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1523/2025_-_ind_-_0035-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1524/2025_-_ind_-_0036-2025_-_rogerio_de_souza_ramos_-_retirada_por_duplicidade.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1296/2025_-_ind_-_0037-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1297/2025_-_ind_-_0038-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1298/ind_-_2025_-_0039-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1299/ind_-_2025_-_0040-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1301/ind_-_2025_-_0041-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1302/ind_-_2025_-_0042-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1303/ind_-_2025_-_0043-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1306/ind_-_2025_-_0045-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1295/ind_-_2025_-_0046-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1310/ind_-_2025_-_0047-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1294/ind_-_2025_-_0048-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1308/ind_-_2025_-_0049-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1314/ind_-_2025_-_0050-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1319/ind_-_2025_-_0051-2025_-_jose_lucas_stutz_delgado_pinto_-_construcao_muro_rio_ganguri.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1323/ind_-_2025_-_0052-2025_-_jose_lucas_stutz_delgado_pinto_-_muro_de_contencao_morro_do_cleber.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1324/ind_-_2025_-_0053-2025_-_jose_lucas_stutz_delgado_pinto_-_captacao_agua_tocas.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1325/2025_-ind_-__0054-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1327/2025_-_ind_-_0055-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1329/2025_-_ind_-_0056-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1333/ind_-_2025_-_0057-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1334/ind_-_2025_-_0058-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1335/ind_-_2025_-_0059-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1336/ind_-_2025_-_0060_-_2025_-_acionar_amae_solucionar_valao_rua_dr_porciuncula__-_ver_jo_se_lucas.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1337/ind_-_2025_-_0061_-_2025_-_cobertura_patio_centro_especializado_odontologico_-_ver_jo_se_lucas.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1338/ind_-_2025_-_0062_-_2025_-_calcar_ou_asfaltar_estrada_pedreira__-_ver_jo_se_lucas.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1341/ind_-_2025_-_0063-2025_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1346/2025_-_ind_-_0065-2025_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1304/2025_-_ind_-_0066-2025_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1309/ind_-_2025_-_0067-2025_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1312/ind_-_2025_-_0068-2025_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1316/ind_-_2025_-_0070-2025_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1317/ind_-_2025_-_0071-2025_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1320/ind_-_2025_-_0072-2025_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1326/ind_-_2025_-_0073-2025_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1300/ind_-_2025_-_0074-2025_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1322/ind_-_2025_-_0075-2025_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1371/ind_-_2025_-_0076-2025_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1410/ind_-_2025_-_0077-2025_-_nilton_matozo_viana_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1416/ind_-_2025_-_0078-2025_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1407/ind_-_2025_-_0079-2025_-_nilton_matozo_viana_-_area_de_lazer_estadio_juarez.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1624/ind_-_2025_-_0080-2025_-_nilton_matozo_viana_-_construcao_unidade_basica_papucaia_1.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1412/ind_-_2025_-_0081-2025_-_nilton_matozo_viana_-_construcao_de_base_samu.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1409/2025_-_ind_-_0082-2025_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1522/2025_-_ind_-_0085-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1414/ind_-_2025_-_0086-2025_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1417/ind_-_2025_-_0087-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1415/ind_-_2025_-_0088-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1411/2025_-_ind_-_0089-2025_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1413/2025_-_ind_-_0090-2025_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1408/ind_-_2025_-_0091-2025_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1328/ind_-_2025_-_0093-2025_-_rogerio_de_souza_ramos_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1330/ind_-_2025_-_0094-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1331/ind_-_2025_-_0095-2025_-_rogerio_de_souza_ramos_-_pavimentacao_rua_jose_delgado.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1332/ind_-_2025_-_0096-2025_-_rogerio_de_souza_ramos_-_guard_rail_e_placa_sinalizacao_rua_a1.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1348/ind_-_2025_-_0097-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1343/ind_-_2025_-_0098-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1351/ind_-_2025_-_0099-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1352/ind_-_2025_-_0100-2025_-_demilson_antonio_ribeiro_monteiro_-_coleta_de_exames.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1353/ind_-_2025_-_0102-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1354/ind_-_2025_-_0103-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1339/ind_-_2025_-_0104-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1342/2025_-_ind_-_0109-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1377/ind_-_2025_-_0113-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1378/ind_-_2025_-_0114-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1379/ind_-_2025_-_0115-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1383/ind_-_2025_-_0123-2025_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1384/ind_-_2025_-_0124_-_2025_-_construir_portal_entrada_do_tuim_-_ver_nilton_matozo.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1385/ind_-_2025_-_0125_-_2025_-_construir_praca_e_playground_e_academia_agro-brasil_-_ver_nilton_matozo.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1386/ind_-_2025_-_0126_-_2025_-_construir_area_de_lazer_playground_e_academia_bonanza_-_ver_nilton_matozo.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1387/ind_-_2025_-_0127-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1404/ind_-_2025_-_0131-2025_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1405/ind_-_2025_-_0132-2025_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1608/ind_-_2025_-_0147-2025_-_rogerio_de_souza_ramos_-_pavimentacao_estrada_da_granada.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1422/2025_-_ind_-_0148-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1423/2025_-_ind_-_0149-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1439/2025_-_ind_-_0153-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1438/2025_-_ind_-_0154-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1437/ind_-_2025_-_0155-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1451/ind_-_2025_-_0158-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1452/ind_-_2025_-_0159-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1450/ind_-_2025_-_0160-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1453/2025_-_ind_-_0162-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1456/ind_-_2025_-_0163_-2025_-_ver_tiago_silva_-_reformar_substituir_aparelhos_ginastica_praca_colonos_papucaia.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1457/ind_-_2025_-_0164_-2025_-_ver_tiago_silva_-_construir_praca_papucaia-1.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1458/2025_-_ind_-_0165-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1459/ind_-_2025_-_0166-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1460/2025_-_ind_-_0167-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1461/2025_-_ind_-_0168-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1470/ind_-_2025_-_0189-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1471/ind_-_2025_-_0190-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1472/ind_-_2025_-_0191_-2025_-_ver_lucas_stutz_-_manilhas_paralelos_ou_recapeamento_asfaltico_rua_waldomiro_bittencourt.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1473/2025_-_ind_-_0192-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1474/ind_-_2025_-_0193-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1475/ind_-_2025_-_0196-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1476/ind_-_2025_-_0197-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1477/2025_-_ind_-_0198-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1478/2025_-_ind_-_0199-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1479/2025_-_ind_-_0200-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1480/ind_-_2025_-_0201-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1481/ind_-_2025_-_0202-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1482/ind_-_2025_-_0203-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1483/ind_-_2025_-_0204-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1484/ind_-_2025_-_0207-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1485/2025_-_ind_-_0208-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1486/ind_-_2025_-_0209-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1490/ind_-_2025_-_0226-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1491/ind_-_2025_-_0227-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1493/ind_-_2025_-_0228-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1488/ind_-_2025_-_0232-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1496/ind_-_2025_-_0237-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1495/ind_-_2025_-_0238-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1498/ind_-_2025_-_0239-2025_-_hugo_guida_de_miranda_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1497/ind_-_2025_-_0240-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1500/2025_-_ind_-_0241-2025_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1501/2025_-_ind_-_0242-2025_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1513/ind_-_2025_-_0245_-_2025_-_retirar_fios_em_desuso_dos_postes_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1511/ind_-_2025_-_0246_-_2025_-_empresa_laudos_adic_insalub_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1509/ind_-_2025_-_0248_-_2025_-_reforma_praca_ribeira_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1515/ind_-_2025_-_0254_-2025_-_ver_nilton_matozo_instalar_playground_e_academia_coletivo_incra_ribeira.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1520/2025_-_ind_-_0255-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1516/2025_-_ind_-_0256-2025_-_marcos_vinicius_ferreira_romero_-_retirada_por_duplicidade.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1517/2025_-_ind_-_0257-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1518/ind_-_2025_-_0258-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1519/ind_-_2025_-_0259-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1525/2025_-_ind_-_0275-2025_-_vilmar_pereira_da_silva_-_retirada_por_duplicidade.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1526/2025_-_ind_-_0276-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1527/ind_-_2025_-_0277-2025_-_vilmar_pereira_da_silva_1.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1528/ind_-_2025_-_0278-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1530/2025_-_ind_-_0281-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1532/ind_-_2025_-_0286-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1534/ind_-_2025_-_0287-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1546/ind_-_2025_-_0295-2025_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1547/ind_-_2025_-_0297-2025_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1548/ind_-_2025_-_0298-2025_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1549/ind_-_2025_-_0299-2025_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1592/ind_-_2025_-_0300-2025_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1550/ind_-_2025_-_0303-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1557/ind_-_2025_-_0307-2025_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1558/ind_-_2025_-_0308-2025_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1556/ind_-_2025_-_0310-2025_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1560/ind_-_2025_-_0311-2025_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1561/ind_-_2025_-_0312-2025_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1562/ind_-_2025_-_0313-2025_-_edgar_rosa_da_silva_-_construcao_orla_parque_veneza.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1563/ind_-_2025_-_0314-2025_-_edgar_rosa_da_silva_-_revitalizacao_praca_parque_veneza.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1555/ind_-_2025_-_0317-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1564/ind_-_2025_-_0321-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1565/ind_-_2025_-_0322-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1568/ind_-_2025_-_0325-2025_-_vilmar_-_demilson_-_edivaldo_-_fabricio_-_gilberto_-_nilton_-_rogerio_-_tiago.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1566/ind_-_2025_-_0326-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1567/ind_-_2025_-_0327-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1569/ind_-_2025_-_0328-2025_-_hugo_guida_de_miranda_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1570/ind_-_2025_-_0332_-_2025_-_placa_sinalizacao_escolar_e_faixa_de_pedestre_centro_educacional_gomes_queiroz_-_ver_rogerio_ramos.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1572/ind_-_2025_-_0333-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1593/ind_-_2025_-_0334-2025_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1580/ind_-_2025_-_0335-2025_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1579/ind_-_2025_-_0336-2025_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1576/ind_-_2025_-_0339-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1575/ind_-_2025_-_0340-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1577/ind_-_2025_-_0342-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1574/ind_-_2025_-_0343_-_2025_-_instalar_bebedouro_coletivo_ginasio_expedito_pereira_-_ver_rogerio_ramos.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1594/ind_-_2025_-_0344-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1581/ind_-_2025_-_0369-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1609/ind_-_2025_-_0375-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1613/ind_-_2025_-_0376-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1612/ind_-_2025_-_0377-2025_-_marcos_vinicius_ferreira_romero_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1611/ind_-_2025_-_0378-2025_-_marcos_vinicius_ferreira_romero_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1610/ind_-_2025_-_0379-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1582/2025_-_ind_-_0380-2025_-_retirada_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1583/ind_-_2025_-_0381-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1591/ind_-_2025_-_0388-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1587/ind_-_2025_-_0389-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1597/ind_-_2025_-_0392-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1596/ind_-_2025_-_0393-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1660/2025_-_ind_-_0429-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1614/2025_-_ind_-_0410-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1615/ind_-_2025_-_0411_-_2025_-_ante_projeto_lei_bolsa_atleta_macacu_-_ver_vilmar_pereira.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1621/ind_-_2025_-_0412-2025_-_marcos_vinicius_ferreira_romero_-_contrucao_distrito_industrial.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1620/ind_-_2025_-_0413-2025_-_marcos_vinicius_ferreira_romero_-_implantar_banco_de_sangue.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1618/ind_-_2025_-_0415-2025_-_alexandre_ferreira_da_fonseca_-_guarda_corpo_rua_da_mangueira.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1617/ind_-_2025_-_0416-2025_-_alexandre_ferreira_da_fonseca_-_aparato_de_captura_de_animais.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1616/ind_-_2025_-_0417-2025_-_alexandre_ferreira_da_fonseca_-_anteprojeto_centro_de_triagem_de_animais.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1625/ind_-_2025_-_0426-2025_-_fabricio_de_araujo_sousa_-_reforma_orla_varzea.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1627/ind_-_2025_-_0427-2025_-_fabricio_de_araujo_sousa_-_recuperacao_de_iluminacao_publica_bairro_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1626/ind_-_2025_-_0428-2025_-_fabricio_de_araujo_sousa_-_contato_agendamento_paciente.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1628/2025_-_ind_-_0429-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1646/2025_-_ind_-_0436-2025_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1634/2025_-_ind_-_0443-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1635/2025_-_ind_-_0444-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1637/ind_-_2025_-_0445-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1643/2025_-_ind_-_0453-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1649/2025_-_ind_-_0454-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1645/2025_-_ind_-_0456-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1644/2025_-_ind_-_0457-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1648/2025_-_ind_-_0460-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1655/2025_-_ind_-_0477-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1653/ind_-_2025_-_0480_-_2025_-_pavimentar_rua_genesio_pinto_-_ribeira_-_ver_rogerio_ramos.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1652/ind_-_2025_-_0481-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1651/ind_-_2025_-_0482-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1650/ind_-_2025_-_0483-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1669/2025_-_ind_-_0496-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1678/ind_-_2025_-_0504-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1705/ind_-_2025_-_0520-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1706/ind_-_2025_-_0521_-_2025_-_hugo_guida_-_pavimentacao_com_saneamento_ruas_13_15_-_castalia.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1699/ind_-_2025_-_0525-2025_-_rogerio_de_souza_ramos_-_ciclovia_rj116_papucaia_e_ribeira.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1707/ind_-_2025_-_0529-2025_-_hugo_guida_de_miranda_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1712/2025_-_ind_-_0530-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1710/ind_-_2025_-_0531-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1711/ind_-_2025_-_0532-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1713/2025_-_ind_-_0533-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1723/2025_-_ind_-_0534-2025_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1722/ind_-_2025_-_0535-2025_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1721/2025_-_ind_-_0536-2025_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1720/ind_-_2025_-_0541-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1716/ind_-_2025_-_0542-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1718/2025_-_ind_-_0544-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1717/ind_-_2025_-_0545_-_2025_-_ver_marcos_vinicius_-_estudo_construir_praca_agro-brasil.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1726/2025_-_ind_-_0551-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1727/2025_-_ind_-_0552-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1745/ind_-_2025_-_0553-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1746/ind_-_2025_-_0554-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1747/ind_-_2025_-_0555-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1749/ind_-_2025_-_0557_-_2025_-_ver_vilmar_da_silva-_ante_plo_contratar_mediadores_escolares.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1742/ind_-_2025_-_0559-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1743/ind_-_2025_-_0560-2025_-_alexandre_ferreira_da_fonseca_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1744/ind_-_2025_-_0561-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1760/ind_-_2025_-_0562-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1737/ind_-_2025_-_0580-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1738/ind_-_2025_-_0581-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1748/ind_-_2025_-_0582-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1741/ind_-_2025_-_0585_-_2025_-_edgar_rosa_da_silva_-_passarelas_pedestres-bicicletas_pontes_rod._116_e_122.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1774/ind_-_2025_-_0591-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1758/ind_-_2025_-_0598_-_2025_-_implantacao_de_cursos_profissionalizantes_escola_sara_bocaiuva_bulcao_-_vere_demilson.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1756/2025_-_ind_-_0603-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1763/ind_-_2025_-_0626_-_2025_-_anteprojeto_de_lei_auxilio_alimentacao_valorizacao_servidores_publicos__-_celio_maciel.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1766/ind_-_2025_-_0627-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1767/ind_-_2025_-_0628-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1768/ind_-_2025_-_0629-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1765/ind_-_2025_-_0633_-_2025_-_fabricio_araujo_souza_-_manutencao_parque_boulevard_ribeira.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1762/ind_-_2025_-_0639-2025_-_marcos_vinicius_ferreira_romero_retirada_pelo_autor.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1761/ind_-_2025_-_0641-2025_-_marcos_vinicius_ferreira_romero_retirada_pelo_autor.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1770/ind_-_2025_-_0649-2025_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1771/ind_-_2025_-_0650-2025_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1772/ind_-_2025_-_0651-2025_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1773/ind_-_2025_-_0652-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1778/ind_-_2025_-_0658-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1780/ind_-_2025_-_0659-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1783/ind_-_2025_-_0661-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1784/ind_-_2025_-_0663-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1785/ind_-_2025_-_0664-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1786/ind_-_2025_-_0665-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1787/ind_-_2025_-_0666-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1788/ind_-_2025_-_0667-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1789/ind_-_2025_-_0668-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1790/ind_-_2025_-_0669-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1791/ind_-_2025_-_0670-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1792/ind_-_2025_-_0671-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1793/ind_-_2025_-_0672-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1794/ind_-_2025_-_0673-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1795/ind_-_2025_-_0674-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1796/ind_-_2025_-_0675-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1797/ind_-_2025_-_0676-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1801/ind_-_2025_-_0677-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1802/ind_-_2025_-_0678-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1803/ind_-_2025_-_0679-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1804/ind_-_2025_-_0680-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1805/ind_-_2025_-_0681-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1806/ind_-_2025_-_0682-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1807/ind_-_2025_-_0683-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1808/ind_-_2025_-_0684-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1832/ind_-_2025_-_0686-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1798/ind_-_2025_-_0687-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1835/ind_-_2025_-_0690-2025_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1799/2025_-_ind_-_0691-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1825/ind_-_2025_-_0697-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1826/ind_-_2025_-_0698-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1827/ind_-_2025_-_0699-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1828/ind_-_2025_-_0700-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1829/ind_-_2025_-_0700-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1812/ind_-_2025_-_0706-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1870/ind_-_2025_-_0707-2025_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1822/ind_-_2025_-_0708-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1821/ind_-_2025_-_0709-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1820/ind_-_2025_-_0710-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1819/ind_-_2025_-_0711-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1823/ind_-_2025_-_0714-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1833/ind_-_2025_-_0724-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1815/ind_-_2025_-_0725-2025_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1834/ind_-_2025_-_0729-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1836/ind_-_2025_-_0734-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1849/ind_-_2025_-_0735_-2025_-_ver_edivaldo_pereira_-alambrado_escola_carlos_brandao.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1843/ind_-_2025_-_0742-2025_-_jose_lucas_stutz_delgado_pinto_-_paralelos_rua_romeu_caetano_guida.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1848/ind_-_2025_-_0751_-2025_-_ver_marcos_vinicius__-_ppa_para_ofertar_cursos_profissionalizantes.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1844/2025_-_ind_-_0754-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1850/ind_-_2025_-_0755_-2025_-_ver_edivaldo_pereira_-_construcao_praca_espaco_lazer_margem_rio_macacu_parque_veneza.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1876/2025_-_ind_-_0758-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1862/2025_-_ind_-_0759-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1871/2025_-_ind_-_0760-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1872/2025_-_ind_-_0761-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1869/ind_-_2025_-_0771-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1851/ind_-_2025_-_0772-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1852/ind_-_2025_-_0788-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1853/ind_-_2025_-_0789-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1854/ind_-_2025_-_0790-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1855/ind_-_2025_-_0791-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1856/ind_-_2025_-_0792-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1857/ind_-_2025_-_0793-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1858/ind_-_2025_-_0794-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1859/ind_-_2025_-_0795-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1860/ind_-_2025_-_0796-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1861/ind_-_2025_-_0797-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1863/ind_-_2025_-_0798-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1864/ind_-_2025_-_0799-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1865/ind_-_2025_-_0800-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1866/ind_-_2025_-_0801-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1867/ind_-_2025_-_0802-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1868/ind_-_2025_-_0803-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1877/ind_-_2025_-_0812-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1881/ind_-_2025_-_0814_-_2025_-_ver_alexandre_ferreira_-_desobstrucao_do_canal_do_rio_macacu_varzea.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1892/ind_-_2025_-_0834-2025_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1894/ind_-_2025_-_0835-2025_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1893/ind_-_2025_-_0836-2025_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1905/ind_-_2025_-_0854-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1908/ind_-_2025_-_0870-2025_-_rogerio_de_souza_ramos_-_sucatas_carros_apreendidos.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1910/ind_-_2025_-_0871-2025_-_rogerio_de_souza_ramos_-_reparo_escola_lucy_campelo.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1909/ind_-_2025_-_0872-2025_-_rogerio_de_souza_ramos_-_calcamento_rua_ubaldo_jose_da_rocha.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1935/2025_-_ind_-_0897_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1938/2025_-_ind_-_0901-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1939/2025_-_ind_-_0902-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1945/ind_-_2025_-_0905-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1947/ind_-_2025_-_0906-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1946/ind_-_2025_-_0907-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1948/ind_-_2025_-_0910-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1949/ind_-_2025_-_0911-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1968/2025_-_ind_-_0926_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1969/2025_-_ind_-_0931-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1985/ind_-_2025_-_0932_-_2025_-_ver_rogerio_de_souza_-_plo_autoriza_executivo_conceder_licenca-maternidade_a_servidores_gestante_ou_adotante.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1978/ind_-_2025_-_0934_-_2025_-_ver_rogerio_de_souza_-_executivo_interceder_reparar_telhado_fechar_laterais_quadra_ribeira.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1977/ind_-_2025_-_0935_-_2025_-_ver_rogerio_de_souza_-_executivo_interceder_asfaltar_rua_patricia_cabral_papucaia.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1976/ind_-_2025_-_0936_-_2025_-_ver_rogerio_de_souza_-_executivo_interceder_construcao_campo_grama_sintetica_marapora.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2002/ind_-_2025_-_0937-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1975/ind_-_2025_-_0938_-_2025_-_ver_alexandre_ferreira_-_executivo_interceder_instalar_guaritas_passageiros.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1979/ind_-_2025_-_0947-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1980/ind_-_2025_-_0948-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1981/ind_-_2025_-_0949-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1983/ind_-_2025_-_0950-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1984/ind_-_2025_-_0952-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1986/ind_-_2025_-_0955-2025_-_hugo_guida_de_miranda_-_troca_da_rede_de_esgoto_rua_15_de_novembro.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2001/ind_-_2025_-_0958-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2034/ind_-_2025_-_0967-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2023/ind_-_2025_-_0975-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2041/ind_-_2025_-_0993-2025_-_gilberto_azevedo_da_silva_junior.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2042/ind_-_2025_-_0994-2025_-_gilberto_azevedo_da_silva_junior.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2055/ind_-_2025_-_0996_-_2025_-_ver_edivaldo_pereira_-_indica_anteprojeto_do_programa_a_agua_e_nossa.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2043/ind_-_2025_-_0999-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2044/ind_-_2025_-_1000-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2075/ind_-_2025_-_1003-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2046/ind_-_2025_-_1007_-_2025_-_ver_fabricio_de_araujo_-_executivo_interceder_contratar_ortopedista_padre_batalha.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2056/ind_-_2025_-_1022_-_2025_-_ver_hugo_miranda_-_realizar_paisagismo_calcadas__e_pista_caminhada_rua_manoel_delfim_sarmento.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2063/ind_-_2025_-_1029-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2064/ind_-_2025_-_1030-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2067/ind_-_2025_-_1034-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2068/ind_-_2025_-_1038-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2080/ind_-_2025_-_1056-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2081/ind_-_2025_-_1057_-_2025_-_ver_rogerio_de_souza_-_carro_fixo_para_ubs_marubai.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2082/ind_-_2025_-_1058_-_2025_-_ver_rogerio_de_souza_-_reativar_ubs_soarinho.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2083/ind_-_2025_-_1060_-_2025_-_ver_marcos_vinicius_ferreira_-_incluir_triagem_pacientes_hospital_glicemia_capilar.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2090/ind_-_2025_-_1070-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2093/2025_-_ind_-_1071_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2092/2025_-_ind_-_1072_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2101/ind_-_2025_-_1089-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2109/ind_-_2025_-_1093-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2106/ind_-_2025_-_1095-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2107/ind_-_2025_-_1096-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2111/ind_-_2025_-_1104-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2112/ind_-_2025_-_1105-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2116/ind_-_2025_-_1110-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2115/ind_-_2025_-_1113-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2121/ind_-_2025_-_1134-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2123/ind_-_2025_-_1143-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2124/ind_-_2025_-_1144-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2128/ind_-_2025_-_1145-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2129/ind_-_2025_-_1146-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2132/ind_-_2025_-_1150-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2133/ind_-_2025_-_1151-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2152/ind_-_2025_-_1162-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2153/ind_-_2025_-_1181-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2156/ind_-_2025_-_1190-2025_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2158/ind_-_2025_-_1196-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2159/ind_-_2025_-_1197-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2173/ind_-_2025_-_1198-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2171/ind_-_2025_-_1218-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2180/ind_-_2025_-_1220_-_2025_-_ver_rogerio_de_souza_-_construcao_cobertura_quadra_escola_sete_setembro.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2182/ind_-_2025_-_1221_-_2025_-_ver_alexandre_ferreira_-_executivo_envio_anteprojeto_tarifa_verde.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2183/ind_-_2025_-_1222_-_2025_-_ver_alexandre_ferreira_-_executivo_interceder_anteprojeto_regularizar_organizar_balnearios.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2181/ind_-_2025_-_1226_-_2025_-_ver_rogerio_de_souza_-_pavimentacao_rua_irineu_castro_leal_-_ribeira.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2186/ind_-_2025_-_1246_-_2025_-_ver_marcos_vinicius_romero_-_prefeito_instalar_quebra-molas_rio-friburgo_rj-116_km16_bar_adriana_vecchi.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2188/ind_-_2025_-_1263-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2194/ind_-_2025_-_1264-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2192/ind_-_2025_-_1266-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2191/ind_-_2025_-_1267-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2190/ind_-_2025_-_1268-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2189/ind_-_2025_-_1312-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2198/ind_-_2025_-_1318-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2197/ind_-_2025_-_1319-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2196/ind_-_2025_-_1320-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2213/ind_-_2025_-_1336-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2201/ind_-_2025_-_1339-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2202/ind_-_2025_-_1340-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2214/ind_-_2025_-_1341-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2215/ind_-_2025_-_1342-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2205/ind_-_2025_-_1348-2025_-_alexandre_fereira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2206/ind_-_2025_-_1349-2025_-_alexandre_fereira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2207/ind_-_2025_-_1350-2025_-_alexandre_fereira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2210/ind_-_2025_-_1351-2025_-_demilson_antonio_riveiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2211/ind_-_2025_-_1352-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2218/ind_-_2025_-_1354-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2216/ind_-_2025_-_1355-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2217/ind_-_2025_-_1356-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2212/ind_-_2025_-_1362-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2221/ind_-_2025_-_1363-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2222/ind_-_2025_-_1364-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2223/ind_-_2025_-_1365-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2226/ind_-_2025_-_1371-2025_-_gilberto_da_sivla_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2227/ind_-_2025_-_1372-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2231/ind_-_2025_-_1375_-_2025_-_ver_rogerio_de_souza_-_executivo_interceder_instalacao_protecao_lateral_pontes_ilha_tanque_renato_painha.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2230/ind_-_2025_-_1376_-_2025_-_ver_rogerio_de_souza_-_executivo_interceder_reforma_ponte_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2239/ind_-_2025_-_1384-2025_-_hugo_guida_de_miranda_-_area_recreativa_quiosque_birico.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2248/ind_-_2025_-__1385-2025_-_hugo_guida_de_miranda_-_construcao_escola_infantil_bairro_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2250/ind_-_2025_-_1387-2025_-_edgar_rosa_da_silva_-_manutencao_estradas_agrobrasil.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2251/ind_-_2025_-_1388-2025_-_edgar_rosa_da_silva_-_vigias_abrir_portoes.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2261/ind_-_2025_-_1389-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2253/ind_-_2025_-_1393_-_2025_-_ver_hugo_miranda_-_desapropriacao_terreno_oi_av_gov_roberto_silveira.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2254/ind_-_2025_-_1394_-_2025_-_ver_hugo_miranda_-_interceder_sec_obras_realizar_ampliacao_orla_da_varzea.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2255/ind_-_2025_-_1395_-_2025_-_ver_hugo_miranda_-_interceder_sec_obras_realizar_continuacao_canal_ribeira_rua_gessi_menezes.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2256/ind_-_2025_-_1396_-_2025_-_ver_nilton_matozo_viana_-_executivo_intermediar_secret_obras_instalar_hidrantes.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2257/ind_-_2025_-_1397_-_2025_-_ver_tiago_teixeira_-_executivo_interceda_secretaria_reformar_aparelho_ginastica_ribeira.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2258/ind_-_2025_-_1398_-_2025_-_ver_tiago_teixeira_-_executivo_interceda_secretaria_implantar_abastecimento_rua_felicidade_papucaia.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2262/ind_-_2025_-_1433_-_2025_-_ver_demilson_monteiro_-_executivo_limpar_ruas_margem_rio_-_ganguri_cima_e_baixo.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2263/ind_-_2025_-_1437_-_2025_-_ver_hugo_miranda_-_executivo_interceder_governo_estadual_ceder_terreno_bombeiros_-_constrir_creche_e_escola_local_antigo.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2274/ind_-_2025_-_1447_-_2025_-_ver_alexandre_ferreira_-_executivo_interceder_contrucao_rede_aguas_pluviais_betel.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2275/ind_-_2025_-_1448_-_2025_-_ver_alexandre_ferreira_-_executivo_interceder_solucao_derrapagem_rua_alvim_santana_neves_bairro_70.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2277/ind_-_2025_-_1451_-_2025_-_ver_rogerio_de_souza_-_executivo_interceder_instalacao_guarda-corpos_manutencao_ponte_rio_coqueiral.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1419/moc_-_2025_-_0142-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1508/moc_-_2025_-_0249-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1623/moc_-_2025_-_0452-2025_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1656/moc_-_2025_-_0433-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1657/moc_-_2025_-_0434-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1658/moc_-_2025_-_0435-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1679/moc_-_2025_-_0503_-_2025_-_ver_hugo_guida_de_miranda_-_mocao_jair_paiva_roza.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1708/moc_-_2025_-_0528_-_2025_-_ver_hugo_guida_de_miranda_-_mocao_prof_fabio_barcelos_sousa.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1800/2025_-_moc_-_0688-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1830/moc_-_2025_-_0703-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1831/moc_-_2025_-_0704-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1813/moc_-_2025_-_0705-2025_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1845/moc_-_2025_-_0748_-_2025_-_ver_marcos_vinicius_-_mocao_jane_mara_da_silva.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1846/moc_-_2025_-_0749_-_2025_-_ver_marcos_vinicius_-_mocao_uellington_marins_da_silva.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1847/moc_-_2025_-_0750_-_2025_-_ver_marcos_vinicius_-_mocao_jesse_pinheiro_da_costa.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1897/moc_-_2025_-_0838-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2077/moc_-_2025_-_0944-2025_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2078/moc_-_2025_-_0945-2025_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2079/moc_-_2025_-_0946-2025_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2096/moc_-_2025_-_1080-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2097/moc_-_2025_-_1081-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2098/moc_-_2025_-_1084-2025_-_rafaella_mendes_ouverney_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2110/moc_-_2025_-_1090-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2122/moc_-_2025_-_1142-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2142/moc_-_2025_-_1160-2025_-_gilberto_da_silva_azevedo_junior_-_marta_da_silva_lopes_soares.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2155/moc_-_2025_-_1189-2025_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2172/moc_-_2025_-_1204-2025_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2187/moc_-_2025_-_1244-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2219/moc_-_2025_-_1343-2025_-_marcos_vinicius_ferreira_romero_-_rodrigo_goncalves_da_silva.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2203/moc_-_2025_-_1344-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2204/moc_-_2025_-_1345-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2220/moc_-_2025_-_1346-2025_-_marcos_vinicius_ferreira_romero_-_rodrigo_goncalves_da_silva.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2252/moc_-_2025_-_1390-2025_-_jose_lucas_stutz_delgado_pinto_-_anna_beatriz_torres_peres_marins.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1389/2025_-_plc_-_0118-2025_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1442/plo_2025_0135-2025_gratificacao_temporaria_atividades_especiais_executivo.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1440/plc_-_2025_-_136-2025_-_altera_a_estrutura_administrativa_do_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1554/plc_-_2025_-_0316-2025_-_executivo_-_retirado.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1714/plc_-_2025_-_0538-2025_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1757/plc_-_2025_-_0599-2025_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1764/plc_-_2025_-_0625_-_2025_-_vilmar_pereira_da_silva_-_reserva_de_vagas_em_empresas.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1838/plo_2025_0696-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2072/plo_-_2025_-_1040-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1388/2025_-_plo_-_0119-2025_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1390/2025_-_plo_-_0120-2025_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1443/plo_2025_0137-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1441/plo_2025_0138-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1444/plo_-_2025_-_139-2025_-_autoriza_reajuste_salarial.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1445/plo_-_2025_-_0140-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1420/plo_-_2025_-_0143-2025_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1431/plo_-_2025_-_0152-2025_-_declara_utilidade_publica_a_associacao_papucaia_esporte_clube.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1537/plo_2025_0216_2025_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1538/plo_-_2025_-_0217-2025_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1539/plo_2025_0218_2025_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1540/plo_-_2025_-_0219-2025_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1541/plo_-_2025_-_0220-2025_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1542/plo_2025_0221_2025_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1543/plo_2025_0222_2025_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1544/plo_2025_0223_2025_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1545/plo_2025_0224_2025_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1489/plo_-_2025_-_0229-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1492/plo_-_2025_-_0234_-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1494/plo_-_2025_-_0235_-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1499/plo_-_2025_-_0236_-_2025_-_programa_farmacia_para_todos_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1514/plo_2025_0244-2025_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1510/plo_-_2025_-_0252-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1512/plo_-_2025_-_0253-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1521/plo_-_2025_-_0260-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1529/plo_-_2025_-_0279-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1531/plo_2025_0283-2025_retirada_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1551/plo_-_2025_-_0304-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1578/plo_-_2025_-_0360-2025_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1599/plo_-_2025_-_0373-2025_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1606/plo_-_2025_-_0382-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1585/plo_-_2025_-_0383-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1814/plo_-_2025_-_0394_-_2025_-_ver_vilmar_pereira_-_disponibilizar_quaro_diario_de_profissionais_nas_unidades_de_saude.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1622/plo_-_2025_-_0402-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1601/plo_-_2025_-_0403-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1602/plo_-_2025_-_0404-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1603/plo_-_2025_-_0405-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1604/plo_-_2025_-_0406-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1633/plo_2025_0442-2025__hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1638/plo_-_2025_-_0447-2025_-_executivo_-_estilizacao_do_brasao_do_municipio_de_cachoeiras_de_macacu.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1639/plo_-_2025_-_0448-2025_-_executivo_-_atualiza_tabela_quadro_funcionario_administrativo_educacao.pdf" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1640/plo_-_2025_-_0450-2025_-_executivo_-_da_denominacao_estrategia_de_saude_da_familia_vecchi.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1654/plo_2025_0476-2025__demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1695/plo_-_2025_-_0484-2025_-_executivo_-_ldo_2026_-_lei_de_diretrizes_orcamentarias_de_2026.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1661/plo_-_2025_-_0486_-_2025_-_feira_permanente_agricultura_familiar_-_ver_celio_maciel.pdf" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1662/plo_-_2025_-_0487_-_2025_-_ver_celio_maciel_-_patrimonio_cultural_natureza_imaterial_turmas_bate-bola.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1663/plo_-_2025_-_0488_-_2025_-_ver_celio_maciel_-_institui_o_dia_de_acao_de_gracas.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1665/plo_-_2025_-_0490-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1666/plo_-_2025_-_0491-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1667/plo_2025_0492-2025__celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1696/plo_-_2025_-_0522-2025_-_executivo_-_cria_o_programa_mulher_segura.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1698/plo_-_2025_-_0523-2025_-_executivo_-_programa_de_parcelamento_ppe_amae.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1700/plo_-_2025_-_0524-2025_-vilmar_pereira_da_silva_-_utilidade_publica_associacao_musical_agua_viva.pdf" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1702/plo_-_2025_-_0526-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1715/plo_2025_0537_2025_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2060/plo_-_2025_-_0556-2025_-_celio_de_carvalho_maciel_-_institui_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1735/plo_-_2025_-_0576-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1734/plo_-_2025_-_0577-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1759/plo_-_2025_-_0583_-_2025_-_ver_vilmar_pereira_-_declara_utilidade_publica_associacao_trabalhadores.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1740/plo_-_2025_-_0586_-_2025_-_ver_edgar_silva_-_reconhecer_pessoas_com_fibromialgia_direitos_e_garantias_de_deficientes.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1775/plo_-_2025_-_0592-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1753/plo_-_2025_-_0595-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1754/plo_-_2025_-_0596-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1769/plo_-_2025_-_0630-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1598/plo_-_2025_-_0394_-_2025_-_disponibilizar_quadro_horario_unidades_saude_-_vilmar_-_lolo.pdf" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1779/plo_-_2025_-_0653-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1781/plo_-_2025_-_0654-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1782/plo_-_2025_-_0655-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1776/plo_-_2025_-_0656-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1777/plo_-_2025_-_0657-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1818/plo_-_2025_-_0689-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1837/plo_2025_0716-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1817/plo_-_2025_-_0723-2025_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1816/plo_-_2025_-_0726-2025_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1839/plo_-_2025_-_0737-2025_-_hugo_guida_de_miranda_-_prioridade_mulheres_vitima_de_violencia.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1840/plo_-_2025_-_0739-2025_-_celio_de_carvalho_maciel_-_educacao_moral_e_civica.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1841/plo_-_2025_-_0740-2025_-_celio_de_carvalho_maciel_-_programa_escola_sem_doutrinacao.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1842/plo_-_2025_-_0741-2025_-_celio_de_carvalho_maciel_-_programa_ronda_escolar.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1873/plo_2025_0762-2025__celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1874/plo_2025_0763-2025__celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1875/plo_2025_0764-2025__celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1878/plo_-_2025_-_0811_-_2025_-_ver_vilmar_pereira_-_programa_saude_oftalmologica_alunos_rede_municipal.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1882/plo_-_2025_-_0815_-_2025_-_ver_edgar_silva_-_reconhecer_as_pessoas_com_sidromes_que_especifica_e_doencas_correlatas_como_com_deficiencia.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1880/plo_-_2025_-_0816-2025_-_executivo_-_altera_a_lei_2673_de_2025.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1895/plo_-_2025_-_0824-2025_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1902/plo_-_2025_-_0850-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1903/plo_-_2025_-_0851-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1904/plo_-_2025_-_0852-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1907/plo_-_2025_-_0869-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1971/plo_-_2025_-_0898-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1972/plo_-_2025_-_0899-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1953/plo_-_2025_-_0917-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1970/plo_-_2025_-_0921-2025_-_poder_executivo_-_autoriza_doar_areas_de_terras_ao_far_alterado.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1982/plo_-_2025_-_0933_-_2025_-_ver_rogerio_de_souza_-_criacao_pipodromo_papucaia.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1973/plo_-_2025_-_0941-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2039/plo_-_2025_-_0957-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2035/plo_-_2025_-_0968-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2038/plo_-_2025_-_0969-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2037/plo_-_2025_-_0970-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2036/plo_-_2025_-_0971-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2047/plo_-_2025_-_1008_-_2025_-_ver_fabricio_de_araujo_-_denomina_caminho_da_mata_a_avenida_eduardo_dale.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2048/plo_-_2025_-_1009_-_2025_-_ver_fabricio_de_araujo_-_da_a_logradouro_denominacao_caminho_novo.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2049/plo_-_2025_-_1010_-_2025_-_ver_fabricio_de_araujo_-_denomina_rua__-_miriam_ramos_de_souza_-_em_boca_do_mato.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2050/plo_-_2025_-_1011_-_2025_-_ver_fabricio_de_araujo_-_denomina_-_caminho_da_floresta_-_logradouro_em_boca_do_mato.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2051/plo_-_2025_-_1012_-_2025_-_ver_fabricio_de_araujo_-_denomina_-_caminho_do_aqueduto_-_logradouro_em_boca_do_mato.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2052/plo_-_2025_-_1013_-_2025_-_ver_fabricio_de_araujo_-_denomina_-_caminho_do_lago_encantado__-_logradouro_em_boca_do_mato.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2053/plo_-_2025_-_1014_-_2025_-_ver_fabricio_de_araujo_-_denomina_-_travessa_serro_frio__-_logradouro_em_boca_do_mato.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2054/plo_-_2025_-_1015_-_2025_-_ver_fabricio_de_araujo_-_denomina_-_caminho_do_rio_colibri__-_logradouro_em_boca_do_mato.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2061/plo_-_2025_-_1025-2025_-_executivo_-_altera_a_ldo_de_2026.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2065/plo_-_2025_-_1032-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2066/plo_-_2025_-_1033-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2074/plo_-_2025_-_1035-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2073/plo_-_2025_-_1036-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2071/plo_-_2025_-_1041-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2228/plo_-_2025_-_1054-2025_-_poder_executivo_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2225/plo_-_2025_-_1055-2025_-_poder_executivo_-_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2085/plo_-_2025_-_1061_-_2025_-_ver_marcos_vinicius_ferreira_-_autoriza_descarte_prontuarios_mais_de_20_anos_hospital_e_rede_publica.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2084/plo_-_2025_-_1067-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2088/plo_-_2025_-_1069-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2095/plo_-_2025_-_1079-2025_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2099/plo_-_2025_-_1086-2025_-_jose_lucas_stutz_delgado_pinto_-_projeto_bombeiro_mirim.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2100/plo_-_2025_-_1087-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2105/plo_-_2025_-_1097-2025_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2108/plo_-_2025_-_1102_-_2025_-_ver_hugo_miranda_-_reserva_identificacao_vagas_estacionamento_pessoas_tea.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2157/plo_-_2025_-_1111-2025_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2224/plo_-_2025_-_1114-2025_-_poder_executivo_-_mais_valia.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2120/plo_-_2025_-_1135-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2125/plo_-_2025_-_1136-2025_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2141/plo_-_2025_-_1159-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2151/plo_-_2025_-_1164-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2150/plo_-_2025_-_1165-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2149/plo_-_2025_-_1166-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2148/plo_-_2025_-_1167-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2147/plo_-_2025_-_1168-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2146/plo_-_2025_-_1170-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2145/plo_-_2025_-_1171-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2154/plo_-_2025_-_1182-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2184/plo_-_2025_-_1242_-_2025_-_ver_junior_azevedo_-_declara_taboa_patrimonio_cultural_municipal.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2193/plo_-_2025_-_1265-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2249/plo_-_2025_-_1281-2025_-_rogerio_de_souza_ramos_-_titulo_empresa_amiga_da_juventude.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2199/plo_-_2025_-_1282-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2195/plo_-_2025_-_1310-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2200/plo_-_2025_-_1316-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2245/plo_-_2025_-_1324_-_2025_-_ver_celio_carvalho_maciel_-_programa_combate_abandono_afetivo_criancas.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2244/plo_-_2025_-_1325_-_2025_-_ver_celio_carvalho_maciel_-_incentiva_estabelecimentos_rurais_contratacao_aprendizes.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2242/plo_-_2025_-_1326_-_2025_-_ver_celio_carvalho_maciel_-_cria_cadastro_pessoas_de_rua_registro_atencao_articulacao.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2241/plo_-_2025_-_1327_-_2025_-_ver_celio_carvalho_maciel_-_institui_programa_prevencao_combate_automedicacao_abusiva.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2240/plo_-_2025_-_1328_-_2025_-_ver_celio_carvalho_maciel_-_institui_campanha_combate_vandalismo.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2238/plo_-_2025_-_1329_-_2025_-_ver_celio_carvalho_maciel_-_torna_feriado_dia_de_acao_de_gracas_municipal.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2237/plo_-_2025_-_1330_-_2025_-_ver_celio_carvalho_maciel_-_institui_politica_atencao_mulher_filho_autista.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2236/plo_-_2025_-_1331_-_2025_-_ver_celio_carvalho_maciel_-_institui_semana_protecao_vida.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2235/plo_-_2025_-_1332_-_2025_-_ver_celio_carvalho_maciel_-_institui_politica_municipal_prevencao_abandono_idosos.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2234/plo_-_2025_-_1333_-_2025_-_ver_celio_carvalho_maciel_-_institui_programa_identificacao_rotas_escoamento_rural.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2233/plo_-_2025_-_1334_-_2025_-_ver_celio_carvalho_maciel_-_institui_semana_pecuaria_agricultura_familiar.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2232/plo_-_2025_-_1335_-_2025_-_ver_celio_carvalho_maciel_-_institui_semana_civismo_patriotismo.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2246/plo_-_2025_-_1379_-_2025_-_ver_vilmar_pereira_da_silva_-_atendimento_preferncial_profissionais_contabilidade.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2265/plo_-_2025_-_1421_-_2025_-_ver_celio_carvalho_maciel_-_selo_municipal_escola_com_excelencia.pdf" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2266/plo_-_2025_-_1422_-_2025_-_ver_celio_carvalho_maciel_-_institui_programa_municipal_combate_evasao_escolar_presenca_transforma.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2267/plo_-_2025_-_1423_-_2025_-_ver_celio_carvalho_maciel_-_autoriza_criacao_portal_transparencia_matricula_escolar.pdf" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2268/plo_-_2025_-_1424_-_2025_-_ver_celio_carvalho_maciel_-_programa_transparencia_fiscalizacao_merenda_escolar_-_olho_merenda.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2269/plo_-_2025_-_1425_-_2025_-_ver_celio_carvalho_maciel_-_programa_pais_presentes_-_acompanhamento_escolar_familiar.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2270/plo_-_2025_-_1426_-_2025_-_ver_celio_carvalho_maciel_-_programa_primeira_infancia_em_foco.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2271/plo_-_2025_-_1427_-_2025_-_ver_celio_carvalho_maciel_-_institui_premio_municipal_professor_destaque_do_ano.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2272/plo_-_2025_-_1428_-_2025_-_ver_celio_carvalho_maciel_-_programa_incentivo_protagonismo_juvenil_escolas_publica_privada.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2276/plo_-_2025_-_1429_-_2025_-_ver_celio_carvalho_maciel_-_cria_registro_publico_obras_manutencoes_unidades_escolares.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2260/plo_-_2025_-_1436-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1535/prs_-_2025_-_0284-2025_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1629/prs_-_2025_-_0430-2025_-_coletivo_-_cria_comissao_especial_prevencao_de_desastres.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1694/prs_-_2025_-_0458-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1693/prs_-_2025_-_0459-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1670/prs_-_2025_-_0494-2025_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1709/prs_-_2025_-_0495-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1672/prs_-_2025_-_0497-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1673/prs_-_2025_-_0498-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1674/prs_-_2025_-_0499-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1675/prs_-_2025_-_0500-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1676/prs_-_2025_-_0501-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1677/prs_-_2025_-_0502-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1692/prs_-_2025_-_0505-2025_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1690/prs_-_2025_-_0506-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1689/prs_-_2025_-_0507-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1688/prs_-_2025_-_0508-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1687/prs_-_2025_-_0509-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1686/prs_-_2025_-_0510-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1685/prs_-_2025_-_0511-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1684/prs_-_2025_-_0512-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1683/prs_-_2025_-_0513-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1682/prs_-_2025_-_0514-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1681/prs_-_2025_-_0515-2025_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1680/prs_-_2025_-_0516-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1811/2025_-_prs_-_0587-2025_-_contas_anuais_rafael_muzzi_de_miranda_-_exercicio_2022.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1809/2025_-_prs_-_0588-2024-_contas_anuais_waldecyr_fraga_machado_-_exercicio_2016_-_processo_0630-2024.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1810/2025_-_prs_-_0589-2025_-_contas_anuais_waldecyr_fraga_machado_-_exercicio_2016.pdf" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2273/prs_-_2025_-_1439-2025_-_comissao_de_financas_e_orcamento.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1595/req_-_2025_-_0320-2025_-_demilson_-_fabricio_-_gilberto_-_edivaldo_-_nilton_-_vilmar_-_tiago_-_edgar_-_rogerio.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1896/2025_-_req_-_0832-2025_-_edivaldo_pereira_da_silva_-_requerimento_de_informacao.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1917/req_-_2025_-__0868-2025_-_tiago_da_silva_teixeira_-_r_c_vieira_engenharia_ltda.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1974/rev_-_2025_-_0943-2025_-_edivaldo_pereira_de_sousa.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2179/req_-_2025_-_1201_-_2025_-_ver_nilton_matozo_viana_-_informacoes_o_s_prima_qualitasaude.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1659/2025_veto_0449_2025_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1954/vet_-_2025_-_0914-2025_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2033/vet_-_2025_-_0977-2025_-_poder_executivo_municipal_-_plo_-_0592-2025_-_vereador_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2032/vet_-_2025_-_0978-2025_-_poder_executivo_municipal_-_plo_-_0486-2025_-_vereador_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2102/vet_-_2025_-_1074-2025_-_veto_ao_projeto_de_lei_0234-2025.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2103/vet_-_2025_-_1075-2025_-_veto_ao_projeto_de_lei_0234-2025.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2104/vet_-_2025_-_1076-2025_-_veto_ao_projeto_de_lei_0490-2025.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2127/vet_-_2025_-_1099-2025_-_plo_-_0489-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2126/vet_-_2025_-_1112-2025_-_plo_-_0815-2025_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2143/vet_-_2025_-_1156-2025_-_veto_total_ao_projeto_de_lei_no_0492-2025.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2176/vet_-_2025_-_1206_-_2025_-_executivo_-_veto_total_-_projeto_de_lei_0954_-_2025_-_ver_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2175/vet_-_2025_-_1207_-_2025_-_executivo_-_veto_total_-_projeto_de_lei_0933_-_2025_-_ver_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2174/vet_-_2025_-_1208_-_2025_-_executivo_-_veto_total_-_projeto_de_lei_0689_-_2025_-_ver_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2178/vet_-_2025_-1211_-_2025_-_executivo_-_veto_parcial__-_projeto_de_lei_0971_-_2025_-_ver_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2209/vet_-_2025_-_1299-2025_-_veto_total_ao_projeto_de_lei_0869-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2208/vet_-_2025_-_1301-2025_-_veto_total_ao_projeto_de_lei_0811-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2247/vet_-_2025_-1382-2025_-_executivo_-_veto_total_-_projeto_de_lei_1041-2025_-_ver_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2243/vet_-_2025_-_1383-2025_-_veto_ao_projeto_de_lei_1163-2025.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1898/2025_-_emen_-_0822-2025_-_emenda_a_lei_de_diretrizes_orcamentarias.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2259/ema_-_2025_-_1414_-_2025_-_ver_tiago_teixeira_-_adiciona_proposta_implantacao_leitos_uti.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1311/ind_-_2025_-_0009-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1313/ind_-_2025_-_0010-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1318/ind_-_2025_-_0011-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1321/ind_-_2025_-_0012-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1345/ind_-_2025_-_0013-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1347/ind_-_2025_-_0014-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1349/ind_-_2025_-_0015-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1350/ind_-_2025_-_0016-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1356/ind_-_2025_-_0018-2025_-_tiago_da_silva_teixeira_-_pavimentacao_da_gleba_colegio.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1357/ind_-_2025_-_0019-2025_-_tiago_da_silva_teixeira_-_pavimentacao_de_papucaia_2.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1358/ind_-_2025_-_0020-2025_-_tiago_da_silva_teixeira_-_pavimentacao_da_gleba_papucaia.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1359/2025_-_ind_-_0021-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1360/2025_-_ind_-_0022-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1361/2025_-_ind_-_0023-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1362/ind_-_2025_-_0024-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1363/ind_-_2025_-_0025-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1364/ind_-_2025_-_0026-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1365/ind_-_2025_-_0027-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1366/ind_-_2025_-_0028_-_2025_-_contrucao_passagem_lateral_pedestre_ciclista_-_ver_tiago_teixeira.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1367/2025_-_ind_-_0029-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1368/ind_-_2025_-_0030_-_2025_-_implementacao_de_mercado_do_produtor_rural_-_ver_tiago_teixeira.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1369/2025_-_ind_-_0031-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1370/ind_-_2025_-_0032_-_2025_-_implementacao_de_moeda_social_-_ver_tiago_teixeira.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1372/ind_-_2025_-_0033_-2025_-_ver_tiago_silva_-_criar_traansporte_gratuito_conduzir_velorios_sepultamentos.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1307/2025_-_ind_-_0034-2025_-_rogerio_de_souza_ramos_-_retirada_por_duplicidade.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1523/2025_-_ind_-_0035-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1524/2025_-_ind_-_0036-2025_-_rogerio_de_souza_ramos_-_retirada_por_duplicidade.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1296/2025_-_ind_-_0037-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1297/2025_-_ind_-_0038-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1298/ind_-_2025_-_0039-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1299/ind_-_2025_-_0040-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1301/ind_-_2025_-_0041-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1302/ind_-_2025_-_0042-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1303/ind_-_2025_-_0043-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1306/ind_-_2025_-_0045-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1295/ind_-_2025_-_0046-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1310/ind_-_2025_-_0047-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1294/ind_-_2025_-_0048-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1308/ind_-_2025_-_0049-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1314/ind_-_2025_-_0050-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1319/ind_-_2025_-_0051-2025_-_jose_lucas_stutz_delgado_pinto_-_construcao_muro_rio_ganguri.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1323/ind_-_2025_-_0052-2025_-_jose_lucas_stutz_delgado_pinto_-_muro_de_contencao_morro_do_cleber.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1324/ind_-_2025_-_0053-2025_-_jose_lucas_stutz_delgado_pinto_-_captacao_agua_tocas.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1325/2025_-ind_-__0054-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1327/2025_-_ind_-_0055-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1329/2025_-_ind_-_0056-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1333/ind_-_2025_-_0057-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1334/ind_-_2025_-_0058-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1335/ind_-_2025_-_0059-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1336/ind_-_2025_-_0060_-_2025_-_acionar_amae_solucionar_valao_rua_dr_porciuncula__-_ver_jo_se_lucas.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1337/ind_-_2025_-_0061_-_2025_-_cobertura_patio_centro_especializado_odontologico_-_ver_jo_se_lucas.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1338/ind_-_2025_-_0062_-_2025_-_calcar_ou_asfaltar_estrada_pedreira__-_ver_jo_se_lucas.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1341/ind_-_2025_-_0063-2025_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1346/2025_-_ind_-_0065-2025_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1304/2025_-_ind_-_0066-2025_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1309/ind_-_2025_-_0067-2025_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1312/ind_-_2025_-_0068-2025_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1316/ind_-_2025_-_0070-2025_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1317/ind_-_2025_-_0071-2025_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1320/ind_-_2025_-_0072-2025_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1326/ind_-_2025_-_0073-2025_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1300/ind_-_2025_-_0074-2025_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1322/ind_-_2025_-_0075-2025_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1371/ind_-_2025_-_0076-2025_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1410/ind_-_2025_-_0077-2025_-_nilton_matozo_viana_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1416/ind_-_2025_-_0078-2025_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1407/ind_-_2025_-_0079-2025_-_nilton_matozo_viana_-_area_de_lazer_estadio_juarez.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1624/ind_-_2025_-_0080-2025_-_nilton_matozo_viana_-_construcao_unidade_basica_papucaia_1.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1412/ind_-_2025_-_0081-2025_-_nilton_matozo_viana_-_construcao_de_base_samu.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1409/2025_-_ind_-_0082-2025_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1522/2025_-_ind_-_0085-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1414/ind_-_2025_-_0086-2025_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1417/ind_-_2025_-_0087-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1415/ind_-_2025_-_0088-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1411/2025_-_ind_-_0089-2025_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1413/2025_-_ind_-_0090-2025_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1408/ind_-_2025_-_0091-2025_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1328/ind_-_2025_-_0093-2025_-_rogerio_de_souza_ramos_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1330/ind_-_2025_-_0094-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1331/ind_-_2025_-_0095-2025_-_rogerio_de_souza_ramos_-_pavimentacao_rua_jose_delgado.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1332/ind_-_2025_-_0096-2025_-_rogerio_de_souza_ramos_-_guard_rail_e_placa_sinalizacao_rua_a1.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1348/ind_-_2025_-_0097-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1343/ind_-_2025_-_0098-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1351/ind_-_2025_-_0099-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1352/ind_-_2025_-_0100-2025_-_demilson_antonio_ribeiro_monteiro_-_coleta_de_exames.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1353/ind_-_2025_-_0102-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1354/ind_-_2025_-_0103-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1339/ind_-_2025_-_0104-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1342/2025_-_ind_-_0109-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1377/ind_-_2025_-_0113-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1378/ind_-_2025_-_0114-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1379/ind_-_2025_-_0115-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1383/ind_-_2025_-_0123-2025_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1384/ind_-_2025_-_0124_-_2025_-_construir_portal_entrada_do_tuim_-_ver_nilton_matozo.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1385/ind_-_2025_-_0125_-_2025_-_construir_praca_e_playground_e_academia_agro-brasil_-_ver_nilton_matozo.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1386/ind_-_2025_-_0126_-_2025_-_construir_area_de_lazer_playground_e_academia_bonanza_-_ver_nilton_matozo.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1387/ind_-_2025_-_0127-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1404/ind_-_2025_-_0131-2025_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1405/ind_-_2025_-_0132-2025_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1608/ind_-_2025_-_0147-2025_-_rogerio_de_souza_ramos_-_pavimentacao_estrada_da_granada.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1422/2025_-_ind_-_0148-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1423/2025_-_ind_-_0149-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1439/2025_-_ind_-_0153-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1438/2025_-_ind_-_0154-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1437/ind_-_2025_-_0155-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1451/ind_-_2025_-_0158-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1452/ind_-_2025_-_0159-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1450/ind_-_2025_-_0160-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1453/2025_-_ind_-_0162-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1456/ind_-_2025_-_0163_-2025_-_ver_tiago_silva_-_reformar_substituir_aparelhos_ginastica_praca_colonos_papucaia.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1457/ind_-_2025_-_0164_-2025_-_ver_tiago_silva_-_construir_praca_papucaia-1.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1458/2025_-_ind_-_0165-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1459/ind_-_2025_-_0166-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1460/2025_-_ind_-_0167-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1461/2025_-_ind_-_0168-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1470/ind_-_2025_-_0189-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1471/ind_-_2025_-_0190-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1472/ind_-_2025_-_0191_-2025_-_ver_lucas_stutz_-_manilhas_paralelos_ou_recapeamento_asfaltico_rua_waldomiro_bittencourt.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1473/2025_-_ind_-_0192-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1474/ind_-_2025_-_0193-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1475/ind_-_2025_-_0196-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1476/ind_-_2025_-_0197-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1477/2025_-_ind_-_0198-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1478/2025_-_ind_-_0199-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1479/2025_-_ind_-_0200-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1480/ind_-_2025_-_0201-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1481/ind_-_2025_-_0202-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1482/ind_-_2025_-_0203-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1483/ind_-_2025_-_0204-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1484/ind_-_2025_-_0207-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1485/2025_-_ind_-_0208-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1486/ind_-_2025_-_0209-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1490/ind_-_2025_-_0226-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1491/ind_-_2025_-_0227-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1493/ind_-_2025_-_0228-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1488/ind_-_2025_-_0232-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1496/ind_-_2025_-_0237-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1495/ind_-_2025_-_0238-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1498/ind_-_2025_-_0239-2025_-_hugo_guida_de_miranda_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1497/ind_-_2025_-_0240-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1500/2025_-_ind_-_0241-2025_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1501/2025_-_ind_-_0242-2025_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1513/ind_-_2025_-_0245_-_2025_-_retirar_fios_em_desuso_dos_postes_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1511/ind_-_2025_-_0246_-_2025_-_empresa_laudos_adic_insalub_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1509/ind_-_2025_-_0248_-_2025_-_reforma_praca_ribeira_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1515/ind_-_2025_-_0254_-2025_-_ver_nilton_matozo_instalar_playground_e_academia_coletivo_incra_ribeira.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1520/2025_-_ind_-_0255-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1516/2025_-_ind_-_0256-2025_-_marcos_vinicius_ferreira_romero_-_retirada_por_duplicidade.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1517/2025_-_ind_-_0257-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1518/ind_-_2025_-_0258-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1519/ind_-_2025_-_0259-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1525/2025_-_ind_-_0275-2025_-_vilmar_pereira_da_silva_-_retirada_por_duplicidade.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1526/2025_-_ind_-_0276-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1527/ind_-_2025_-_0277-2025_-_vilmar_pereira_da_silva_1.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1528/ind_-_2025_-_0278-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1530/2025_-_ind_-_0281-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1532/ind_-_2025_-_0286-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1534/ind_-_2025_-_0287-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1546/ind_-_2025_-_0295-2025_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1547/ind_-_2025_-_0297-2025_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1548/ind_-_2025_-_0298-2025_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1549/ind_-_2025_-_0299-2025_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1592/ind_-_2025_-_0300-2025_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1550/ind_-_2025_-_0303-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1557/ind_-_2025_-_0307-2025_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1558/ind_-_2025_-_0308-2025_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1556/ind_-_2025_-_0310-2025_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1560/ind_-_2025_-_0311-2025_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1561/ind_-_2025_-_0312-2025_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1562/ind_-_2025_-_0313-2025_-_edgar_rosa_da_silva_-_construcao_orla_parque_veneza.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1563/ind_-_2025_-_0314-2025_-_edgar_rosa_da_silva_-_revitalizacao_praca_parque_veneza.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1555/ind_-_2025_-_0317-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1564/ind_-_2025_-_0321-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1565/ind_-_2025_-_0322-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1568/ind_-_2025_-_0325-2025_-_vilmar_-_demilson_-_edivaldo_-_fabricio_-_gilberto_-_nilton_-_rogerio_-_tiago.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1566/ind_-_2025_-_0326-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1567/ind_-_2025_-_0327-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1569/ind_-_2025_-_0328-2025_-_hugo_guida_de_miranda_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1570/ind_-_2025_-_0332_-_2025_-_placa_sinalizacao_escolar_e_faixa_de_pedestre_centro_educacional_gomes_queiroz_-_ver_rogerio_ramos.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1572/ind_-_2025_-_0333-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1593/ind_-_2025_-_0334-2025_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1580/ind_-_2025_-_0335-2025_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1579/ind_-_2025_-_0336-2025_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1576/ind_-_2025_-_0339-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1575/ind_-_2025_-_0340-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1577/ind_-_2025_-_0342-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1574/ind_-_2025_-_0343_-_2025_-_instalar_bebedouro_coletivo_ginasio_expedito_pereira_-_ver_rogerio_ramos.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1594/ind_-_2025_-_0344-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1581/ind_-_2025_-_0369-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1609/ind_-_2025_-_0375-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1613/ind_-_2025_-_0376-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1612/ind_-_2025_-_0377-2025_-_marcos_vinicius_ferreira_romero_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1611/ind_-_2025_-_0378-2025_-_marcos_vinicius_ferreira_romero_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1610/ind_-_2025_-_0379-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1582/2025_-_ind_-_0380-2025_-_retirada_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1583/ind_-_2025_-_0381-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1591/ind_-_2025_-_0388-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1587/ind_-_2025_-_0389-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1597/ind_-_2025_-_0392-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1596/ind_-_2025_-_0393-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1660/2025_-_ind_-_0429-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1614/2025_-_ind_-_0410-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1615/ind_-_2025_-_0411_-_2025_-_ante_projeto_lei_bolsa_atleta_macacu_-_ver_vilmar_pereira.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1621/ind_-_2025_-_0412-2025_-_marcos_vinicius_ferreira_romero_-_contrucao_distrito_industrial.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1620/ind_-_2025_-_0413-2025_-_marcos_vinicius_ferreira_romero_-_implantar_banco_de_sangue.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1618/ind_-_2025_-_0415-2025_-_alexandre_ferreira_da_fonseca_-_guarda_corpo_rua_da_mangueira.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1617/ind_-_2025_-_0416-2025_-_alexandre_ferreira_da_fonseca_-_aparato_de_captura_de_animais.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1616/ind_-_2025_-_0417-2025_-_alexandre_ferreira_da_fonseca_-_anteprojeto_centro_de_triagem_de_animais.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1625/ind_-_2025_-_0426-2025_-_fabricio_de_araujo_sousa_-_reforma_orla_varzea.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1627/ind_-_2025_-_0427-2025_-_fabricio_de_araujo_sousa_-_recuperacao_de_iluminacao_publica_bairro_sao_francisco.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1626/ind_-_2025_-_0428-2025_-_fabricio_de_araujo_sousa_-_contato_agendamento_paciente.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1628/2025_-_ind_-_0429-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1646/2025_-_ind_-_0436-2025_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1634/2025_-_ind_-_0443-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1635/2025_-_ind_-_0444-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1637/ind_-_2025_-_0445-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1643/2025_-_ind_-_0453-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1649/2025_-_ind_-_0454-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1645/2025_-_ind_-_0456-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1644/2025_-_ind_-_0457-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1648/2025_-_ind_-_0460-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1655/2025_-_ind_-_0477-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1653/ind_-_2025_-_0480_-_2025_-_pavimentar_rua_genesio_pinto_-_ribeira_-_ver_rogerio_ramos.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1652/ind_-_2025_-_0481-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1651/ind_-_2025_-_0482-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1650/ind_-_2025_-_0483-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1669/2025_-_ind_-_0496-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1678/ind_-_2025_-_0504-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1705/ind_-_2025_-_0520-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1706/ind_-_2025_-_0521_-_2025_-_hugo_guida_-_pavimentacao_com_saneamento_ruas_13_15_-_castalia.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1699/ind_-_2025_-_0525-2025_-_rogerio_de_souza_ramos_-_ciclovia_rj116_papucaia_e_ribeira.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1707/ind_-_2025_-_0529-2025_-_hugo_guida_de_miranda_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1712/2025_-_ind_-_0530-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1710/ind_-_2025_-_0531-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1711/ind_-_2025_-_0532-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1713/2025_-_ind_-_0533-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1723/2025_-_ind_-_0534-2025_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1722/ind_-_2025_-_0535-2025_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1721/2025_-_ind_-_0536-2025_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1720/ind_-_2025_-_0541-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1716/ind_-_2025_-_0542-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1718/2025_-_ind_-_0544-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1717/ind_-_2025_-_0545_-_2025_-_ver_marcos_vinicius_-_estudo_construir_praca_agro-brasil.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1726/2025_-_ind_-_0551-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1727/2025_-_ind_-_0552-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1745/ind_-_2025_-_0553-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1746/ind_-_2025_-_0554-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1747/ind_-_2025_-_0555-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1749/ind_-_2025_-_0557_-_2025_-_ver_vilmar_da_silva-_ante_plo_contratar_mediadores_escolares.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1742/ind_-_2025_-_0559-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1743/ind_-_2025_-_0560-2025_-_alexandre_ferreira_da_fonseca_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1744/ind_-_2025_-_0561-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1760/ind_-_2025_-_0562-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1737/ind_-_2025_-_0580-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1738/ind_-_2025_-_0581-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1748/ind_-_2025_-_0582-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1741/ind_-_2025_-_0585_-_2025_-_edgar_rosa_da_silva_-_passarelas_pedestres-bicicletas_pontes_rod._116_e_122.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1774/ind_-_2025_-_0591-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1758/ind_-_2025_-_0598_-_2025_-_implantacao_de_cursos_profissionalizantes_escola_sara_bocaiuva_bulcao_-_vere_demilson.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1756/2025_-_ind_-_0603-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1763/ind_-_2025_-_0626_-_2025_-_anteprojeto_de_lei_auxilio_alimentacao_valorizacao_servidores_publicos__-_celio_maciel.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1766/ind_-_2025_-_0627-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1767/ind_-_2025_-_0628-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1768/ind_-_2025_-_0629-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1765/ind_-_2025_-_0633_-_2025_-_fabricio_araujo_souza_-_manutencao_parque_boulevard_ribeira.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1762/ind_-_2025_-_0639-2025_-_marcos_vinicius_ferreira_romero_retirada_pelo_autor.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1761/ind_-_2025_-_0641-2025_-_marcos_vinicius_ferreira_romero_retirada_pelo_autor.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1770/ind_-_2025_-_0649-2025_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1771/ind_-_2025_-_0650-2025_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1772/ind_-_2025_-_0651-2025_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1773/ind_-_2025_-_0652-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1778/ind_-_2025_-_0658-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1780/ind_-_2025_-_0659-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1783/ind_-_2025_-_0661-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1784/ind_-_2025_-_0663-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1785/ind_-_2025_-_0664-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1786/ind_-_2025_-_0665-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1787/ind_-_2025_-_0666-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1788/ind_-_2025_-_0667-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1789/ind_-_2025_-_0668-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1790/ind_-_2025_-_0669-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1791/ind_-_2025_-_0670-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1792/ind_-_2025_-_0671-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1793/ind_-_2025_-_0672-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1794/ind_-_2025_-_0673-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1795/ind_-_2025_-_0674-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1796/ind_-_2025_-_0675-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1797/ind_-_2025_-_0676-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1801/ind_-_2025_-_0677-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1802/ind_-_2025_-_0678-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1803/ind_-_2025_-_0679-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1804/ind_-_2025_-_0680-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1805/ind_-_2025_-_0681-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1806/ind_-_2025_-_0682-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1807/ind_-_2025_-_0683-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1808/ind_-_2025_-_0684-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1832/ind_-_2025_-_0686-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1798/ind_-_2025_-_0687-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1835/ind_-_2025_-_0690-2025_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1799/2025_-_ind_-_0691-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1825/ind_-_2025_-_0697-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1826/ind_-_2025_-_0698-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1827/ind_-_2025_-_0699-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1828/ind_-_2025_-_0700-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1829/ind_-_2025_-_0700-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1812/ind_-_2025_-_0706-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1870/ind_-_2025_-_0707-2025_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1822/ind_-_2025_-_0708-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1821/ind_-_2025_-_0709-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1820/ind_-_2025_-_0710-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1819/ind_-_2025_-_0711-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1823/ind_-_2025_-_0714-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1833/ind_-_2025_-_0724-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1815/ind_-_2025_-_0725-2025_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1834/ind_-_2025_-_0729-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1836/ind_-_2025_-_0734-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1849/ind_-_2025_-_0735_-2025_-_ver_edivaldo_pereira_-alambrado_escola_carlos_brandao.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1843/ind_-_2025_-_0742-2025_-_jose_lucas_stutz_delgado_pinto_-_paralelos_rua_romeu_caetano_guida.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1848/ind_-_2025_-_0751_-2025_-_ver_marcos_vinicius__-_ppa_para_ofertar_cursos_profissionalizantes.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1844/2025_-_ind_-_0754-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1850/ind_-_2025_-_0755_-2025_-_ver_edivaldo_pereira_-_construcao_praca_espaco_lazer_margem_rio_macacu_parque_veneza.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1876/2025_-_ind_-_0758-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1862/2025_-_ind_-_0759-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1871/2025_-_ind_-_0760-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1872/2025_-_ind_-_0761-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1869/ind_-_2025_-_0771-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1851/ind_-_2025_-_0772-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1852/ind_-_2025_-_0788-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1853/ind_-_2025_-_0789-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1854/ind_-_2025_-_0790-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1855/ind_-_2025_-_0791-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1856/ind_-_2025_-_0792-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1857/ind_-_2025_-_0793-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1858/ind_-_2025_-_0794-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1859/ind_-_2025_-_0795-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1860/ind_-_2025_-_0796-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1861/ind_-_2025_-_0797-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1863/ind_-_2025_-_0798-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1864/ind_-_2025_-_0799-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1865/ind_-_2025_-_0800-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1866/ind_-_2025_-_0801-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1867/ind_-_2025_-_0802-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1868/ind_-_2025_-_0803-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1877/ind_-_2025_-_0812-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1881/ind_-_2025_-_0814_-_2025_-_ver_alexandre_ferreira_-_desobstrucao_do_canal_do_rio_macacu_varzea.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1892/ind_-_2025_-_0834-2025_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1894/ind_-_2025_-_0835-2025_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1893/ind_-_2025_-_0836-2025_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1905/ind_-_2025_-_0854-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1908/ind_-_2025_-_0870-2025_-_rogerio_de_souza_ramos_-_sucatas_carros_apreendidos.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1910/ind_-_2025_-_0871-2025_-_rogerio_de_souza_ramos_-_reparo_escola_lucy_campelo.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1909/ind_-_2025_-_0872-2025_-_rogerio_de_souza_ramos_-_calcamento_rua_ubaldo_jose_da_rocha.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1935/2025_-_ind_-_0897_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1938/2025_-_ind_-_0901-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1939/2025_-_ind_-_0902-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1945/ind_-_2025_-_0905-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1947/ind_-_2025_-_0906-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1946/ind_-_2025_-_0907-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1948/ind_-_2025_-_0910-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1949/ind_-_2025_-_0911-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1968/2025_-_ind_-_0926_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1969/2025_-_ind_-_0931-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1985/ind_-_2025_-_0932_-_2025_-_ver_rogerio_de_souza_-_plo_autoriza_executivo_conceder_licenca-maternidade_a_servidores_gestante_ou_adotante.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1978/ind_-_2025_-_0934_-_2025_-_ver_rogerio_de_souza_-_executivo_interceder_reparar_telhado_fechar_laterais_quadra_ribeira.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1977/ind_-_2025_-_0935_-_2025_-_ver_rogerio_de_souza_-_executivo_interceder_asfaltar_rua_patricia_cabral_papucaia.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1976/ind_-_2025_-_0936_-_2025_-_ver_rogerio_de_souza_-_executivo_interceder_construcao_campo_grama_sintetica_marapora.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2002/ind_-_2025_-_0937-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1975/ind_-_2025_-_0938_-_2025_-_ver_alexandre_ferreira_-_executivo_interceder_instalar_guaritas_passageiros.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1979/ind_-_2025_-_0947-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1980/ind_-_2025_-_0948-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1981/ind_-_2025_-_0949-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1983/ind_-_2025_-_0950-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1984/ind_-_2025_-_0952-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1986/ind_-_2025_-_0955-2025_-_hugo_guida_de_miranda_-_troca_da_rede_de_esgoto_rua_15_de_novembro.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2001/ind_-_2025_-_0958-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2034/ind_-_2025_-_0967-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2023/ind_-_2025_-_0975-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2041/ind_-_2025_-_0993-2025_-_gilberto_azevedo_da_silva_junior.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2042/ind_-_2025_-_0994-2025_-_gilberto_azevedo_da_silva_junior.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2055/ind_-_2025_-_0996_-_2025_-_ver_edivaldo_pereira_-_indica_anteprojeto_do_programa_a_agua_e_nossa.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2043/ind_-_2025_-_0999-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2044/ind_-_2025_-_1000-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2075/ind_-_2025_-_1003-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2046/ind_-_2025_-_1007_-_2025_-_ver_fabricio_de_araujo_-_executivo_interceder_contratar_ortopedista_padre_batalha.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2056/ind_-_2025_-_1022_-_2025_-_ver_hugo_miranda_-_realizar_paisagismo_calcadas__e_pista_caminhada_rua_manoel_delfim_sarmento.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2063/ind_-_2025_-_1029-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2064/ind_-_2025_-_1030-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2067/ind_-_2025_-_1034-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2068/ind_-_2025_-_1038-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2080/ind_-_2025_-_1056-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2081/ind_-_2025_-_1057_-_2025_-_ver_rogerio_de_souza_-_carro_fixo_para_ubs_marubai.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2082/ind_-_2025_-_1058_-_2025_-_ver_rogerio_de_souza_-_reativar_ubs_soarinho.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2083/ind_-_2025_-_1060_-_2025_-_ver_marcos_vinicius_ferreira_-_incluir_triagem_pacientes_hospital_glicemia_capilar.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2090/ind_-_2025_-_1070-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2093/2025_-_ind_-_1071_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2092/2025_-_ind_-_1072_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2101/ind_-_2025_-_1089-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2109/ind_-_2025_-_1093-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2106/ind_-_2025_-_1095-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2107/ind_-_2025_-_1096-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2111/ind_-_2025_-_1104-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2112/ind_-_2025_-_1105-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2116/ind_-_2025_-_1110-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2115/ind_-_2025_-_1113-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2121/ind_-_2025_-_1134-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2123/ind_-_2025_-_1143-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2124/ind_-_2025_-_1144-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2128/ind_-_2025_-_1145-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2129/ind_-_2025_-_1146-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2132/ind_-_2025_-_1150-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2133/ind_-_2025_-_1151-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2152/ind_-_2025_-_1162-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2153/ind_-_2025_-_1181-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2156/ind_-_2025_-_1190-2025_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2158/ind_-_2025_-_1196-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2159/ind_-_2025_-_1197-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2173/ind_-_2025_-_1198-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2171/ind_-_2025_-_1218-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2180/ind_-_2025_-_1220_-_2025_-_ver_rogerio_de_souza_-_construcao_cobertura_quadra_escola_sete_setembro.pdf" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2182/ind_-_2025_-_1221_-_2025_-_ver_alexandre_ferreira_-_executivo_envio_anteprojeto_tarifa_verde.pdf" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2183/ind_-_2025_-_1222_-_2025_-_ver_alexandre_ferreira_-_executivo_interceder_anteprojeto_regularizar_organizar_balnearios.pdf" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2181/ind_-_2025_-_1226_-_2025_-_ver_rogerio_de_souza_-_pavimentacao_rua_irineu_castro_leal_-_ribeira.pdf" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2186/ind_-_2025_-_1246_-_2025_-_ver_marcos_vinicius_romero_-_prefeito_instalar_quebra-molas_rio-friburgo_rj-116_km16_bar_adriana_vecchi.pdf" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2188/ind_-_2025_-_1263-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2194/ind_-_2025_-_1264-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2192/ind_-_2025_-_1266-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2191/ind_-_2025_-_1267-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2190/ind_-_2025_-_1268-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2189/ind_-_2025_-_1312-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2198/ind_-_2025_-_1318-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2197/ind_-_2025_-_1319-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2196/ind_-_2025_-_1320-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2213/ind_-_2025_-_1336-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2201/ind_-_2025_-_1339-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2202/ind_-_2025_-_1340-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2214/ind_-_2025_-_1341-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2215/ind_-_2025_-_1342-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2205/ind_-_2025_-_1348-2025_-_alexandre_fereira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2206/ind_-_2025_-_1349-2025_-_alexandre_fereira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2207/ind_-_2025_-_1350-2025_-_alexandre_fereira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2210/ind_-_2025_-_1351-2025_-_demilson_antonio_riveiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2211/ind_-_2025_-_1352-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2218/ind_-_2025_-_1354-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2216/ind_-_2025_-_1355-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2217/ind_-_2025_-_1356-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2212/ind_-_2025_-_1362-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2221/ind_-_2025_-_1363-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2222/ind_-_2025_-_1364-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2223/ind_-_2025_-_1365-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2226/ind_-_2025_-_1371-2025_-_gilberto_da_sivla_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2227/ind_-_2025_-_1372-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2231/ind_-_2025_-_1375_-_2025_-_ver_rogerio_de_souza_-_executivo_interceder_instalacao_protecao_lateral_pontes_ilha_tanque_renato_painha.pdf" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2230/ind_-_2025_-_1376_-_2025_-_ver_rogerio_de_souza_-_executivo_interceder_reforma_ponte_cemiterio.pdf" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2239/ind_-_2025_-_1384-2025_-_hugo_guida_de_miranda_-_area_recreativa_quiosque_birico.pdf" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2248/ind_-_2025_-__1385-2025_-_hugo_guida_de_miranda_-_construcao_escola_infantil_bairro_boa_vista.pdf" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2250/ind_-_2025_-_1387-2025_-_edgar_rosa_da_silva_-_manutencao_estradas_agrobrasil.pdf" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2251/ind_-_2025_-_1388-2025_-_edgar_rosa_da_silva_-_vigias_abrir_portoes.pdf" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2261/ind_-_2025_-_1389-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2253/ind_-_2025_-_1393_-_2025_-_ver_hugo_miranda_-_desapropriacao_terreno_oi_av_gov_roberto_silveira.pdf" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2254/ind_-_2025_-_1394_-_2025_-_ver_hugo_miranda_-_interceder_sec_obras_realizar_ampliacao_orla_da_varzea.pdf" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2255/ind_-_2025_-_1395_-_2025_-_ver_hugo_miranda_-_interceder_sec_obras_realizar_continuacao_canal_ribeira_rua_gessi_menezes.pdf" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2256/ind_-_2025_-_1396_-_2025_-_ver_nilton_matozo_viana_-_executivo_intermediar_secret_obras_instalar_hidrantes.pdf" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2257/ind_-_2025_-_1397_-_2025_-_ver_tiago_teixeira_-_executivo_interceda_secretaria_reformar_aparelho_ginastica_ribeira.pdf" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2258/ind_-_2025_-_1398_-_2025_-_ver_tiago_teixeira_-_executivo_interceda_secretaria_implantar_abastecimento_rua_felicidade_papucaia.pdf" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2262/ind_-_2025_-_1433_-_2025_-_ver_demilson_monteiro_-_executivo_limpar_ruas_margem_rio_-_ganguri_cima_e_baixo.pdf" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2263/ind_-_2025_-_1437_-_2025_-_ver_hugo_miranda_-_executivo_interceder_governo_estadual_ceder_terreno_bombeiros_-_constrir_creche_e_escola_local_antigo.pdf" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2274/ind_-_2025_-_1447_-_2025_-_ver_alexandre_ferreira_-_executivo_interceder_contrucao_rede_aguas_pluviais_betel.pdf" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2275/ind_-_2025_-_1448_-_2025_-_ver_alexandre_ferreira_-_executivo_interceder_solucao_derrapagem_rua_alvim_santana_neves_bairro_70.pdf" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2277/ind_-_2025_-_1451_-_2025_-_ver_rogerio_de_souza_-_executivo_interceder_instalacao_guarda-corpos_manutencao_ponte_rio_coqueiral.pdf" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2279/ind_-_2025_-_1453_-_2025_-_ver_rogerio_de_souza_-_executivo_interceder_colocacao_quebra-molas_todas_rua_expansao_b_papucaia.pdf" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2280/ind_-_2025_-_1454_-_2025_-_ver_rogerio_de_souza_-_executivo_interceder_colocados_bancos_rodoviaria_papucaia.pdf" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2293/ind_-_2025_-_1480_-_2025_-_ver_edivaldo_pereira_de_souza_-_plo_anexo_-_obrigatoriedade_divulgacao_direitos_vagas_gratuitas_descontos.pdf" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1419/moc_-_2025_-_0142-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1508/moc_-_2025_-_0249-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1623/moc_-_2025_-_0452-2025_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1656/moc_-_2025_-_0433-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1657/moc_-_2025_-_0434-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1658/moc_-_2025_-_0435-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1679/moc_-_2025_-_0503_-_2025_-_ver_hugo_guida_de_miranda_-_mocao_jair_paiva_roza.pdf" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1708/moc_-_2025_-_0528_-_2025_-_ver_hugo_guida_de_miranda_-_mocao_prof_fabio_barcelos_sousa.pdf" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1800/2025_-_moc_-_0688-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1830/moc_-_2025_-_0703-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1831/moc_-_2025_-_0704-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1813/moc_-_2025_-_0705-2025_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1845/moc_-_2025_-_0748_-_2025_-_ver_marcos_vinicius_-_mocao_jane_mara_da_silva.pdf" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1846/moc_-_2025_-_0749_-_2025_-_ver_marcos_vinicius_-_mocao_uellington_marins_da_silva.pdf" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1847/moc_-_2025_-_0750_-_2025_-_ver_marcos_vinicius_-_mocao_jesse_pinheiro_da_costa.pdf" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1897/moc_-_2025_-_0838-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2077/moc_-_2025_-_0944-2025_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2078/moc_-_2025_-_0945-2025_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2079/moc_-_2025_-_0946-2025_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2096/moc_-_2025_-_1080-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2097/moc_-_2025_-_1081-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2098/moc_-_2025_-_1084-2025_-_rafaella_mendes_ouverney_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2110/moc_-_2025_-_1090-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2122/moc_-_2025_-_1142-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2142/moc_-_2025_-_1160-2025_-_gilberto_da_silva_azevedo_junior_-_marta_da_silva_lopes_soares.pdf" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2155/moc_-_2025_-_1189-2025_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2172/moc_-_2025_-_1204-2025_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2187/moc_-_2025_-_1244-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2219/moc_-_2025_-_1343-2025_-_marcos_vinicius_ferreira_romero_-_rodrigo_goncalves_da_silva.pdf" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2203/moc_-_2025_-_1344-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2204/moc_-_2025_-_1345-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2220/moc_-_2025_-_1346-2025_-_marcos_vinicius_ferreira_romero_-_rodrigo_goncalves_da_silva.pdf" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2252/moc_-_2025_-_1390-2025_-_jose_lucas_stutz_delgado_pinto_-_anna_beatriz_torres_peres_marins.pdf" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1389/2025_-_plc_-_0118-2025_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1442/plo_2025_0135-2025_gratificacao_temporaria_atividades_especiais_executivo.pdf" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1440/plc_-_2025_-_136-2025_-_altera_a_estrutura_administrativa_do_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1554/plc_-_2025_-_0316-2025_-_executivo_-_retirado.pdf" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1714/plc_-_2025_-_0538-2025_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1757/plc_-_2025_-_0599-2025_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1764/plc_-_2025_-_0625_-_2025_-_vilmar_pereira_da_silva_-_reserva_de_vagas_em_empresas.pdf" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1838/plo_2025_0696-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2072/plo_-_2025_-_1040-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1388/2025_-_plo_-_0119-2025_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1390/2025_-_plo_-_0120-2025_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1443/plo_2025_0137-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1441/plo_2025_0138-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1444/plo_-_2025_-_139-2025_-_autoriza_reajuste_salarial.pdf" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1445/plo_-_2025_-_0140-2025_-_executivo.pdf" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1420/plo_-_2025_-_0143-2025_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1431/plo_-_2025_-_0152-2025_-_declara_utilidade_publica_a_associacao_papucaia_esporte_clube.pdf" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1537/plo_2025_0216_2025_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1538/plo_-_2025_-_0217-2025_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1539/plo_2025_0218_2025_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1540/plo_-_2025_-_0219-2025_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1541/plo_-_2025_-_0220-2025_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1542/plo_2025_0221_2025_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1543/plo_2025_0222_2025_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1544/plo_2025_0223_2025_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1545/plo_2025_0224_2025_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1489/plo_-_2025_-_0229-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1492/plo_-_2025_-_0234_-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1494/plo_-_2025_-_0235_-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1499/plo_-_2025_-_0236_-_2025_-_programa_farmacia_para_todos_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1514/plo_2025_0244-2025_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1510/plo_-_2025_-_0252-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1512/plo_-_2025_-_0253-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1521/plo_-_2025_-_0260-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1529/plo_-_2025_-_0279-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1531/plo_2025_0283-2025_retirada_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1551/plo_-_2025_-_0304-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1578/plo_-_2025_-_0360-2025_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1599/plo_-_2025_-_0373-2025_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1606/plo_-_2025_-_0382-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1585/plo_-_2025_-_0383-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1814/plo_-_2025_-_0394_-_2025_-_ver_vilmar_pereira_-_disponibilizar_quaro_diario_de_profissionais_nas_unidades_de_saude.pdf" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1622/plo_-_2025_-_0402-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1601/plo_-_2025_-_0403-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1602/plo_-_2025_-_0404-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1603/plo_-_2025_-_0405-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1604/plo_-_2025_-_0406-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId580" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1633/plo_2025_0442-2025__hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1638/plo_-_2025_-_0447-2025_-_executivo_-_estilizacao_do_brasao_do_municipio_de_cachoeiras_de_macacu.pdf" TargetMode="External"/><Relationship Id="rId583" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1639/plo_-_2025_-_0448-2025_-_executivo_-_atualiza_tabela_quadro_funcionario_administrativo_educacao.pdf" TargetMode="External"/><Relationship Id="rId584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1640/plo_-_2025_-_0450-2025_-_executivo_-_da_denominacao_estrategia_de_saude_da_familia_vecchi.pdf" TargetMode="External"/><Relationship Id="rId585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId586" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1654/plo_2025_0476-2025__demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId587" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1695/plo_-_2025_-_0484-2025_-_executivo_-_ldo_2026_-_lei_de_diretrizes_orcamentarias_de_2026.pdf" TargetMode="External"/><Relationship Id="rId588" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1661/plo_-_2025_-_0486_-_2025_-_feira_permanente_agricultura_familiar_-_ver_celio_maciel.pdf" TargetMode="External"/><Relationship Id="rId589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1662/plo_-_2025_-_0487_-_2025_-_ver_celio_maciel_-_patrimonio_cultural_natureza_imaterial_turmas_bate-bola.pdf" TargetMode="External"/><Relationship Id="rId590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1663/plo_-_2025_-_0488_-_2025_-_ver_celio_maciel_-_institui_o_dia_de_acao_de_gracas.pdf" TargetMode="External"/><Relationship Id="rId591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId592" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1665/plo_-_2025_-_0490-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId593" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1666/plo_-_2025_-_0491-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1667/plo_2025_0492-2025__celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId595" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1696/plo_-_2025_-_0522-2025_-_executivo_-_cria_o_programa_mulher_segura.pdf" TargetMode="External"/><Relationship Id="rId597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1698/plo_-_2025_-_0523-2025_-_executivo_-_programa_de_parcelamento_ppe_amae.pdf" TargetMode="External"/><Relationship Id="rId598" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1700/plo_-_2025_-_0524-2025_-vilmar_pereira_da_silva_-_utilidade_publica_associacao_musical_agua_viva.pdf" TargetMode="External"/><Relationship Id="rId599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1702/plo_-_2025_-_0526-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1715/plo_2025_0537_2025_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2060/plo_-_2025_-_0556-2025_-_celio_de_carvalho_maciel_-_institui_auxilio_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId602" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1735/plo_-_2025_-_0576-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId603" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1734/plo_-_2025_-_0577-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1759/plo_-_2025_-_0583_-_2025_-_ver_vilmar_pereira_-_declara_utilidade_publica_associacao_trabalhadores.pdf" TargetMode="External"/><Relationship Id="rId605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1740/plo_-_2025_-_0586_-_2025_-_ver_edgar_silva_-_reconhecer_pessoas_com_fibromialgia_direitos_e_garantias_de_deficientes.pdf" TargetMode="External"/><Relationship Id="rId606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1775/plo_-_2025_-_0592-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId608" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1753/plo_-_2025_-_0595-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1754/plo_-_2025_-_0596-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId612" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId613" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1769/plo_-_2025_-_0630-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId614" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1598/plo_-_2025_-_0394_-_2025_-_disponibilizar_quadro_horario_unidades_saude_-_vilmar_-_lolo.pdf" TargetMode="External"/><Relationship Id="rId615" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1779/plo_-_2025_-_0653-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId616" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1781/plo_-_2025_-_0654-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId617" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1782/plo_-_2025_-_0655-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1776/plo_-_2025_-_0656-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1777/plo_-_2025_-_0657-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId620" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1818/plo_-_2025_-_0689-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId621" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1837/plo_2025_0716-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1817/plo_-_2025_-_0723-2025_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId623" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1816/plo_-_2025_-_0726-2025_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId624" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1839/plo_-_2025_-_0737-2025_-_hugo_guida_de_miranda_-_prioridade_mulheres_vitima_de_violencia.pdf" TargetMode="External"/><Relationship Id="rId625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1840/plo_-_2025_-_0739-2025_-_celio_de_carvalho_maciel_-_educacao_moral_e_civica.pdf" TargetMode="External"/><Relationship Id="rId626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1841/plo_-_2025_-_0740-2025_-_celio_de_carvalho_maciel_-_programa_escola_sem_doutrinacao.pdf" TargetMode="External"/><Relationship Id="rId627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1842/plo_-_2025_-_0741-2025_-_celio_de_carvalho_maciel_-_programa_ronda_escolar.pdf" TargetMode="External"/><Relationship Id="rId628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1873/plo_2025_0762-2025__celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1874/plo_2025_0763-2025__celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1875/plo_2025_0764-2025__celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1878/plo_-_2025_-_0811_-_2025_-_ver_vilmar_pereira_-_programa_saude_oftalmologica_alunos_rede_municipal.pdf" TargetMode="External"/><Relationship Id="rId632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1882/plo_-_2025_-_0815_-_2025_-_ver_edgar_silva_-_reconhecer_as_pessoas_com_sidromes_que_especifica_e_doencas_correlatas_como_com_deficiencia.pdf" TargetMode="External"/><Relationship Id="rId633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1880/plo_-_2025_-_0816-2025_-_executivo_-_altera_a_lei_2673_de_2025.pdf" TargetMode="External"/><Relationship Id="rId634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1895/plo_-_2025_-_0824-2025_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId635" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1902/plo_-_2025_-_0850-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1903/plo_-_2025_-_0851-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId637" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1904/plo_-_2025_-_0852-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1907/plo_-_2025_-_0869-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1971/plo_-_2025_-_0898-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1972/plo_-_2025_-_0899-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId641" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1953/plo_-_2025_-_0917-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1970/plo_-_2025_-_0921-2025_-_poder_executivo_-_autoriza_doar_areas_de_terras_ao_far_alterado.pdf" TargetMode="External"/><Relationship Id="rId643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1982/plo_-_2025_-_0933_-_2025_-_ver_rogerio_de_souza_-_criacao_pipodromo_papucaia.pdf" TargetMode="External"/><Relationship Id="rId644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1973/plo_-_2025_-_0941-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2039/plo_-_2025_-_0957-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId646" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2035/plo_-_2025_-_0968-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2038/plo_-_2025_-_0969-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2037/plo_-_2025_-_0970-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId649" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2036/plo_-_2025_-_0971-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2047/plo_-_2025_-_1008_-_2025_-_ver_fabricio_de_araujo_-_denomina_caminho_da_mata_a_avenida_eduardo_dale.pdf" TargetMode="External"/><Relationship Id="rId651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2048/plo_-_2025_-_1009_-_2025_-_ver_fabricio_de_araujo_-_da_a_logradouro_denominacao_caminho_novo.pdf" TargetMode="External"/><Relationship Id="rId652" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2049/plo_-_2025_-_1010_-_2025_-_ver_fabricio_de_araujo_-_denomina_rua__-_miriam_ramos_de_souza_-_em_boca_do_mato.pdf" TargetMode="External"/><Relationship Id="rId653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2050/plo_-_2025_-_1011_-_2025_-_ver_fabricio_de_araujo_-_denomina_-_caminho_da_floresta_-_logradouro_em_boca_do_mato.pdf" TargetMode="External"/><Relationship Id="rId654" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2051/plo_-_2025_-_1012_-_2025_-_ver_fabricio_de_araujo_-_denomina_-_caminho_do_aqueduto_-_logradouro_em_boca_do_mato.pdf" TargetMode="External"/><Relationship Id="rId655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2052/plo_-_2025_-_1013_-_2025_-_ver_fabricio_de_araujo_-_denomina_-_caminho_do_lago_encantado__-_logradouro_em_boca_do_mato.pdf" TargetMode="External"/><Relationship Id="rId656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2053/plo_-_2025_-_1014_-_2025_-_ver_fabricio_de_araujo_-_denomina_-_travessa_serro_frio__-_logradouro_em_boca_do_mato.pdf" TargetMode="External"/><Relationship Id="rId657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2054/plo_-_2025_-_1015_-_2025_-_ver_fabricio_de_araujo_-_denomina_-_caminho_do_rio_colibri__-_logradouro_em_boca_do_mato.pdf" TargetMode="External"/><Relationship Id="rId658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2061/plo_-_2025_-_1025-2025_-_executivo_-_altera_a_ldo_de_2026.pdf" TargetMode="External"/><Relationship Id="rId659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2065/plo_-_2025_-_1032-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId660" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2066/plo_-_2025_-_1033-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId661" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2074/plo_-_2025_-_1035-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId662" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2073/plo_-_2025_-_1036-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId663" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2071/plo_-_2025_-_1041-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId664" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2228/plo_-_2025_-_1054-2025_-_poder_executivo_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2225/plo_-_2025_-_1055-2025_-_poder_executivo_-_ppa_2026-2029.pdf" TargetMode="External"/><Relationship Id="rId666" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2085/plo_-_2025_-_1061_-_2025_-_ver_marcos_vinicius_ferreira_-_autoriza_descarte_prontuarios_mais_de_20_anos_hospital_e_rede_publica.pdf" TargetMode="External"/><Relationship Id="rId667" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2084/plo_-_2025_-_1067-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2088/plo_-_2025_-_1069-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2095/plo_-_2025_-_1079-2025_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2099/plo_-_2025_-_1086-2025_-_jose_lucas_stutz_delgado_pinto_-_projeto_bombeiro_mirim.pdf" TargetMode="External"/><Relationship Id="rId671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2100/plo_-_2025_-_1087-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2105/plo_-_2025_-_1097-2025_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2108/plo_-_2025_-_1102_-_2025_-_ver_hugo_miranda_-_reserva_identificacao_vagas_estacionamento_pessoas_tea.pdf" TargetMode="External"/><Relationship Id="rId674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2157/plo_-_2025_-_1111-2025_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2224/plo_-_2025_-_1114-2025_-_poder_executivo_-_mais_valia.pdf" TargetMode="External"/><Relationship Id="rId676" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2120/plo_-_2025_-_1135-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2125/plo_-_2025_-_1136-2025_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2141/plo_-_2025_-_1159-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2151/plo_-_2025_-_1164-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId681" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2150/plo_-_2025_-_1165-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId682" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2149/plo_-_2025_-_1166-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId683" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2148/plo_-_2025_-_1167-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2147/plo_-_2025_-_1168-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2146/plo_-_2025_-_1170-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2145/plo_-_2025_-_1171-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId687" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2154/plo_-_2025_-_1182-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2184/plo_-_2025_-_1242_-_2025_-_ver_junior_azevedo_-_declara_taboa_patrimonio_cultural_municipal.pdf" TargetMode="External"/><Relationship Id="rId689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2193/plo_-_2025_-_1265-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2249/plo_-_2025_-_1281-2025_-_rogerio_de_souza_ramos_-_titulo_empresa_amiga_da_juventude.pdf" TargetMode="External"/><Relationship Id="rId691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2199/plo_-_2025_-_1282-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2195/plo_-_2025_-_1310-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2200/plo_-_2025_-_1316-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId694" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2245/plo_-_2025_-_1324_-_2025_-_ver_celio_carvalho_maciel_-_programa_combate_abandono_afetivo_criancas.pdf" TargetMode="External"/><Relationship Id="rId695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2244/plo_-_2025_-_1325_-_2025_-_ver_celio_carvalho_maciel_-_incentiva_estabelecimentos_rurais_contratacao_aprendizes.pdf" TargetMode="External"/><Relationship Id="rId696" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2242/plo_-_2025_-_1326_-_2025_-_ver_celio_carvalho_maciel_-_cria_cadastro_pessoas_de_rua_registro_atencao_articulacao.pdf" TargetMode="External"/><Relationship Id="rId697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2241/plo_-_2025_-_1327_-_2025_-_ver_celio_carvalho_maciel_-_institui_programa_prevencao_combate_automedicacao_abusiva.pdf" TargetMode="External"/><Relationship Id="rId698" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2240/plo_-_2025_-_1328_-_2025_-_ver_celio_carvalho_maciel_-_institui_campanha_combate_vandalismo.pdf" TargetMode="External"/><Relationship Id="rId699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2238/plo_-_2025_-_1329_-_2025_-_ver_celio_carvalho_maciel_-_torna_feriado_dia_de_acao_de_gracas_municipal.pdf" TargetMode="External"/><Relationship Id="rId700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2237/plo_-_2025_-_1330_-_2025_-_ver_celio_carvalho_maciel_-_institui_politica_atencao_mulher_filho_autista.pdf" TargetMode="External"/><Relationship Id="rId701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2236/plo_-_2025_-_1331_-_2025_-_ver_celio_carvalho_maciel_-_institui_semana_protecao_vida.pdf" TargetMode="External"/><Relationship Id="rId702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2235/plo_-_2025_-_1332_-_2025_-_ver_celio_carvalho_maciel_-_institui_politica_municipal_prevencao_abandono_idosos.pdf" TargetMode="External"/><Relationship Id="rId703" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2234/plo_-_2025_-_1333_-_2025_-_ver_celio_carvalho_maciel_-_institui_programa_identificacao_rotas_escoamento_rural.pdf" TargetMode="External"/><Relationship Id="rId704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2233/plo_-_2025_-_1334_-_2025_-_ver_celio_carvalho_maciel_-_institui_semana_pecuaria_agricultura_familiar.pdf" TargetMode="External"/><Relationship Id="rId705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2232/plo_-_2025_-_1335_-_2025_-_ver_celio_carvalho_maciel_-_institui_semana_civismo_patriotismo.pdf" TargetMode="External"/><Relationship Id="rId706" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2246/plo_-_2025_-_1379_-_2025_-_ver_vilmar_pereira_da_silva_-_atendimento_preferncial_profissionais_contabilidade.pdf" TargetMode="External"/><Relationship Id="rId708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2265/plo_-_2025_-_1421_-_2025_-_ver_celio_carvalho_maciel_-_selo_municipal_escola_com_excelencia.pdf" TargetMode="External"/><Relationship Id="rId710" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2266/plo_-_2025_-_1422_-_2025_-_ver_celio_carvalho_maciel_-_institui_programa_municipal_combate_evasao_escolar_presenca_transforma.pdf" TargetMode="External"/><Relationship Id="rId711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2267/plo_-_2025_-_1423_-_2025_-_ver_celio_carvalho_maciel_-_autoriza_criacao_portal_transparencia_matricula_escolar.pdf" TargetMode="External"/><Relationship Id="rId712" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2268/plo_-_2025_-_1424_-_2025_-_ver_celio_carvalho_maciel_-_programa_transparencia_fiscalizacao_merenda_escolar_-_olho_merenda.pdf" TargetMode="External"/><Relationship Id="rId713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2269/plo_-_2025_-_1425_-_2025_-_ver_celio_carvalho_maciel_-_programa_pais_presentes_-_acompanhamento_escolar_familiar.pdf" TargetMode="External"/><Relationship Id="rId714" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2270/plo_-_2025_-_1426_-_2025_-_ver_celio_carvalho_maciel_-_programa_primeira_infancia_em_foco.pdf" TargetMode="External"/><Relationship Id="rId715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2271/plo_-_2025_-_1427_-_2025_-_ver_celio_carvalho_maciel_-_institui_premio_municipal_professor_destaque_do_ano.pdf" TargetMode="External"/><Relationship Id="rId716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2272/plo_-_2025_-_1428_-_2025_-_ver_celio_carvalho_maciel_-_programa_incentivo_protagonismo_juvenil_escolas_publica_privada.pdf" TargetMode="External"/><Relationship Id="rId717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2276/plo_-_2025_-_1429_-_2025_-_ver_celio_carvalho_maciel_-_cria_registro_publico_obras_manutencoes_unidades_escolares.pdf" TargetMode="External"/><Relationship Id="rId718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2260/plo_-_2025_-_1436-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId719" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1535/prs_-_2025_-_0284-2025_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId720" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1629/prs_-_2025_-_0430-2025_-_coletivo_-_cria_comissao_especial_prevencao_de_desastres.pdf" TargetMode="External"/><Relationship Id="rId721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1694/prs_-_2025_-_0458-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1693/prs_-_2025_-_0459-2025_-_demilson_antonio_ribeiro_monteiro.pdf" TargetMode="External"/><Relationship Id="rId723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1670/prs_-_2025_-_0494-2025_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1709/prs_-_2025_-_0495-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1672/prs_-_2025_-_0497-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1673/prs_-_2025_-_0498-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId727" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1674/prs_-_2025_-_0499-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1675/prs_-_2025_-_0500-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId729" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1676/prs_-_2025_-_0501-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1677/prs_-_2025_-_0502-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId731" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1692/prs_-_2025_-_0505-2025_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1690/prs_-_2025_-_0506-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId733" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1689/prs_-_2025_-_0507-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1688/prs_-_2025_-_0508-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId735" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1687/prs_-_2025_-_0509-2025_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1686/prs_-_2025_-_0510-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1685/prs_-_2025_-_0511-2025_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1684/prs_-_2025_-_0512-2025_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId739" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1683/prs_-_2025_-_0513-2025_-_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId740" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1682/prs_-_2025_-_0514-2025_-_gilberto_da_silva_azevedo_junior.pdf" TargetMode="External"/><Relationship Id="rId741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1681/prs_-_2025_-_0515-2025_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1680/prs_-_2025_-_0516-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1811/2025_-_prs_-_0587-2025_-_contas_anuais_rafael_muzzi_de_miranda_-_exercicio_2022.pdf" TargetMode="External"/><Relationship Id="rId745" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1809/2025_-_prs_-_0588-2024-_contas_anuais_waldecyr_fraga_machado_-_exercicio_2016_-_processo_0630-2024.pdf" TargetMode="External"/><Relationship Id="rId746" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1810/2025_-_prs_-_0589-2025_-_contas_anuais_waldecyr_fraga_machado_-_exercicio_2016.pdf" TargetMode="External"/><Relationship Id="rId747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2273/prs_-_2025_-_1439-2025_-_comissao_de_financas_e_orcamento.pdf" TargetMode="External"/><Relationship Id="rId748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1595/req_-_2025_-_0320-2025_-_demilson_-_fabricio_-_gilberto_-_edivaldo_-_nilton_-_vilmar_-_tiago_-_edgar_-_rogerio.pdf" TargetMode="External"/><Relationship Id="rId749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1896/2025_-_req_-_0832-2025_-_edivaldo_pereira_da_silva_-_requerimento_de_informacao.pdf" TargetMode="External"/><Relationship Id="rId750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1917/req_-_2025_-__0868-2025_-_tiago_da_silva_teixeira_-_r_c_vieira_engenharia_ltda.pdf" TargetMode="External"/><Relationship Id="rId751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1974/rev_-_2025_-_0943-2025_-_edivaldo_pereira_de_sousa.pdf" TargetMode="External"/><Relationship Id="rId753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2179/req_-_2025_-_1201_-_2025_-_ver_nilton_matozo_viana_-_informacoes_o_s_prima_qualitasaude.pdf" TargetMode="External"/><Relationship Id="rId754" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1659/2025_veto_0449_2025_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1954/vet_-_2025_-_0914-2025_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2033/vet_-_2025_-_0977-2025_-_poder_executivo_municipal_-_plo_-_0592-2025_-_vereador_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2032/vet_-_2025_-_0978-2025_-_poder_executivo_municipal_-_plo_-_0486-2025_-_vereador_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId758" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2102/vet_-_2025_-_1074-2025_-_veto_ao_projeto_de_lei_0234-2025.pdf" TargetMode="External"/><Relationship Id="rId759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2103/vet_-_2025_-_1075-2025_-_veto_ao_projeto_de_lei_0234-2025.pdf" TargetMode="External"/><Relationship Id="rId760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2104/vet_-_2025_-_1076-2025_-_veto_ao_projeto_de_lei_0490-2025.pdf" TargetMode="External"/><Relationship Id="rId761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2127/vet_-_2025_-_1099-2025_-_plo_-_0489-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId762" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2126/vet_-_2025_-_1112-2025_-_plo_-_0815-2025_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2143/vet_-_2025_-_1156-2025_-_veto_total_ao_projeto_de_lei_no_0492-2025.pdf" TargetMode="External"/><Relationship Id="rId764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2176/vet_-_2025_-_1206_-_2025_-_executivo_-_veto_total_-_projeto_de_lei_0954_-_2025_-_ver_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2175/vet_-_2025_-_1207_-_2025_-_executivo_-_veto_total_-_projeto_de_lei_0933_-_2025_-_ver_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2174/vet_-_2025_-_1208_-_2025_-_executivo_-_veto_total_-_projeto_de_lei_0689_-_2025_-_ver_rogerio_de_souza_ramos.pdf" TargetMode="External"/><Relationship Id="rId767" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2290/2025_vet_1209_2025__vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId769" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2178/vet_-_2025_-1211_-_2025_-_executivo_-_veto_parcial__-_projeto_de_lei_0971_-_2025_-_ver_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2209/vet_-_2025_-_1299-2025_-_veto_total_ao_projeto_de_lei_0869-2025_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId771" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2281/vet_-_2025_-_1300-2025_-_veto_total_ao_projeto_de_lei_0597-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2208/vet_-_2025_-_1301-2025_-_veto_total_ao_projeto_de_lei_0811-2025_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2282/vet_-_2025_-_1302-2025_-_veto_total_ao_projeto_de_lei_1033-2025_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId774" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2283/vet_-_2025_-_1303-2025_-_veto_total_ao_projeto_de_lei_0737-2025_-_hugo_guida_de_miranda.pdf" TargetMode="External"/><Relationship Id="rId775" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2284/vet_-_2025_-_1304-2025_-_veto_total_ao_projeto_de_lei_0593-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId776" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2286/vet_-_2025_-_1305-2025_-_veto_total_ao_projeto_de_lei_0595-2025_-_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2285/vet_-_2025_-_1306-2025_-_veto_total_ao_projeto_de_lei_1097-2025_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2247/vet_-_2025_-1382-2025_-_executivo_-_veto_total_-_projeto_de_lei_1041-2025_-_ver_celio_de_carvalho_maciel.pdf" TargetMode="External"/><Relationship Id="rId779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2243/vet_-_2025_-_1383-2025_-_veto_ao_projeto_de_lei_1163-2025.pdf" TargetMode="External"/><Relationship Id="rId780" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2287/vet_-_2025_-1476_-_2025_-_executivo_-_veto_total_-_projeto_de_lei_1316_-_2025_-_ver_vilmar_pereira_-_reconhecimento_direitos_intrinsecos_rio_macacu.pdf" TargetMode="External"/><Relationship Id="rId781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2288/vet_-_2025_-1477_-_2025_-_executivo_-_veto_total_-_projeto_de_lei_1087_-_2025_-_ver_tiago_da_silva_teixeira_-_institui_semana_proclamacao_evangelho.pdf" TargetMode="External"/><Relationship Id="rId782" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2289/vet_-_2025_-1478_-_2025_-_executivo_-_veto_total_-_projeto_de_lei_1067_-_2025_-_ver_hugo_guida_de_miranda__-_institui_programa_incentivo_primeiro_emprego.pdf" TargetMode="External"/><Relationship Id="rId783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2291/vet_-_2025_-1491_-_2025_-_executivo_-_veto_total_-_projeto_de_lei_1086_-_2025_-_ver_jose_lucas_stutz_delgado_-_projeto_bombeiro_mirim.pdf" TargetMode="External"/><Relationship Id="rId784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2296/vet_-_2025_-1494_-_2025_-_executivo_-_veto_total_-_projeto_de_lei_0655_-_2025_-_ver_celio_de_carvalho_maciel_-_wi-fi_gratuita_reparticoes_publicas.pdf" TargetMode="External"/><Relationship Id="rId785" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2300/vet_-_2025_-_1495-2025_-_veto_total_ao_projeto_de_lei_0654-2025.pdf" TargetMode="External"/><Relationship Id="rId786" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2301/vet_-_2025_-_1496-2025_-_veto_total_ao_projeto_de_lei_0656-2025.pdf" TargetMode="External"/><Relationship Id="rId787" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2298/vet_-_2025_-_1517-2025_-_veto_total_ao_projeto_de_lei_1135-2025.pdf" TargetMode="External"/><Relationship Id="rId788" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2299/vet_-_2025_-_1518-2025_-_veto_total_ao_projeto_de_lei_1069-2025.pdf" TargetMode="External"/><Relationship Id="rId789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/1898/2025_-_emen_-_0822-2025_-_emenda_a_lei_de_diretrizes_orcamentarias.pdf" TargetMode="External"/><Relationship Id="rId790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2025/2259/ema_-_2025_-_1414_-_2025_-_ver_tiago_teixeira_-_adiciona_proposta_implantacao_leitos_uti.pdf" TargetMode="External"/><Relationship Id="rId791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H773"/>
+  <dimension ref="A1:H792"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="48.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="227.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="233.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -22282,7372 +22467,7866 @@
       </c>
       <c r="D491" t="s">
         <v>11</v>
       </c>
       <c r="E491" t="s">
         <v>12</v>
       </c>
       <c r="F491" t="s">
         <v>114</v>
       </c>
       <c r="G491" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H491" t="s">
         <v>1938</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
         <v>1939</v>
       </c>
       <c r="B492" t="s">
         <v>9</v>
       </c>
       <c r="C492" t="s">
+        <v>483</v>
+      </c>
+      <c r="D492" t="s">
+        <v>11</v>
+      </c>
+      <c r="E492" t="s">
+        <v>12</v>
+      </c>
+      <c r="F492" t="s">
+        <v>114</v>
+      </c>
+      <c r="G492" s="1" t="s">
         <v>1940</v>
       </c>
-      <c r="D492" t="s">
+      <c r="H492" t="s">
         <v>1941</v>
-      </c>
-[...10 lines deleted...]
-        <v>1944</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
+        <v>1942</v>
+      </c>
+      <c r="B493" t="s">
+        <v>9</v>
+      </c>
+      <c r="C493" t="s">
+        <v>1943</v>
+      </c>
+      <c r="D493" t="s">
+        <v>11</v>
+      </c>
+      <c r="E493" t="s">
+        <v>12</v>
+      </c>
+      <c r="F493" t="s">
+        <v>114</v>
+      </c>
+      <c r="G493" s="1" t="s">
+        <v>1944</v>
+      </c>
+      <c r="H493" t="s">
         <v>1945</v>
-      </c>
-[...19 lines deleted...]
-        <v>1948</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
-        <v>1949</v>
+        <v>1946</v>
       </c>
       <c r="B494" t="s">
         <v>9</v>
       </c>
       <c r="C494" t="s">
-        <v>1950</v>
+        <v>555</v>
       </c>
       <c r="D494" t="s">
-        <v>1941</v>
+        <v>11</v>
       </c>
       <c r="E494" t="s">
-        <v>1942</v>
+        <v>12</v>
       </c>
       <c r="F494" t="s">
         <v>231</v>
       </c>
       <c r="G494" s="1" t="s">
-        <v>1951</v>
+        <v>1947</v>
       </c>
       <c r="H494" t="s">
-        <v>1952</v>
+        <v>1948</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
+        <v>1949</v>
+      </c>
+      <c r="B495" t="s">
+        <v>9</v>
+      </c>
+      <c r="C495" t="s">
+        <v>1950</v>
+      </c>
+      <c r="D495" t="s">
+        <v>1951</v>
+      </c>
+      <c r="E495" t="s">
+        <v>1952</v>
+      </c>
+      <c r="F495" t="s">
+        <v>391</v>
+      </c>
+      <c r="G495" s="1" t="s">
         <v>1953</v>
       </c>
-      <c r="B495" t="s">
-[...2 lines deleted...]
-      <c r="C495" t="s">
+      <c r="H495" t="s">
         <v>1954</v>
-      </c>
-[...13 lines deleted...]
-        <v>1956</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
+        <v>1955</v>
+      </c>
+      <c r="B496" t="s">
+        <v>9</v>
+      </c>
+      <c r="C496" t="s">
+        <v>1956</v>
+      </c>
+      <c r="D496" t="s">
+        <v>1951</v>
+      </c>
+      <c r="E496" t="s">
+        <v>1952</v>
+      </c>
+      <c r="F496" t="s">
+        <v>391</v>
+      </c>
+      <c r="G496" s="1" t="s">
         <v>1957</v>
       </c>
-      <c r="B496" t="s">
-[...2 lines deleted...]
-      <c r="C496" t="s">
+      <c r="H496" t="s">
         <v>1958</v>
-      </c>
-[...13 lines deleted...]
-        <v>1960</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
+        <v>1959</v>
+      </c>
+      <c r="B497" t="s">
+        <v>9</v>
+      </c>
+      <c r="C497" t="s">
+        <v>1960</v>
+      </c>
+      <c r="D497" t="s">
+        <v>1951</v>
+      </c>
+      <c r="E497" t="s">
+        <v>1952</v>
+      </c>
+      <c r="F497" t="s">
+        <v>231</v>
+      </c>
+      <c r="G497" s="1" t="s">
         <v>1961</v>
       </c>
-      <c r="B497" t="s">
-[...2 lines deleted...]
-      <c r="C497" t="s">
+      <c r="H497" t="s">
         <v>1962</v>
-      </c>
-[...13 lines deleted...]
-        <v>1964</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
+        <v>1963</v>
+      </c>
+      <c r="B498" t="s">
+        <v>9</v>
+      </c>
+      <c r="C498" t="s">
+        <v>1964</v>
+      </c>
+      <c r="D498" t="s">
+        <v>1951</v>
+      </c>
+      <c r="E498" t="s">
+        <v>1952</v>
+      </c>
+      <c r="F498" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G498" s="1" t="s">
         <v>1965</v>
       </c>
-      <c r="B498" t="s">
-[...2 lines deleted...]
-      <c r="C498" t="s">
+      <c r="H498" t="s">
         <v>1966</v>
-      </c>
-[...13 lines deleted...]
-        <v>1968</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
+        <v>1967</v>
+      </c>
+      <c r="B499" t="s">
+        <v>9</v>
+      </c>
+      <c r="C499" t="s">
+        <v>1968</v>
+      </c>
+      <c r="D499" t="s">
+        <v>1951</v>
+      </c>
+      <c r="E499" t="s">
+        <v>1952</v>
+      </c>
+      <c r="F499" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G499" s="1" t="s">
         <v>1969</v>
       </c>
-      <c r="B499" t="s">
-[...2 lines deleted...]
-      <c r="C499" t="s">
+      <c r="H499" t="s">
         <v>1970</v>
-      </c>
-[...13 lines deleted...]
-        <v>1972</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
+        <v>1971</v>
+      </c>
+      <c r="B500" t="s">
+        <v>9</v>
+      </c>
+      <c r="C500" t="s">
+        <v>1972</v>
+      </c>
+      <c r="D500" t="s">
+        <v>1951</v>
+      </c>
+      <c r="E500" t="s">
+        <v>1952</v>
+      </c>
+      <c r="F500" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G500" s="1" t="s">
         <v>1973</v>
       </c>
-      <c r="B500" t="s">
-[...2 lines deleted...]
-      <c r="C500" t="s">
+      <c r="H500" t="s">
         <v>1974</v>
-      </c>
-[...13 lines deleted...]
-        <v>1976</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
+        <v>1975</v>
+      </c>
+      <c r="B501" t="s">
+        <v>9</v>
+      </c>
+      <c r="C501" t="s">
+        <v>1976</v>
+      </c>
+      <c r="D501" t="s">
+        <v>1951</v>
+      </c>
+      <c r="E501" t="s">
+        <v>1952</v>
+      </c>
+      <c r="F501" t="s">
+        <v>544</v>
+      </c>
+      <c r="G501" s="1" t="s">
         <v>1977</v>
       </c>
-      <c r="B501" t="s">
-[...2 lines deleted...]
-      <c r="C501" t="s">
+      <c r="H501" t="s">
         <v>1978</v>
-      </c>
-[...13 lines deleted...]
-        <v>1980</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
+        <v>1979</v>
+      </c>
+      <c r="B502" t="s">
+        <v>9</v>
+      </c>
+      <c r="C502" t="s">
+        <v>1980</v>
+      </c>
+      <c r="D502" t="s">
+        <v>1951</v>
+      </c>
+      <c r="E502" t="s">
+        <v>1952</v>
+      </c>
+      <c r="F502" t="s">
+        <v>544</v>
+      </c>
+      <c r="G502" s="1" t="s">
         <v>1981</v>
       </c>
-      <c r="B502" t="s">
-[...2 lines deleted...]
-      <c r="C502" t="s">
+      <c r="H502" t="s">
         <v>1982</v>
-      </c>
-[...13 lines deleted...]
-        <v>1984</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
+        <v>1983</v>
+      </c>
+      <c r="B503" t="s">
+        <v>9</v>
+      </c>
+      <c r="C503" t="s">
+        <v>1984</v>
+      </c>
+      <c r="D503" t="s">
+        <v>1951</v>
+      </c>
+      <c r="E503" t="s">
+        <v>1952</v>
+      </c>
+      <c r="F503" t="s">
+        <v>391</v>
+      </c>
+      <c r="G503" s="1" t="s">
         <v>1985</v>
       </c>
-      <c r="B503" t="s">
-[...2 lines deleted...]
-      <c r="C503" t="s">
+      <c r="H503" t="s">
         <v>1986</v>
-      </c>
-[...13 lines deleted...]
-        <v>1988</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
+        <v>1987</v>
+      </c>
+      <c r="B504" t="s">
+        <v>9</v>
+      </c>
+      <c r="C504" t="s">
+        <v>1988</v>
+      </c>
+      <c r="D504" t="s">
+        <v>1951</v>
+      </c>
+      <c r="E504" t="s">
+        <v>1952</v>
+      </c>
+      <c r="F504" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G504" s="1" t="s">
         <v>1989</v>
       </c>
-      <c r="B504" t="s">
-[...2 lines deleted...]
-      <c r="C504" t="s">
+      <c r="H504" t="s">
         <v>1990</v>
-      </c>
-[...13 lines deleted...]
-        <v>1992</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B505" t="s">
+        <v>9</v>
+      </c>
+      <c r="C505" t="s">
+        <v>1992</v>
+      </c>
+      <c r="D505" t="s">
+        <v>1951</v>
+      </c>
+      <c r="E505" t="s">
+        <v>1952</v>
+      </c>
+      <c r="F505" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G505" s="1" t="s">
         <v>1993</v>
       </c>
-      <c r="B505" t="s">
-[...2 lines deleted...]
-      <c r="C505" t="s">
+      <c r="H505" t="s">
         <v>1994</v>
-      </c>
-[...13 lines deleted...]
-        <v>1996</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
+        <v>1995</v>
+      </c>
+      <c r="B506" t="s">
+        <v>9</v>
+      </c>
+      <c r="C506" t="s">
+        <v>1996</v>
+      </c>
+      <c r="D506" t="s">
+        <v>1951</v>
+      </c>
+      <c r="E506" t="s">
+        <v>1952</v>
+      </c>
+      <c r="F506" t="s">
+        <v>231</v>
+      </c>
+      <c r="G506" s="1" t="s">
         <v>1997</v>
       </c>
-      <c r="B506" t="s">
-[...2 lines deleted...]
-      <c r="C506" t="s">
+      <c r="H506" t="s">
         <v>1998</v>
-      </c>
-[...13 lines deleted...]
-        <v>2000</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
+        <v>1999</v>
+      </c>
+      <c r="B507" t="s">
+        <v>9</v>
+      </c>
+      <c r="C507" t="s">
+        <v>2000</v>
+      </c>
+      <c r="D507" t="s">
+        <v>1951</v>
+      </c>
+      <c r="E507" t="s">
+        <v>1952</v>
+      </c>
+      <c r="F507" t="s">
+        <v>645</v>
+      </c>
+      <c r="G507" s="1" t="s">
         <v>2001</v>
       </c>
-      <c r="B507" t="s">
-[...2 lines deleted...]
-      <c r="C507" t="s">
+      <c r="H507" t="s">
         <v>2002</v>
-      </c>
-[...13 lines deleted...]
-        <v>2004</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
+        <v>2003</v>
+      </c>
+      <c r="B508" t="s">
+        <v>9</v>
+      </c>
+      <c r="C508" t="s">
+        <v>2004</v>
+      </c>
+      <c r="D508" t="s">
+        <v>1951</v>
+      </c>
+      <c r="E508" t="s">
+        <v>1952</v>
+      </c>
+      <c r="F508" t="s">
+        <v>645</v>
+      </c>
+      <c r="G508" s="1" t="s">
         <v>2005</v>
       </c>
-      <c r="B508" t="s">
-[...2 lines deleted...]
-      <c r="C508" t="s">
+      <c r="H508" t="s">
         <v>2006</v>
-      </c>
-[...13 lines deleted...]
-        <v>2008</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
+        <v>2007</v>
+      </c>
+      <c r="B509" t="s">
+        <v>9</v>
+      </c>
+      <c r="C509" t="s">
+        <v>2008</v>
+      </c>
+      <c r="D509" t="s">
+        <v>1951</v>
+      </c>
+      <c r="E509" t="s">
+        <v>1952</v>
+      </c>
+      <c r="F509" t="s">
+        <v>645</v>
+      </c>
+      <c r="G509" s="1" t="s">
         <v>2009</v>
       </c>
-      <c r="B509" t="s">
-[...2 lines deleted...]
-      <c r="C509" t="s">
+      <c r="H509" t="s">
         <v>2010</v>
-      </c>
-[...13 lines deleted...]
-        <v>2012</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
+        <v>2011</v>
+      </c>
+      <c r="B510" t="s">
+        <v>9</v>
+      </c>
+      <c r="C510" t="s">
+        <v>2012</v>
+      </c>
+      <c r="D510" t="s">
+        <v>1951</v>
+      </c>
+      <c r="E510" t="s">
+        <v>1952</v>
+      </c>
+      <c r="F510" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G510" s="1" t="s">
         <v>2013</v>
       </c>
-      <c r="B510" t="s">
-[...2 lines deleted...]
-      <c r="C510" t="s">
+      <c r="H510" t="s">
         <v>2014</v>
-      </c>
-[...13 lines deleted...]
-        <v>2016</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
+        <v>2015</v>
+      </c>
+      <c r="B511" t="s">
+        <v>9</v>
+      </c>
+      <c r="C511" t="s">
+        <v>2016</v>
+      </c>
+      <c r="D511" t="s">
+        <v>1951</v>
+      </c>
+      <c r="E511" t="s">
+        <v>1952</v>
+      </c>
+      <c r="F511" t="s">
+        <v>699</v>
+      </c>
+      <c r="G511" s="1" t="s">
         <v>2017</v>
       </c>
-      <c r="B511" t="s">
-[...2 lines deleted...]
-      <c r="C511" t="s">
+      <c r="H511" t="s">
         <v>2018</v>
-      </c>
-[...13 lines deleted...]
-        <v>2020</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
+        <v>2019</v>
+      </c>
+      <c r="B512" t="s">
+        <v>9</v>
+      </c>
+      <c r="C512" t="s">
+        <v>2020</v>
+      </c>
+      <c r="D512" t="s">
+        <v>1951</v>
+      </c>
+      <c r="E512" t="s">
+        <v>1952</v>
+      </c>
+      <c r="F512" t="s">
+        <v>699</v>
+      </c>
+      <c r="G512" s="1" t="s">
         <v>2021</v>
       </c>
-      <c r="B512" t="s">
-[...2 lines deleted...]
-      <c r="C512" t="s">
+      <c r="H512" t="s">
         <v>2022</v>
-      </c>
-[...13 lines deleted...]
-        <v>2024</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
+        <v>2023</v>
+      </c>
+      <c r="B513" t="s">
+        <v>9</v>
+      </c>
+      <c r="C513" t="s">
+        <v>2024</v>
+      </c>
+      <c r="D513" t="s">
+        <v>1951</v>
+      </c>
+      <c r="E513" t="s">
+        <v>1952</v>
+      </c>
+      <c r="F513" t="s">
+        <v>699</v>
+      </c>
+      <c r="G513" s="1" t="s">
         <v>2025</v>
       </c>
-      <c r="B513" t="s">
-[...2 lines deleted...]
-      <c r="C513" t="s">
+      <c r="H513" t="s">
         <v>2026</v>
-      </c>
-[...13 lines deleted...]
-        <v>2028</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
-        <v>2029</v>
+        <v>2027</v>
       </c>
       <c r="B514" t="s">
         <v>9</v>
       </c>
       <c r="C514" t="s">
-        <v>2030</v>
+        <v>2028</v>
       </c>
       <c r="D514" t="s">
-        <v>1941</v>
+        <v>1951</v>
       </c>
       <c r="E514" t="s">
-        <v>1942</v>
+        <v>1952</v>
       </c>
       <c r="F514" t="s">
         <v>391</v>
       </c>
       <c r="G514" s="1" t="s">
-        <v>2031</v>
+        <v>2029</v>
       </c>
       <c r="H514" t="s">
-        <v>2032</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
+        <v>2031</v>
+      </c>
+      <c r="B515" t="s">
+        <v>9</v>
+      </c>
+      <c r="C515" t="s">
+        <v>2032</v>
+      </c>
+      <c r="D515" t="s">
+        <v>1951</v>
+      </c>
+      <c r="E515" t="s">
+        <v>1952</v>
+      </c>
+      <c r="F515" t="s">
+        <v>391</v>
+      </c>
+      <c r="G515" s="1" t="s">
         <v>2033</v>
       </c>
-      <c r="B515" t="s">
-[...2 lines deleted...]
-      <c r="C515" t="s">
+      <c r="H515" t="s">
         <v>2034</v>
-      </c>
-[...13 lines deleted...]
-        <v>2036</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
+        <v>2035</v>
+      </c>
+      <c r="B516" t="s">
+        <v>9</v>
+      </c>
+      <c r="C516" t="s">
+        <v>2036</v>
+      </c>
+      <c r="D516" t="s">
+        <v>1951</v>
+      </c>
+      <c r="E516" t="s">
+        <v>1952</v>
+      </c>
+      <c r="F516" t="s">
+        <v>311</v>
+      </c>
+      <c r="G516" s="1" t="s">
         <v>2037</v>
       </c>
-      <c r="B516" t="s">
-[...2 lines deleted...]
-      <c r="C516" t="s">
+      <c r="H516" t="s">
         <v>2038</v>
-      </c>
-[...13 lines deleted...]
-        <v>2040</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
+        <v>2039</v>
+      </c>
+      <c r="B517" t="s">
+        <v>9</v>
+      </c>
+      <c r="C517" t="s">
+        <v>2040</v>
+      </c>
+      <c r="D517" t="s">
+        <v>1951</v>
+      </c>
+      <c r="E517" t="s">
+        <v>1952</v>
+      </c>
+      <c r="F517" t="s">
+        <v>391</v>
+      </c>
+      <c r="G517" s="1" t="s">
         <v>2041</v>
       </c>
-      <c r="B517" t="s">
-[...2 lines deleted...]
-      <c r="C517" t="s">
+      <c r="H517" t="s">
         <v>2042</v>
-      </c>
-[...13 lines deleted...]
-        <v>2044</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
+        <v>2043</v>
+      </c>
+      <c r="B518" t="s">
+        <v>9</v>
+      </c>
+      <c r="C518" t="s">
+        <v>2044</v>
+      </c>
+      <c r="D518" t="s">
+        <v>1951</v>
+      </c>
+      <c r="E518" t="s">
+        <v>1952</v>
+      </c>
+      <c r="F518" t="s">
+        <v>127</v>
+      </c>
+      <c r="G518" s="1" t="s">
         <v>2045</v>
       </c>
-      <c r="B518" t="s">
-[...2 lines deleted...]
-      <c r="C518" t="s">
+      <c r="H518" t="s">
         <v>2046</v>
-      </c>
-[...13 lines deleted...]
-        <v>2048</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
+        <v>2047</v>
+      </c>
+      <c r="B519" t="s">
+        <v>9</v>
+      </c>
+      <c r="C519" t="s">
+        <v>2048</v>
+      </c>
+      <c r="D519" t="s">
+        <v>1951</v>
+      </c>
+      <c r="E519" t="s">
+        <v>1952</v>
+      </c>
+      <c r="F519" t="s">
+        <v>396</v>
+      </c>
+      <c r="G519" s="1" t="s">
         <v>2049</v>
       </c>
-      <c r="B519" t="s">
-[...2 lines deleted...]
-      <c r="C519" t="s">
+      <c r="H519" t="s">
         <v>2050</v>
-      </c>
-[...13 lines deleted...]
-        <v>2052</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
+        <v>2051</v>
+      </c>
+      <c r="B520" t="s">
+        <v>9</v>
+      </c>
+      <c r="C520" t="s">
+        <v>2052</v>
+      </c>
+      <c r="D520" t="s">
+        <v>1951</v>
+      </c>
+      <c r="E520" t="s">
+        <v>1952</v>
+      </c>
+      <c r="F520" t="s">
+        <v>620</v>
+      </c>
+      <c r="G520" s="1" t="s">
         <v>2053</v>
       </c>
-      <c r="B520" t="s">
-[...14 lines deleted...]
-      <c r="G520" s="1" t="s">
+      <c r="H520" t="s">
         <v>2054</v>
-      </c>
-[...1 lines deleted...]
-        <v>2055</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
+        <v>2055</v>
+      </c>
+      <c r="B521" t="s">
+        <v>9</v>
+      </c>
+      <c r="C521" t="s">
         <v>2056</v>
       </c>
-      <c r="B521" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D521" t="s">
-        <v>1941</v>
+        <v>1951</v>
       </c>
       <c r="E521" t="s">
-        <v>1942</v>
+        <v>1952</v>
       </c>
       <c r="F521" t="s">
-        <v>645</v>
+        <v>231</v>
       </c>
       <c r="G521" s="1" t="s">
         <v>2057</v>
       </c>
       <c r="H521" t="s">
         <v>2058</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
         <v>2059</v>
       </c>
       <c r="B522" t="s">
         <v>9</v>
       </c>
       <c r="C522" t="s">
-        <v>28</v>
+        <v>2060</v>
       </c>
       <c r="D522" t="s">
-        <v>1941</v>
+        <v>1951</v>
       </c>
       <c r="E522" t="s">
-        <v>1942</v>
+        <v>1952</v>
       </c>
       <c r="F522" t="s">
         <v>645</v>
       </c>
       <c r="G522" s="1" t="s">
-        <v>2060</v>
+        <v>2061</v>
       </c>
       <c r="H522" t="s">
-        <v>2061</v>
+        <v>2062</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
-        <v>2062</v>
+        <v>2063</v>
       </c>
       <c r="B523" t="s">
         <v>9</v>
       </c>
       <c r="C523" t="s">
-        <v>238</v>
+        <v>359</v>
       </c>
       <c r="D523" t="s">
-        <v>1941</v>
+        <v>1951</v>
       </c>
       <c r="E523" t="s">
-        <v>1942</v>
+        <v>1952</v>
       </c>
       <c r="F523" t="s">
         <v>645</v>
       </c>
       <c r="G523" s="1" t="s">
-        <v>2063</v>
+        <v>2064</v>
       </c>
       <c r="H523" t="s">
-        <v>2064</v>
+        <v>2065</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
-        <v>2065</v>
+        <v>2066</v>
       </c>
       <c r="B524" t="s">
         <v>9</v>
       </c>
       <c r="C524" t="s">
-        <v>2066</v>
+        <v>234</v>
       </c>
       <c r="D524" t="s">
-        <v>1941</v>
+        <v>1951</v>
       </c>
       <c r="E524" t="s">
-        <v>1942</v>
+        <v>1952</v>
       </c>
       <c r="F524" t="s">
-        <v>127</v>
+        <v>645</v>
       </c>
       <c r="G524" s="1" t="s">
         <v>2067</v>
       </c>
       <c r="H524" t="s">
         <v>2068</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
-        <v>1892</v>
+        <v>2069</v>
       </c>
       <c r="B525" t="s">
         <v>9</v>
       </c>
       <c r="C525" t="s">
-        <v>2069</v>
+        <v>28</v>
       </c>
       <c r="D525" t="s">
+        <v>1951</v>
+      </c>
+      <c r="E525" t="s">
+        <v>1952</v>
+      </c>
+      <c r="F525" t="s">
+        <v>645</v>
+      </c>
+      <c r="G525" s="1" t="s">
         <v>2070</v>
       </c>
-      <c r="E525" t="s">
+      <c r="H525" t="s">
         <v>2071</v>
-      </c>
-[...7 lines deleted...]
-        <v>2074</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
-        <v>2075</v>
+        <v>2072</v>
       </c>
       <c r="B526" t="s">
         <v>9</v>
       </c>
       <c r="C526" t="s">
-        <v>2076</v>
+        <v>238</v>
       </c>
       <c r="D526" t="s">
-        <v>2070</v>
+        <v>1951</v>
       </c>
       <c r="E526" t="s">
-        <v>2071</v>
+        <v>1952</v>
       </c>
       <c r="F526" t="s">
-        <v>2077</v>
+        <v>645</v>
       </c>
       <c r="G526" s="1" t="s">
-        <v>2078</v>
+        <v>2073</v>
       </c>
       <c r="H526" t="s">
-        <v>2079</v>
+        <v>2074</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
-        <v>2080</v>
+        <v>2075</v>
       </c>
       <c r="B527" t="s">
         <v>9</v>
       </c>
       <c r="C527" t="s">
-        <v>2081</v>
+        <v>2076</v>
       </c>
       <c r="D527" t="s">
-        <v>2070</v>
+        <v>1951</v>
       </c>
       <c r="E527" t="s">
-        <v>2071</v>
+        <v>1952</v>
       </c>
       <c r="F527" t="s">
+        <v>127</v>
+      </c>
+      <c r="G527" s="1" t="s">
         <v>2077</v>
       </c>
-      <c r="G527" s="1" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H527" t="s">
-        <v>2083</v>
+        <v>2078</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
+        <v>1892</v>
+      </c>
+      <c r="B528" t="s">
+        <v>9</v>
+      </c>
+      <c r="C528" t="s">
+        <v>2079</v>
+      </c>
+      <c r="D528" t="s">
+        <v>2080</v>
+      </c>
+      <c r="E528" t="s">
+        <v>2081</v>
+      </c>
+      <c r="F528" t="s">
+        <v>2082</v>
+      </c>
+      <c r="G528" s="1" t="s">
+        <v>2083</v>
+      </c>
+      <c r="H528" t="s">
         <v>2084</v>
-      </c>
-[...19 lines deleted...]
-        <v>2087</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
+        <v>2085</v>
+      </c>
+      <c r="B529" t="s">
+        <v>9</v>
+      </c>
+      <c r="C529" t="s">
+        <v>2086</v>
+      </c>
+      <c r="D529" t="s">
+        <v>2080</v>
+      </c>
+      <c r="E529" t="s">
+        <v>2081</v>
+      </c>
+      <c r="F529" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G529" s="1" t="s">
         <v>2088</v>
       </c>
-      <c r="B529" t="s">
-[...2 lines deleted...]
-      <c r="C529" t="s">
+      <c r="H529" t="s">
         <v>2089</v>
-      </c>
-[...13 lines deleted...]
-        <v>2092</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
+        <v>2090</v>
+      </c>
+      <c r="B530" t="s">
+        <v>9</v>
+      </c>
+      <c r="C530" t="s">
+        <v>2091</v>
+      </c>
+      <c r="D530" t="s">
+        <v>2080</v>
+      </c>
+      <c r="E530" t="s">
+        <v>2081</v>
+      </c>
+      <c r="F530" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G530" s="1" t="s">
+        <v>2092</v>
+      </c>
+      <c r="H530" t="s">
         <v>2093</v>
-      </c>
-[...19 lines deleted...]
-        <v>2096</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
+        <v>2094</v>
+      </c>
+      <c r="B531" t="s">
+        <v>9</v>
+      </c>
+      <c r="C531" t="s">
+        <v>2095</v>
+      </c>
+      <c r="D531" t="s">
+        <v>2080</v>
+      </c>
+      <c r="E531" t="s">
+        <v>2081</v>
+      </c>
+      <c r="F531" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G531" s="1" t="s">
+        <v>2096</v>
+      </c>
+      <c r="H531" t="s">
         <v>2097</v>
-      </c>
-[...19 lines deleted...]
-        <v>2100</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
+        <v>2098</v>
+      </c>
+      <c r="B532" t="s">
+        <v>9</v>
+      </c>
+      <c r="C532" t="s">
+        <v>2099</v>
+      </c>
+      <c r="D532" t="s">
+        <v>2080</v>
+      </c>
+      <c r="E532" t="s">
+        <v>2081</v>
+      </c>
+      <c r="F532" t="s">
+        <v>2100</v>
+      </c>
+      <c r="G532" s="1" t="s">
         <v>2101</v>
       </c>
-      <c r="B532" t="s">
-[...2 lines deleted...]
-      <c r="C532" t="s">
+      <c r="H532" t="s">
         <v>2102</v>
-      </c>
-[...13 lines deleted...]
-        <v>2104</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
+        <v>2103</v>
+      </c>
+      <c r="B533" t="s">
+        <v>9</v>
+      </c>
+      <c r="C533" t="s">
+        <v>2104</v>
+      </c>
+      <c r="D533" t="s">
+        <v>2080</v>
+      </c>
+      <c r="E533" t="s">
+        <v>2081</v>
+      </c>
+      <c r="F533" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G533" s="1" t="s">
         <v>2105</v>
       </c>
-      <c r="B533" t="s">
-[...2 lines deleted...]
-      <c r="C533" t="s">
+      <c r="H533" t="s">
         <v>2106</v>
-      </c>
-[...13 lines deleted...]
-        <v>2107</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
+        <v>2107</v>
+      </c>
+      <c r="B534" t="s">
+        <v>9</v>
+      </c>
+      <c r="C534" t="s">
         <v>2108</v>
       </c>
-      <c r="B534" t="s">
-[...2 lines deleted...]
-      <c r="C534" t="s">
+      <c r="D534" t="s">
+        <v>2080</v>
+      </c>
+      <c r="E534" t="s">
+        <v>2081</v>
+      </c>
+      <c r="F534" t="s">
+        <v>666</v>
+      </c>
+      <c r="G534" s="1" t="s">
         <v>2109</v>
       </c>
-      <c r="D534" t="s">
-[...8 lines deleted...]
-      <c r="G534" s="1" t="s">
+      <c r="H534" t="s">
         <v>2110</v>
-      </c>
-[...1 lines deleted...]
-        <v>2111</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
-        <v>1888</v>
+        <v>2111</v>
       </c>
       <c r="B535" t="s">
         <v>9</v>
       </c>
       <c r="C535" t="s">
         <v>2112</v>
       </c>
       <c r="D535" t="s">
+        <v>2080</v>
+      </c>
+      <c r="E535" t="s">
+        <v>2081</v>
+      </c>
+      <c r="F535" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G535" s="1" t="s">
         <v>2113</v>
       </c>
-      <c r="E535" t="s">
+      <c r="H535" t="s">
         <v>2114</v>
-      </c>
-[...7 lines deleted...]
-        <v>2116</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
-        <v>2066</v>
+        <v>2115</v>
       </c>
       <c r="B536" t="s">
         <v>9</v>
       </c>
       <c r="C536" t="s">
+        <v>2116</v>
+      </c>
+      <c r="D536" t="s">
+        <v>2080</v>
+      </c>
+      <c r="E536" t="s">
+        <v>2081</v>
+      </c>
+      <c r="F536" t="s">
+        <v>666</v>
+      </c>
+      <c r="G536" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H536" t="s">
         <v>2117</v>
-      </c>
-[...13 lines deleted...]
-        <v>2119</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
+        <v>2118</v>
+      </c>
+      <c r="B537" t="s">
+        <v>9</v>
+      </c>
+      <c r="C537" t="s">
+        <v>2119</v>
+      </c>
+      <c r="D537" t="s">
+        <v>2080</v>
+      </c>
+      <c r="E537" t="s">
+        <v>2081</v>
+      </c>
+      <c r="F537" t="s">
+        <v>114</v>
+      </c>
+      <c r="G537" s="1" t="s">
         <v>2120</v>
       </c>
-      <c r="B537" t="s">
-[...2 lines deleted...]
-      <c r="C537" t="s">
+      <c r="H537" t="s">
         <v>2121</v>
-      </c>
-[...13 lines deleted...]
-        <v>2123</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
+        <v>1888</v>
+      </c>
+      <c r="B538" t="s">
+        <v>9</v>
+      </c>
+      <c r="C538" t="s">
+        <v>2122</v>
+      </c>
+      <c r="D538" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E538" t="s">
         <v>2124</v>
       </c>
-      <c r="B538" t="s">
-[...2 lines deleted...]
-      <c r="C538" t="s">
+      <c r="F538" t="s">
+        <v>2082</v>
+      </c>
+      <c r="G538" s="1" t="s">
         <v>2125</v>
       </c>
-      <c r="D538" t="s">
-[...8 lines deleted...]
-      <c r="G538" s="1" t="s">
+      <c r="H538" t="s">
         <v>2126</v>
-      </c>
-[...1 lines deleted...]
-        <v>2127</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
+        <v>2076</v>
+      </c>
+      <c r="B539" t="s">
+        <v>9</v>
+      </c>
+      <c r="C539" t="s">
+        <v>2127</v>
+      </c>
+      <c r="D539" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E539" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F539" t="s">
+        <v>2100</v>
+      </c>
+      <c r="G539" s="1" t="s">
         <v>2128</v>
       </c>
-      <c r="B539" t="s">
-[...2 lines deleted...]
-      <c r="C539" t="s">
+      <c r="H539" t="s">
         <v>2129</v>
-      </c>
-[...13 lines deleted...]
-        <v>2131</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
+        <v>2130</v>
+      </c>
+      <c r="B540" t="s">
+        <v>9</v>
+      </c>
+      <c r="C540" t="s">
+        <v>2131</v>
+      </c>
+      <c r="D540" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E540" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F540" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G540" s="1" t="s">
         <v>2132</v>
       </c>
-      <c r="B540" t="s">
-[...2 lines deleted...]
-      <c r="C540" t="s">
+      <c r="H540" t="s">
         <v>2133</v>
-      </c>
-[...13 lines deleted...]
-        <v>2135</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
+        <v>2134</v>
+      </c>
+      <c r="B541" t="s">
+        <v>9</v>
+      </c>
+      <c r="C541" t="s">
+        <v>2135</v>
+      </c>
+      <c r="D541" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E541" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F541" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G541" s="1" t="s">
         <v>2136</v>
       </c>
-      <c r="B541" t="s">
-[...2 lines deleted...]
-      <c r="C541" t="s">
+      <c r="H541" t="s">
         <v>2137</v>
-      </c>
-[...13 lines deleted...]
-        <v>2139</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
+        <v>2138</v>
+      </c>
+      <c r="B542" t="s">
+        <v>9</v>
+      </c>
+      <c r="C542" t="s">
+        <v>2139</v>
+      </c>
+      <c r="D542" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E542" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F542" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G542" s="1" t="s">
         <v>2140</v>
       </c>
-      <c r="B542" t="s">
-[...2 lines deleted...]
-      <c r="C542" t="s">
+      <c r="H542" t="s">
         <v>2141</v>
-      </c>
-[...13 lines deleted...]
-        <v>2143</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
+        <v>2142</v>
+      </c>
+      <c r="B543" t="s">
+        <v>9</v>
+      </c>
+      <c r="C543" t="s">
+        <v>2143</v>
+      </c>
+      <c r="D543" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E543" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F543" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G543" s="1" t="s">
         <v>2144</v>
       </c>
-      <c r="B543" t="s">
-[...2 lines deleted...]
-      <c r="C543" t="s">
+      <c r="H543" t="s">
         <v>2145</v>
-      </c>
-[...13 lines deleted...]
-        <v>2146</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
+        <v>2146</v>
+      </c>
+      <c r="B544" t="s">
+        <v>9</v>
+      </c>
+      <c r="C544" t="s">
         <v>2147</v>
       </c>
-      <c r="B544" t="s">
-[...2 lines deleted...]
-      <c r="C544" t="s">
+      <c r="D544" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E544" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F544" t="s">
+        <v>236</v>
+      </c>
+      <c r="G544" s="1" t="s">
         <v>2148</v>
       </c>
-      <c r="D544" t="s">
-[...8 lines deleted...]
-      <c r="G544" s="1" t="s">
+      <c r="H544" t="s">
         <v>2149</v>
-      </c>
-[...1 lines deleted...]
-        <v>2146</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
         <v>2150</v>
       </c>
       <c r="B545" t="s">
         <v>9</v>
       </c>
       <c r="C545" t="s">
         <v>2151</v>
       </c>
       <c r="D545" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E545" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F545" t="s">
-        <v>2077</v>
+        <v>13</v>
       </c>
       <c r="G545" s="1" t="s">
         <v>2152</v>
       </c>
       <c r="H545" t="s">
         <v>2153</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
         <v>2154</v>
       </c>
       <c r="B546" t="s">
         <v>9</v>
       </c>
       <c r="C546" t="s">
         <v>2155</v>
       </c>
       <c r="D546" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E546" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F546" t="s">
-        <v>2077</v>
+        <v>2087</v>
       </c>
       <c r="G546" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H546" t="s">
         <v>2156</v>
-      </c>
-[...1 lines deleted...]
-        <v>2146</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
         <v>2157</v>
       </c>
       <c r="B547" t="s">
         <v>9</v>
       </c>
       <c r="C547" t="s">
         <v>2158</v>
       </c>
       <c r="D547" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E547" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F547" t="s">
-        <v>2077</v>
+        <v>2087</v>
       </c>
       <c r="G547" s="1" t="s">
         <v>2159</v>
       </c>
       <c r="H547" t="s">
-        <v>2146</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
         <v>2160</v>
       </c>
       <c r="B548" t="s">
         <v>9</v>
       </c>
       <c r="C548" t="s">
         <v>2161</v>
       </c>
       <c r="D548" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E548" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F548" t="s">
-        <v>2077</v>
+        <v>2087</v>
       </c>
       <c r="G548" s="1" t="s">
         <v>2162</v>
       </c>
       <c r="H548" t="s">
-        <v>2146</v>
+        <v>2163</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
-        <v>2163</v>
+        <v>2164</v>
       </c>
       <c r="B549" t="s">
         <v>9</v>
       </c>
       <c r="C549" t="s">
-        <v>2164</v>
+        <v>2165</v>
       </c>
       <c r="D549" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E549" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F549" t="s">
-        <v>2077</v>
+        <v>2087</v>
       </c>
       <c r="G549" s="1" t="s">
-        <v>2165</v>
+        <v>2166</v>
       </c>
       <c r="H549" t="s">
-        <v>2146</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
-        <v>2166</v>
+        <v>2167</v>
       </c>
       <c r="B550" t="s">
         <v>9</v>
       </c>
       <c r="C550" t="s">
-        <v>2167</v>
+        <v>2168</v>
       </c>
       <c r="D550" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E550" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F550" t="s">
-        <v>2077</v>
+        <v>2087</v>
       </c>
       <c r="G550" s="1" t="s">
-        <v>2168</v>
+        <v>2169</v>
       </c>
       <c r="H550" t="s">
-        <v>2146</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
-        <v>2169</v>
+        <v>2170</v>
       </c>
       <c r="B551" t="s">
         <v>9</v>
       </c>
       <c r="C551" t="s">
-        <v>2170</v>
+        <v>2171</v>
       </c>
       <c r="D551" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E551" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F551" t="s">
-        <v>2077</v>
+        <v>2087</v>
       </c>
       <c r="G551" s="1" t="s">
-        <v>2171</v>
+        <v>2172</v>
       </c>
       <c r="H551" t="s">
-        <v>2146</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
-        <v>2172</v>
+        <v>2173</v>
       </c>
       <c r="B552" t="s">
         <v>9</v>
       </c>
       <c r="C552" t="s">
-        <v>2173</v>
+        <v>2174</v>
       </c>
       <c r="D552" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E552" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F552" t="s">
-        <v>2077</v>
+        <v>2087</v>
       </c>
       <c r="G552" s="1" t="s">
-        <v>2174</v>
+        <v>2175</v>
       </c>
       <c r="H552" t="s">
-        <v>2146</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
-        <v>2175</v>
+        <v>2176</v>
       </c>
       <c r="B553" t="s">
         <v>9</v>
       </c>
       <c r="C553" t="s">
-        <v>2176</v>
+        <v>2177</v>
       </c>
       <c r="D553" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E553" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F553" t="s">
-        <v>1055</v>
+        <v>2087</v>
       </c>
       <c r="G553" s="1" t="s">
-        <v>2177</v>
+        <v>2178</v>
       </c>
       <c r="H553" t="s">
-        <v>2178</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
         <v>2179</v>
       </c>
       <c r="B554" t="s">
         <v>9</v>
       </c>
       <c r="C554" t="s">
         <v>2180</v>
       </c>
       <c r="D554" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E554" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F554" t="s">
-        <v>1055</v>
+        <v>2087</v>
       </c>
       <c r="G554" s="1" t="s">
         <v>2181</v>
       </c>
       <c r="H554" t="s">
-        <v>2182</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
+        <v>2182</v>
+      </c>
+      <c r="B555" t="s">
+        <v>9</v>
+      </c>
+      <c r="C555" t="s">
         <v>2183</v>
       </c>
-      <c r="B555" t="s">
-[...2 lines deleted...]
-      <c r="C555" t="s">
+      <c r="D555" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E555" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F555" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G555" s="1" t="s">
         <v>2184</v>
       </c>
-      <c r="D555" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H555" t="s">
-        <v>2186</v>
+        <v>2156</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
-        <v>2187</v>
+        <v>2185</v>
       </c>
       <c r="B556" t="s">
         <v>9</v>
       </c>
       <c r="C556" t="s">
-        <v>2188</v>
+        <v>2186</v>
       </c>
       <c r="D556" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E556" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F556" t="s">
         <v>1055</v>
       </c>
       <c r="G556" s="1" t="s">
-        <v>2189</v>
+        <v>2187</v>
       </c>
       <c r="H556" t="s">
-        <v>2190</v>
+        <v>2188</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
+        <v>2189</v>
+      </c>
+      <c r="B557" t="s">
+        <v>9</v>
+      </c>
+      <c r="C557" t="s">
+        <v>2190</v>
+      </c>
+      <c r="D557" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E557" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F557" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G557" s="1" t="s">
         <v>2191</v>
       </c>
-      <c r="B557" t="s">
-[...2 lines deleted...]
-      <c r="C557" t="s">
+      <c r="H557" t="s">
         <v>2192</v>
-      </c>
-[...13 lines deleted...]
-        <v>2194</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" t="s">
-        <v>2195</v>
+        <v>2193</v>
       </c>
       <c r="B558" t="s">
         <v>9</v>
       </c>
       <c r="C558" t="s">
-        <v>2196</v>
+        <v>2194</v>
       </c>
       <c r="D558" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E558" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F558" t="s">
         <v>1055</v>
       </c>
       <c r="G558" s="1" t="s">
-        <v>2197</v>
+        <v>2195</v>
       </c>
       <c r="H558" t="s">
-        <v>2198</v>
+        <v>2196</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
-        <v>2199</v>
+        <v>2197</v>
       </c>
       <c r="B559" t="s">
         <v>9</v>
       </c>
       <c r="C559" t="s">
-        <v>2200</v>
+        <v>2198</v>
       </c>
       <c r="D559" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E559" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F559" t="s">
         <v>1055</v>
       </c>
       <c r="G559" s="1" t="s">
-        <v>2201</v>
+        <v>2199</v>
       </c>
       <c r="H559" t="s">
-        <v>2202</v>
+        <v>2200</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" t="s">
+        <v>2201</v>
+      </c>
+      <c r="B560" t="s">
+        <v>9</v>
+      </c>
+      <c r="C560" t="s">
+        <v>2202</v>
+      </c>
+      <c r="D560" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E560" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F560" t="s">
+        <v>127</v>
+      </c>
+      <c r="G560" s="1" t="s">
         <v>2203</v>
       </c>
-      <c r="B560" t="s">
-[...2 lines deleted...]
-      <c r="C560" t="s">
+      <c r="H560" t="s">
         <v>2204</v>
-      </c>
-[...13 lines deleted...]
-        <v>2206</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" t="s">
-        <v>2207</v>
+        <v>2205</v>
       </c>
       <c r="B561" t="s">
         <v>9</v>
       </c>
       <c r="C561" t="s">
-        <v>2208</v>
+        <v>2206</v>
       </c>
       <c r="D561" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E561" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F561" t="s">
         <v>1055</v>
       </c>
       <c r="G561" s="1" t="s">
-        <v>2209</v>
+        <v>2207</v>
       </c>
       <c r="H561" t="s">
-        <v>2210</v>
+        <v>2208</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" t="s">
-        <v>2211</v>
+        <v>2209</v>
       </c>
       <c r="B562" t="s">
         <v>9</v>
       </c>
       <c r="C562" t="s">
-        <v>2212</v>
+        <v>2210</v>
       </c>
       <c r="D562" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E562" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F562" t="s">
         <v>1055</v>
       </c>
       <c r="G562" s="1" t="s">
-        <v>2213</v>
+        <v>2211</v>
       </c>
       <c r="H562" t="s">
-        <v>2214</v>
+        <v>2212</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" t="s">
+        <v>2213</v>
+      </c>
+      <c r="B563" t="s">
+        <v>9</v>
+      </c>
+      <c r="C563" t="s">
+        <v>2214</v>
+      </c>
+      <c r="D563" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E563" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F563" t="s">
+        <v>666</v>
+      </c>
+      <c r="G563" s="1" t="s">
         <v>2215</v>
       </c>
-      <c r="B563" t="s">
-[...2 lines deleted...]
-      <c r="C563" t="s">
+      <c r="H563" t="s">
         <v>2216</v>
-      </c>
-[...13 lines deleted...]
-        <v>2218</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" t="s">
+        <v>2217</v>
+      </c>
+      <c r="B564" t="s">
+        <v>9</v>
+      </c>
+      <c r="C564" t="s">
+        <v>2218</v>
+      </c>
+      <c r="D564" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E564" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F564" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G564" s="1" t="s">
         <v>2219</v>
       </c>
-      <c r="B564" t="s">
-[...2 lines deleted...]
-      <c r="C564" t="s">
+      <c r="H564" t="s">
         <v>2220</v>
-      </c>
-[...13 lines deleted...]
-        <v>2221</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" t="s">
+        <v>2221</v>
+      </c>
+      <c r="B565" t="s">
+        <v>9</v>
+      </c>
+      <c r="C565" t="s">
         <v>2222</v>
       </c>
-      <c r="B565" t="s">
-[...2 lines deleted...]
-      <c r="C565" t="s">
+      <c r="D565" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E565" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F565" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G565" s="1" t="s">
         <v>2223</v>
       </c>
-      <c r="D565" t="s">
-[...8 lines deleted...]
-      <c r="G565" s="1" t="s">
+      <c r="H565" t="s">
         <v>2224</v>
-      </c>
-[...1 lines deleted...]
-        <v>2225</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
+        <v>2225</v>
+      </c>
+      <c r="B566" t="s">
+        <v>9</v>
+      </c>
+      <c r="C566" t="s">
         <v>2226</v>
       </c>
-      <c r="B566" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D566" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E566" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F566" t="s">
         <v>1055</v>
       </c>
       <c r="G566" s="1" t="s">
-        <v>46</v>
+        <v>2227</v>
       </c>
       <c r="H566" t="s">
         <v>2228</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" t="s">
         <v>2229</v>
       </c>
       <c r="B567" t="s">
         <v>9</v>
       </c>
       <c r="C567" t="s">
         <v>2230</v>
       </c>
       <c r="D567" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E567" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F567" t="s">
-        <v>666</v>
+        <v>620</v>
       </c>
       <c r="G567" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H567" t="s">
         <v>2231</v>
-      </c>
-[...1 lines deleted...]
-        <v>2232</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" t="s">
+        <v>2232</v>
+      </c>
+      <c r="B568" t="s">
+        <v>9</v>
+      </c>
+      <c r="C568" t="s">
         <v>2233</v>
       </c>
-      <c r="B568" t="s">
-[...2 lines deleted...]
-      <c r="C568" t="s">
+      <c r="D568" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E568" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F568" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G568" s="1" t="s">
         <v>2234</v>
       </c>
-      <c r="D568" t="s">
-[...8 lines deleted...]
-      <c r="G568" s="1" t="s">
+      <c r="H568" t="s">
         <v>2235</v>
-      </c>
-[...1 lines deleted...]
-        <v>2228</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" t="s">
         <v>2236</v>
       </c>
       <c r="B569" t="s">
         <v>9</v>
       </c>
       <c r="C569" t="s">
         <v>2237</v>
       </c>
       <c r="D569" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E569" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F569" t="s">
         <v>1055</v>
       </c>
       <c r="G569" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H569" t="s">
         <v>2238</v>
-      </c>
-[...1 lines deleted...]
-        <v>2239</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" t="s">
+        <v>2239</v>
+      </c>
+      <c r="B570" t="s">
+        <v>9</v>
+      </c>
+      <c r="C570" t="s">
         <v>2240</v>
       </c>
-      <c r="B570" t="s">
-[...2 lines deleted...]
-      <c r="C570" t="s">
+      <c r="D570" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E570" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F570" t="s">
+        <v>666</v>
+      </c>
+      <c r="G570" s="1" t="s">
         <v>2241</v>
       </c>
-      <c r="D570" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H570" t="s">
-        <v>2228</v>
+        <v>2242</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" t="s">
-        <v>2242</v>
+        <v>2243</v>
       </c>
       <c r="B571" t="s">
         <v>9</v>
       </c>
       <c r="C571" t="s">
-        <v>2243</v>
+        <v>2244</v>
       </c>
       <c r="D571" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E571" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F571" t="s">
-        <v>666</v>
+        <v>1055</v>
       </c>
       <c r="G571" s="1" t="s">
-        <v>2244</v>
+        <v>2245</v>
       </c>
       <c r="H571" t="s">
-        <v>2245</v>
+        <v>2238</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" t="s">
         <v>2246</v>
       </c>
       <c r="B572" t="s">
         <v>9</v>
       </c>
       <c r="C572" t="s">
         <v>2247</v>
       </c>
       <c r="D572" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E572" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F572" t="s">
         <v>1055</v>
       </c>
       <c r="G572" s="1" t="s">
-        <v>46</v>
+        <v>2248</v>
       </c>
       <c r="H572" t="s">
-        <v>2248</v>
+        <v>2249</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" t="s">
-        <v>2249</v>
+        <v>2250</v>
       </c>
       <c r="B573" t="s">
         <v>9</v>
       </c>
       <c r="C573" t="s">
-        <v>2250</v>
+        <v>2251</v>
       </c>
       <c r="D573" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E573" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F573" t="s">
         <v>1055</v>
       </c>
       <c r="G573" s="1" t="s">
-        <v>2251</v>
+        <v>46</v>
       </c>
       <c r="H573" t="s">
-        <v>2248</v>
+        <v>2238</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" t="s">
         <v>2252</v>
       </c>
       <c r="B574" t="s">
         <v>9</v>
       </c>
       <c r="C574" t="s">
         <v>2253</v>
       </c>
       <c r="D574" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E574" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F574" t="s">
-        <v>1055</v>
+        <v>666</v>
       </c>
       <c r="G574" s="1" t="s">
         <v>2254</v>
       </c>
       <c r="H574" t="s">
         <v>2255</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" t="s">
         <v>2256</v>
       </c>
       <c r="B575" t="s">
         <v>9</v>
       </c>
       <c r="C575" t="s">
         <v>2257</v>
       </c>
       <c r="D575" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E575" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F575" t="s">
         <v>1055</v>
       </c>
       <c r="G575" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H575" t="s">
         <v>2258</v>
-      </c>
-[...1 lines deleted...]
-        <v>2259</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" t="s">
+        <v>2259</v>
+      </c>
+      <c r="B576" t="s">
+        <v>9</v>
+      </c>
+      <c r="C576" t="s">
         <v>2260</v>
       </c>
-      <c r="B576" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D576" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E576" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F576" t="s">
         <v>1055</v>
       </c>
       <c r="G576" s="1" t="s">
-        <v>2262</v>
+        <v>2261</v>
       </c>
       <c r="H576" t="s">
-        <v>2263</v>
+        <v>2258</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" t="s">
-        <v>2264</v>
+        <v>2262</v>
       </c>
       <c r="B577" t="s">
         <v>9</v>
       </c>
       <c r="C577" t="s">
-        <v>2265</v>
+        <v>2263</v>
       </c>
       <c r="D577" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E577" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F577" t="s">
         <v>1055</v>
       </c>
       <c r="G577" s="1" t="s">
-        <v>2266</v>
+        <v>2264</v>
       </c>
       <c r="H577" t="s">
-        <v>2267</v>
+        <v>2265</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" t="s">
-        <v>2268</v>
+        <v>2266</v>
       </c>
       <c r="B578" t="s">
         <v>9</v>
       </c>
       <c r="C578" t="s">
-        <v>2269</v>
+        <v>2267</v>
       </c>
       <c r="D578" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E578" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F578" t="s">
         <v>1055</v>
       </c>
       <c r="G578" s="1" t="s">
-        <v>46</v>
+        <v>2268</v>
       </c>
       <c r="H578" t="s">
-        <v>2270</v>
+        <v>2269</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" t="s">
+        <v>2270</v>
+      </c>
+      <c r="B579" t="s">
+        <v>9</v>
+      </c>
+      <c r="C579" t="s">
         <v>2271</v>
       </c>
-      <c r="B579" t="s">
-[...2 lines deleted...]
-      <c r="C579" t="s">
+      <c r="D579" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E579" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F579" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G579" s="1" t="s">
         <v>2272</v>
       </c>
-      <c r="D579" t="s">
-[...8 lines deleted...]
-      <c r="G579" s="1" t="s">
+      <c r="H579" t="s">
         <v>2273</v>
-      </c>
-[...1 lines deleted...]
-        <v>2274</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" t="s">
+        <v>2274</v>
+      </c>
+      <c r="B580" t="s">
+        <v>9</v>
+      </c>
+      <c r="C580" t="s">
         <v>2275</v>
       </c>
-      <c r="B580" t="s">
-[...2 lines deleted...]
-      <c r="C580" t="s">
+      <c r="D580" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E580" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F580" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G580" s="1" t="s">
         <v>2276</v>
       </c>
-      <c r="D580" t="s">
-[...8 lines deleted...]
-      <c r="G580" s="1" t="s">
+      <c r="H580" t="s">
         <v>2277</v>
-      </c>
-[...1 lines deleted...]
-        <v>2278</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" t="s">
+        <v>2278</v>
+      </c>
+      <c r="B581" t="s">
+        <v>9</v>
+      </c>
+      <c r="C581" t="s">
         <v>2279</v>
       </c>
-      <c r="B581" t="s">
-[...2 lines deleted...]
-      <c r="C581" t="s">
+      <c r="D581" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E581" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F581" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G581" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H581" t="s">
         <v>2280</v>
-      </c>
-[...13 lines deleted...]
-        <v>2282</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" t="s">
+        <v>2281</v>
+      </c>
+      <c r="B582" t="s">
+        <v>9</v>
+      </c>
+      <c r="C582" t="s">
+        <v>2282</v>
+      </c>
+      <c r="D582" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E582" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F582" t="s">
+        <v>544</v>
+      </c>
+      <c r="G582" s="1" t="s">
         <v>2283</v>
       </c>
-      <c r="B582" t="s">
-[...2 lines deleted...]
-      <c r="C582" t="s">
+      <c r="H582" t="s">
         <v>2284</v>
-      </c>
-[...13 lines deleted...]
-        <v>2286</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" t="s">
+        <v>2285</v>
+      </c>
+      <c r="B583" t="s">
+        <v>9</v>
+      </c>
+      <c r="C583" t="s">
+        <v>2286</v>
+      </c>
+      <c r="D583" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E583" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F583" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G583" s="1" t="s">
         <v>2287</v>
       </c>
-      <c r="B583" t="s">
-[...2 lines deleted...]
-      <c r="C583" t="s">
+      <c r="H583" t="s">
         <v>2288</v>
-      </c>
-[...13 lines deleted...]
-        <v>2289</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" t="s">
+        <v>2289</v>
+      </c>
+      <c r="B584" t="s">
+        <v>9</v>
+      </c>
+      <c r="C584" t="s">
         <v>2290</v>
       </c>
-      <c r="B584" t="s">
-[...2 lines deleted...]
-      <c r="C584" t="s">
+      <c r="D584" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E584" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F584" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G584" s="1" t="s">
         <v>2291</v>
       </c>
-      <c r="D584" t="s">
-[...8 lines deleted...]
-      <c r="G584" s="1" t="s">
+      <c r="H584" t="s">
         <v>2292</v>
-      </c>
-[...1 lines deleted...]
-        <v>2293</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" t="s">
+        <v>2293</v>
+      </c>
+      <c r="B585" t="s">
+        <v>9</v>
+      </c>
+      <c r="C585" t="s">
         <v>2294</v>
       </c>
-      <c r="B585" t="s">
-[...2 lines deleted...]
-      <c r="C585" t="s">
+      <c r="D585" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E585" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F585" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G585" s="1" t="s">
         <v>2295</v>
       </c>
-      <c r="D585" t="s">
-[...8 lines deleted...]
-      <c r="G585" s="1" t="s">
+      <c r="H585" t="s">
         <v>2296</v>
-      </c>
-[...1 lines deleted...]
-        <v>2297</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" t="s">
+        <v>2297</v>
+      </c>
+      <c r="B586" t="s">
+        <v>9</v>
+      </c>
+      <c r="C586" t="s">
         <v>2298</v>
       </c>
-      <c r="B586" t="s">
-[...2 lines deleted...]
-      <c r="C586" t="s">
+      <c r="D586" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E586" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F586" t="s">
+        <v>620</v>
+      </c>
+      <c r="G586" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H586" t="s">
         <v>2299</v>
-      </c>
-[...13 lines deleted...]
-        <v>2301</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" t="s">
+        <v>2300</v>
+      </c>
+      <c r="B587" t="s">
+        <v>9</v>
+      </c>
+      <c r="C587" t="s">
+        <v>2301</v>
+      </c>
+      <c r="D587" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E587" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F587" t="s">
+        <v>356</v>
+      </c>
+      <c r="G587" s="1" t="s">
         <v>2302</v>
       </c>
-      <c r="B587" t="s">
-[...2 lines deleted...]
-      <c r="C587" t="s">
+      <c r="H587" t="s">
         <v>2303</v>
-      </c>
-[...13 lines deleted...]
-        <v>2305</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" t="s">
+        <v>2304</v>
+      </c>
+      <c r="B588" t="s">
+        <v>9</v>
+      </c>
+      <c r="C588" t="s">
+        <v>2305</v>
+      </c>
+      <c r="D588" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E588" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F588" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G588" s="1" t="s">
         <v>2306</v>
       </c>
-      <c r="B588" t="s">
-[...2 lines deleted...]
-      <c r="C588" t="s">
+      <c r="H588" t="s">
         <v>2307</v>
-      </c>
-[...13 lines deleted...]
-        <v>2309</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" t="s">
-        <v>2310</v>
+        <v>2308</v>
       </c>
       <c r="B589" t="s">
         <v>9</v>
       </c>
       <c r="C589" t="s">
-        <v>2311</v>
+        <v>2309</v>
       </c>
       <c r="D589" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E589" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F589" t="s">
         <v>1055</v>
       </c>
       <c r="G589" s="1" t="s">
-        <v>46</v>
+        <v>2310</v>
       </c>
       <c r="H589" t="s">
-        <v>2312</v>
+        <v>2311</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" t="s">
+        <v>2312</v>
+      </c>
+      <c r="B590" t="s">
+        <v>9</v>
+      </c>
+      <c r="C590" t="s">
         <v>2313</v>
       </c>
-      <c r="B590" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D590" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E590" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F590" t="s">
         <v>1055</v>
       </c>
       <c r="G590" s="1" t="s">
+        <v>2314</v>
+      </c>
+      <c r="H590" t="s">
         <v>2315</v>
-      </c>
-[...1 lines deleted...]
-        <v>2316</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" t="s">
+        <v>2316</v>
+      </c>
+      <c r="B591" t="s">
+        <v>9</v>
+      </c>
+      <c r="C591" t="s">
         <v>2317</v>
       </c>
-      <c r="B591" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D591" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E591" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F591" t="s">
         <v>1055</v>
       </c>
       <c r="G591" s="1" t="s">
+        <v>2318</v>
+      </c>
+      <c r="H591" t="s">
         <v>2319</v>
-      </c>
-[...1 lines deleted...]
-        <v>2320</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" t="s">
+        <v>2320</v>
+      </c>
+      <c r="B592" t="s">
+        <v>9</v>
+      </c>
+      <c r="C592" t="s">
         <v>2321</v>
       </c>
-      <c r="B592" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D592" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E592" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F592" t="s">
         <v>1055</v>
       </c>
       <c r="G592" s="1" t="s">
-        <v>2323</v>
+        <v>46</v>
       </c>
       <c r="H592" t="s">
-        <v>2324</v>
+        <v>2322</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" t="s">
-        <v>2325</v>
+        <v>2323</v>
       </c>
       <c r="B593" t="s">
         <v>9</v>
       </c>
       <c r="C593" t="s">
-        <v>2326</v>
+        <v>2324</v>
       </c>
       <c r="D593" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E593" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F593" t="s">
         <v>1055</v>
       </c>
       <c r="G593" s="1" t="s">
-        <v>46</v>
+        <v>2325</v>
       </c>
       <c r="H593" t="s">
-        <v>2327</v>
+        <v>2326</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" t="s">
+        <v>2327</v>
+      </c>
+      <c r="B594" t="s">
+        <v>9</v>
+      </c>
+      <c r="C594" t="s">
         <v>2328</v>
       </c>
-      <c r="B594" t="s">
-[...2 lines deleted...]
-      <c r="C594" t="s">
+      <c r="D594" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E594" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F594" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G594" s="1" t="s">
         <v>2329</v>
       </c>
-      <c r="D594" t="s">
-[...8 lines deleted...]
-      <c r="G594" s="1" t="s">
+      <c r="H594" t="s">
         <v>2330</v>
-      </c>
-[...1 lines deleted...]
-        <v>2331</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" t="s">
+        <v>2331</v>
+      </c>
+      <c r="B595" t="s">
+        <v>9</v>
+      </c>
+      <c r="C595" t="s">
         <v>2332</v>
       </c>
-      <c r="B595" t="s">
-[...2 lines deleted...]
-      <c r="C595" t="s">
+      <c r="D595" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E595" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F595" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G595" s="1" t="s">
         <v>2333</v>
       </c>
-      <c r="D595" t="s">
-[...8 lines deleted...]
-      <c r="G595" s="1" t="s">
+      <c r="H595" t="s">
         <v>2334</v>
-      </c>
-[...1 lines deleted...]
-        <v>2335</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" t="s">
+        <v>2335</v>
+      </c>
+      <c r="B596" t="s">
+        <v>9</v>
+      </c>
+      <c r="C596" t="s">
         <v>2336</v>
       </c>
-      <c r="B596" t="s">
-[...2 lines deleted...]
-      <c r="C596" t="s">
+      <c r="D596" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E596" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F596" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G596" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H596" t="s">
         <v>2337</v>
-      </c>
-[...13 lines deleted...]
-        <v>2339</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" t="s">
+        <v>2338</v>
+      </c>
+      <c r="B597" t="s">
+        <v>9</v>
+      </c>
+      <c r="C597" t="s">
+        <v>2339</v>
+      </c>
+      <c r="D597" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E597" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F597" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G597" s="1" t="s">
         <v>2340</v>
       </c>
-      <c r="B597" t="s">
-[...2 lines deleted...]
-      <c r="C597" t="s">
+      <c r="H597" t="s">
         <v>2341</v>
-      </c>
-[...13 lines deleted...]
-        <v>2343</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" t="s">
+        <v>2342</v>
+      </c>
+      <c r="B598" t="s">
+        <v>9</v>
+      </c>
+      <c r="C598" t="s">
+        <v>2343</v>
+      </c>
+      <c r="D598" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E598" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F598" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G598" s="1" t="s">
         <v>2344</v>
       </c>
-      <c r="B598" t="s">
-[...2 lines deleted...]
-      <c r="C598" t="s">
+      <c r="H598" t="s">
         <v>2345</v>
-      </c>
-[...13 lines deleted...]
-        <v>2347</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" t="s">
+        <v>2346</v>
+      </c>
+      <c r="B599" t="s">
+        <v>9</v>
+      </c>
+      <c r="C599" t="s">
+        <v>2347</v>
+      </c>
+      <c r="D599" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E599" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F599" t="s">
+        <v>666</v>
+      </c>
+      <c r="G599" s="1" t="s">
         <v>2348</v>
       </c>
-      <c r="B599" t="s">
-[...2 lines deleted...]
-      <c r="C599" t="s">
+      <c r="H599" t="s">
         <v>2349</v>
-      </c>
-[...13 lines deleted...]
-        <v>2351</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" t="s">
+        <v>2350</v>
+      </c>
+      <c r="B600" t="s">
+        <v>9</v>
+      </c>
+      <c r="C600" t="s">
+        <v>2351</v>
+      </c>
+      <c r="D600" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E600" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F600" t="s">
+        <v>391</v>
+      </c>
+      <c r="G600" s="1" t="s">
         <v>2352</v>
       </c>
-      <c r="B600" t="s">
-[...2 lines deleted...]
-      <c r="C600" t="s">
+      <c r="H600" t="s">
         <v>2353</v>
-      </c>
-[...13 lines deleted...]
-        <v>2355</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" t="s">
+        <v>2354</v>
+      </c>
+      <c r="B601" t="s">
+        <v>9</v>
+      </c>
+      <c r="C601" t="s">
+        <v>2355</v>
+      </c>
+      <c r="D601" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E601" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F601" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G601" s="1" t="s">
         <v>2356</v>
       </c>
-      <c r="B601" t="s">
-[...2 lines deleted...]
-      <c r="C601" t="s">
+      <c r="H601" t="s">
         <v>2357</v>
-      </c>
-[...13 lines deleted...]
-        <v>2359</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" t="s">
+        <v>2358</v>
+      </c>
+      <c r="B602" t="s">
+        <v>9</v>
+      </c>
+      <c r="C602" t="s">
+        <v>2359</v>
+      </c>
+      <c r="D602" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E602" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F602" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G602" s="1" t="s">
         <v>2360</v>
       </c>
-      <c r="B602" t="s">
-[...2 lines deleted...]
-      <c r="C602" t="s">
+      <c r="H602" t="s">
         <v>2361</v>
-      </c>
-[...13 lines deleted...]
-        <v>2363</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" t="s">
+        <v>2362</v>
+      </c>
+      <c r="B603" t="s">
+        <v>9</v>
+      </c>
+      <c r="C603" t="s">
+        <v>2363</v>
+      </c>
+      <c r="D603" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E603" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F603" t="s">
+        <v>544</v>
+      </c>
+      <c r="G603" s="1" t="s">
         <v>2364</v>
       </c>
-      <c r="B603" t="s">
-[...2 lines deleted...]
-      <c r="C603" t="s">
+      <c r="H603" t="s">
         <v>2365</v>
-      </c>
-[...13 lines deleted...]
-        <v>2367</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" t="s">
+        <v>2366</v>
+      </c>
+      <c r="B604" t="s">
+        <v>9</v>
+      </c>
+      <c r="C604" t="s">
+        <v>2367</v>
+      </c>
+      <c r="D604" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E604" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F604" t="s">
+        <v>544</v>
+      </c>
+      <c r="G604" s="1" t="s">
         <v>2368</v>
       </c>
-      <c r="B604" t="s">
-[...2 lines deleted...]
-      <c r="C604" t="s">
+      <c r="H604" t="s">
         <v>2369</v>
-      </c>
-[...13 lines deleted...]
-        <v>2371</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" t="s">
+        <v>2370</v>
+      </c>
+      <c r="B605" t="s">
+        <v>9</v>
+      </c>
+      <c r="C605" t="s">
+        <v>2371</v>
+      </c>
+      <c r="D605" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E605" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F605" t="s">
+        <v>666</v>
+      </c>
+      <c r="G605" s="1" t="s">
         <v>2372</v>
       </c>
-      <c r="B605" t="s">
-[...2 lines deleted...]
-      <c r="C605" t="s">
+      <c r="H605" t="s">
         <v>2373</v>
-      </c>
-[...13 lines deleted...]
-        <v>2374</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" t="s">
+        <v>2374</v>
+      </c>
+      <c r="B606" t="s">
+        <v>9</v>
+      </c>
+      <c r="C606" t="s">
         <v>2375</v>
       </c>
-      <c r="B606" t="s">
-[...2 lines deleted...]
-      <c r="C606" t="s">
+      <c r="D606" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E606" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F606" t="s">
+        <v>620</v>
+      </c>
+      <c r="G606" s="1" t="s">
         <v>2376</v>
-      </c>
-[...10 lines deleted...]
-        <v>46</v>
       </c>
       <c r="H606" t="s">
         <v>2377</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" t="s">
         <v>2378</v>
       </c>
       <c r="B607" t="s">
         <v>9</v>
       </c>
       <c r="C607" t="s">
         <v>2379</v>
       </c>
       <c r="D607" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E607" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F607" t="s">
-        <v>1055</v>
+        <v>391</v>
       </c>
       <c r="G607" s="1" t="s">
         <v>2380</v>
       </c>
       <c r="H607" t="s">
         <v>2381</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" t="s">
         <v>2382</v>
       </c>
       <c r="B608" t="s">
         <v>9</v>
       </c>
       <c r="C608" t="s">
         <v>2383</v>
       </c>
       <c r="D608" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E608" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F608" t="s">
         <v>1055</v>
       </c>
       <c r="G608" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H608" t="s">
         <v>2384</v>
-      </c>
-[...1 lines deleted...]
-        <v>2385</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" t="s">
+        <v>2385</v>
+      </c>
+      <c r="B609" t="s">
+        <v>9</v>
+      </c>
+      <c r="C609" t="s">
         <v>2386</v>
       </c>
-      <c r="B609" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D609" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E609" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F609" t="s">
         <v>1055</v>
       </c>
       <c r="G609" s="1" t="s">
         <v>46</v>
       </c>
       <c r="H609" t="s">
-        <v>2388</v>
+        <v>2387</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" t="s">
+        <v>2388</v>
+      </c>
+      <c r="B610" t="s">
+        <v>9</v>
+      </c>
+      <c r="C610" t="s">
         <v>2389</v>
       </c>
-      <c r="B610" t="s">
-[...2 lines deleted...]
-      <c r="C610" t="s">
+      <c r="D610" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E610" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F610" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G610" s="1" t="s">
         <v>2390</v>
-      </c>
-[...10 lines deleted...]
-        <v>46</v>
       </c>
       <c r="H610" t="s">
         <v>2391</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" t="s">
         <v>2392</v>
       </c>
       <c r="B611" t="s">
         <v>9</v>
       </c>
       <c r="C611" t="s">
         <v>2393</v>
       </c>
       <c r="D611" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E611" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F611" t="s">
-        <v>13</v>
+        <v>1055</v>
       </c>
       <c r="G611" s="1" t="s">
         <v>2394</v>
       </c>
       <c r="H611" t="s">
         <v>2395</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" t="s">
         <v>2396</v>
       </c>
       <c r="B612" t="s">
         <v>9</v>
       </c>
       <c r="C612" t="s">
         <v>2397</v>
       </c>
       <c r="D612" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E612" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F612" t="s">
-        <v>666</v>
+        <v>1055</v>
       </c>
       <c r="G612" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H612" t="s">
         <v>2398</v>
-      </c>
-[...1 lines deleted...]
-        <v>2399</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" t="s">
+        <v>2399</v>
+      </c>
+      <c r="B613" t="s">
+        <v>9</v>
+      </c>
+      <c r="C613" t="s">
         <v>2400</v>
       </c>
-      <c r="B613" t="s">
-[...2 lines deleted...]
-      <c r="C613" t="s">
+      <c r="D613" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E613" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F613" t="s">
+        <v>13</v>
+      </c>
+      <c r="G613" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H613" t="s">
         <v>2401</v>
-      </c>
-[...13 lines deleted...]
-        <v>2403</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" t="s">
+        <v>2402</v>
+      </c>
+      <c r="B614" t="s">
+        <v>9</v>
+      </c>
+      <c r="C614" t="s">
+        <v>2403</v>
+      </c>
+      <c r="D614" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E614" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F614" t="s">
+        <v>13</v>
+      </c>
+      <c r="G614" s="1" t="s">
         <v>2404</v>
       </c>
-      <c r="B614" t="s">
-[...2 lines deleted...]
-      <c r="C614" t="s">
+      <c r="H614" t="s">
         <v>2405</v>
-      </c>
-[...13 lines deleted...]
-        <v>2407</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" t="s">
+        <v>2406</v>
+      </c>
+      <c r="B615" t="s">
+        <v>9</v>
+      </c>
+      <c r="C615" t="s">
+        <v>2407</v>
+      </c>
+      <c r="D615" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E615" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F615" t="s">
+        <v>666</v>
+      </c>
+      <c r="G615" s="1" t="s">
         <v>2408</v>
       </c>
-      <c r="B615" t="s">
-[...2 lines deleted...]
-      <c r="C615" t="s">
+      <c r="H615" t="s">
         <v>2409</v>
-      </c>
-[...13 lines deleted...]
-        <v>2411</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" t="s">
-        <v>2412</v>
+        <v>2410</v>
       </c>
       <c r="B616" t="s">
         <v>9</v>
       </c>
       <c r="C616" t="s">
-        <v>2413</v>
+        <v>2411</v>
       </c>
       <c r="D616" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E616" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F616" t="s">
         <v>1055</v>
       </c>
       <c r="G616" s="1" t="s">
-        <v>2414</v>
+        <v>2412</v>
       </c>
       <c r="H616" t="s">
-        <v>2415</v>
+        <v>2413</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" t="s">
-        <v>2416</v>
+        <v>2414</v>
       </c>
       <c r="B617" t="s">
         <v>9</v>
       </c>
       <c r="C617" t="s">
-        <v>2417</v>
+        <v>2415</v>
       </c>
       <c r="D617" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E617" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F617" t="s">
         <v>1055</v>
       </c>
       <c r="G617" s="1" t="s">
-        <v>2418</v>
+        <v>2416</v>
       </c>
       <c r="H617" t="s">
-        <v>2419</v>
+        <v>2417</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" t="s">
+        <v>2418</v>
+      </c>
+      <c r="B618" t="s">
+        <v>9</v>
+      </c>
+      <c r="C618" t="s">
+        <v>2419</v>
+      </c>
+      <c r="D618" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E618" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F618" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G618" s="1" t="s">
         <v>2420</v>
       </c>
-      <c r="B618" t="s">
-[...2 lines deleted...]
-      <c r="C618" t="s">
+      <c r="H618" t="s">
         <v>2421</v>
-      </c>
-[...13 lines deleted...]
-        <v>2423</v>
       </c>
     </row>
     <row r="619" spans="1:8">
       <c r="A619" t="s">
+        <v>2422</v>
+      </c>
+      <c r="B619" t="s">
+        <v>9</v>
+      </c>
+      <c r="C619" t="s">
+        <v>2423</v>
+      </c>
+      <c r="D619" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E619" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F619" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G619" s="1" t="s">
         <v>2424</v>
       </c>
-      <c r="B619" t="s">
-[...2 lines deleted...]
-      <c r="C619" t="s">
+      <c r="H619" t="s">
         <v>2425</v>
-      </c>
-[...13 lines deleted...]
-        <v>2427</v>
       </c>
     </row>
     <row r="620" spans="1:8">
       <c r="A620" t="s">
+        <v>2426</v>
+      </c>
+      <c r="B620" t="s">
+        <v>9</v>
+      </c>
+      <c r="C620" t="s">
+        <v>2427</v>
+      </c>
+      <c r="D620" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E620" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F620" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G620" s="1" t="s">
         <v>2428</v>
       </c>
-      <c r="B620" t="s">
-[...2 lines deleted...]
-      <c r="C620" t="s">
+      <c r="H620" t="s">
         <v>2429</v>
-      </c>
-[...13 lines deleted...]
-        <v>2431</v>
       </c>
     </row>
     <row r="621" spans="1:8">
       <c r="A621" t="s">
+        <v>2430</v>
+      </c>
+      <c r="B621" t="s">
+        <v>9</v>
+      </c>
+      <c r="C621" t="s">
+        <v>2431</v>
+      </c>
+      <c r="D621" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E621" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F621" t="s">
+        <v>544</v>
+      </c>
+      <c r="G621" s="1" t="s">
         <v>2432</v>
       </c>
-      <c r="B621" t="s">
-[...2 lines deleted...]
-      <c r="C621" t="s">
+      <c r="H621" t="s">
         <v>2433</v>
-      </c>
-[...13 lines deleted...]
-        <v>2435</v>
       </c>
     </row>
     <row r="622" spans="1:8">
       <c r="A622" t="s">
+        <v>2434</v>
+      </c>
+      <c r="B622" t="s">
+        <v>9</v>
+      </c>
+      <c r="C622" t="s">
+        <v>2435</v>
+      </c>
+      <c r="D622" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E622" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F622" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G622" s="1" t="s">
         <v>2436</v>
       </c>
-      <c r="B622" t="s">
-[...2 lines deleted...]
-      <c r="C622" t="s">
+      <c r="H622" t="s">
         <v>2437</v>
-      </c>
-[...13 lines deleted...]
-        <v>2439</v>
       </c>
     </row>
     <row r="623" spans="1:8">
       <c r="A623" t="s">
+        <v>2438</v>
+      </c>
+      <c r="B623" t="s">
+        <v>9</v>
+      </c>
+      <c r="C623" t="s">
+        <v>2439</v>
+      </c>
+      <c r="D623" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E623" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F623" t="s">
+        <v>231</v>
+      </c>
+      <c r="G623" s="1" t="s">
         <v>2440</v>
       </c>
-      <c r="B623" t="s">
-[...2 lines deleted...]
-      <c r="C623" t="s">
+      <c r="H623" t="s">
         <v>2441</v>
-      </c>
-[...13 lines deleted...]
-        <v>2443</v>
       </c>
     </row>
     <row r="624" spans="1:8">
       <c r="A624" t="s">
+        <v>2442</v>
+      </c>
+      <c r="B624" t="s">
+        <v>9</v>
+      </c>
+      <c r="C624" t="s">
+        <v>2443</v>
+      </c>
+      <c r="D624" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E624" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F624" t="s">
+        <v>620</v>
+      </c>
+      <c r="G624" s="1" t="s">
         <v>2444</v>
       </c>
-      <c r="B624" t="s">
-[...2 lines deleted...]
-      <c r="C624" t="s">
+      <c r="H624" t="s">
         <v>2445</v>
-      </c>
-[...13 lines deleted...]
-        <v>2447</v>
       </c>
     </row>
     <row r="625" spans="1:8">
       <c r="A625" t="s">
+        <v>2446</v>
+      </c>
+      <c r="B625" t="s">
+        <v>9</v>
+      </c>
+      <c r="C625" t="s">
+        <v>2447</v>
+      </c>
+      <c r="D625" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E625" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F625" t="s">
+        <v>544</v>
+      </c>
+      <c r="G625" s="1" t="s">
         <v>2448</v>
       </c>
-      <c r="B625" t="s">
-[...2 lines deleted...]
-      <c r="C625" t="s">
+      <c r="H625" t="s">
         <v>2449</v>
-      </c>
-[...13 lines deleted...]
-        <v>2451</v>
       </c>
     </row>
     <row r="626" spans="1:8">
       <c r="A626" t="s">
-        <v>2452</v>
+        <v>2450</v>
       </c>
       <c r="B626" t="s">
         <v>9</v>
       </c>
       <c r="C626" t="s">
-        <v>2453</v>
+        <v>2451</v>
       </c>
       <c r="D626" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E626" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F626" t="s">
         <v>1055</v>
       </c>
       <c r="G626" s="1" t="s">
-        <v>2454</v>
+        <v>2452</v>
       </c>
       <c r="H626" t="s">
-        <v>2455</v>
+        <v>2453</v>
       </c>
     </row>
     <row r="627" spans="1:8">
       <c r="A627" t="s">
-        <v>2456</v>
+        <v>2454</v>
       </c>
       <c r="B627" t="s">
         <v>9</v>
       </c>
       <c r="C627" t="s">
-        <v>2457</v>
+        <v>2455</v>
       </c>
       <c r="D627" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E627" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F627" t="s">
         <v>1055</v>
       </c>
       <c r="G627" s="1" t="s">
-        <v>2458</v>
+        <v>2456</v>
       </c>
       <c r="H627" t="s">
-        <v>2459</v>
+        <v>2457</v>
       </c>
     </row>
     <row r="628" spans="1:8">
       <c r="A628" t="s">
-        <v>2460</v>
+        <v>2458</v>
       </c>
       <c r="B628" t="s">
         <v>9</v>
       </c>
       <c r="C628" t="s">
-        <v>2461</v>
+        <v>2459</v>
       </c>
       <c r="D628" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E628" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F628" t="s">
         <v>1055</v>
       </c>
       <c r="G628" s="1" t="s">
-        <v>2462</v>
+        <v>2460</v>
       </c>
       <c r="H628" t="s">
-        <v>2463</v>
+        <v>2461</v>
       </c>
     </row>
     <row r="629" spans="1:8">
       <c r="A629" t="s">
+        <v>2462</v>
+      </c>
+      <c r="B629" t="s">
+        <v>9</v>
+      </c>
+      <c r="C629" t="s">
+        <v>2463</v>
+      </c>
+      <c r="D629" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E629" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F629" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G629" s="1" t="s">
         <v>2464</v>
       </c>
-      <c r="B629" t="s">
-[...2 lines deleted...]
-      <c r="C629" t="s">
+      <c r="H629" t="s">
         <v>2465</v>
-      </c>
-[...13 lines deleted...]
-        <v>2467</v>
       </c>
     </row>
     <row r="630" spans="1:8">
       <c r="A630" t="s">
+        <v>2466</v>
+      </c>
+      <c r="B630" t="s">
+        <v>9</v>
+      </c>
+      <c r="C630" t="s">
+        <v>2467</v>
+      </c>
+      <c r="D630" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E630" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F630" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G630" s="1" t="s">
         <v>2468</v>
       </c>
-      <c r="B630" t="s">
-[...2 lines deleted...]
-      <c r="C630" t="s">
+      <c r="H630" t="s">
         <v>2469</v>
-      </c>
-[...13 lines deleted...]
-        <v>2471</v>
       </c>
     </row>
     <row r="631" spans="1:8">
       <c r="A631" t="s">
+        <v>2470</v>
+      </c>
+      <c r="B631" t="s">
+        <v>9</v>
+      </c>
+      <c r="C631" t="s">
+        <v>2471</v>
+      </c>
+      <c r="D631" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E631" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F631" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G631" s="1" t="s">
         <v>2472</v>
       </c>
-      <c r="B631" t="s">
-[...2 lines deleted...]
-      <c r="C631" t="s">
+      <c r="H631" t="s">
         <v>2473</v>
-      </c>
-[...13 lines deleted...]
-        <v>2475</v>
       </c>
     </row>
     <row r="632" spans="1:8">
       <c r="A632" t="s">
+        <v>2474</v>
+      </c>
+      <c r="B632" t="s">
+        <v>9</v>
+      </c>
+      <c r="C632" t="s">
+        <v>2475</v>
+      </c>
+      <c r="D632" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E632" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F632" t="s">
+        <v>666</v>
+      </c>
+      <c r="G632" s="1" t="s">
         <v>2476</v>
       </c>
-      <c r="B632" t="s">
-[...2 lines deleted...]
-      <c r="C632" t="s">
+      <c r="H632" t="s">
         <v>2477</v>
-      </c>
-[...13 lines deleted...]
-        <v>2479</v>
       </c>
     </row>
     <row r="633" spans="1:8">
       <c r="A633" t="s">
+        <v>2478</v>
+      </c>
+      <c r="B633" t="s">
+        <v>9</v>
+      </c>
+      <c r="C633" t="s">
+        <v>2479</v>
+      </c>
+      <c r="D633" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E633" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F633" t="s">
+        <v>620</v>
+      </c>
+      <c r="G633" s="1" t="s">
         <v>2480</v>
       </c>
-      <c r="B633" t="s">
-[...2 lines deleted...]
-      <c r="C633" t="s">
+      <c r="H633" t="s">
         <v>2481</v>
-      </c>
-[...13 lines deleted...]
-        <v>2483</v>
       </c>
     </row>
     <row r="634" spans="1:8">
       <c r="A634" t="s">
+        <v>2482</v>
+      </c>
+      <c r="B634" t="s">
+        <v>9</v>
+      </c>
+      <c r="C634" t="s">
+        <v>2483</v>
+      </c>
+      <c r="D634" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E634" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F634" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G634" s="1" t="s">
         <v>2484</v>
       </c>
-      <c r="B634" t="s">
-[...2 lines deleted...]
-      <c r="C634" t="s">
+      <c r="H634" t="s">
         <v>2485</v>
-      </c>
-[...13 lines deleted...]
-        <v>2487</v>
       </c>
     </row>
     <row r="635" spans="1:8">
       <c r="A635" t="s">
+        <v>2486</v>
+      </c>
+      <c r="B635" t="s">
+        <v>9</v>
+      </c>
+      <c r="C635" t="s">
+        <v>2487</v>
+      </c>
+      <c r="D635" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E635" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F635" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G635" s="1" t="s">
         <v>2488</v>
       </c>
-      <c r="B635" t="s">
-[...2 lines deleted...]
-      <c r="C635" t="s">
+      <c r="H635" t="s">
         <v>2489</v>
-      </c>
-[...13 lines deleted...]
-        <v>2491</v>
       </c>
     </row>
     <row r="636" spans="1:8">
       <c r="A636" t="s">
+        <v>2490</v>
+      </c>
+      <c r="B636" t="s">
+        <v>9</v>
+      </c>
+      <c r="C636" t="s">
+        <v>2491</v>
+      </c>
+      <c r="D636" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E636" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F636" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G636" s="1" t="s">
         <v>2492</v>
       </c>
-      <c r="B636" t="s">
-[...2 lines deleted...]
-      <c r="C636" t="s">
+      <c r="H636" t="s">
         <v>2493</v>
-      </c>
-[...13 lines deleted...]
-        <v>2495</v>
       </c>
     </row>
     <row r="637" spans="1:8">
       <c r="A637" t="s">
+        <v>2494</v>
+      </c>
+      <c r="B637" t="s">
+        <v>9</v>
+      </c>
+      <c r="C637" t="s">
+        <v>2495</v>
+      </c>
+      <c r="D637" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E637" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F637" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G637" s="1" t="s">
         <v>2496</v>
       </c>
-      <c r="B637" t="s">
-[...2 lines deleted...]
-      <c r="C637" t="s">
+      <c r="H637" t="s">
         <v>2497</v>
-      </c>
-[...13 lines deleted...]
-        <v>2499</v>
       </c>
     </row>
     <row r="638" spans="1:8">
       <c r="A638" t="s">
+        <v>2498</v>
+      </c>
+      <c r="B638" t="s">
+        <v>9</v>
+      </c>
+      <c r="C638" t="s">
+        <v>2499</v>
+      </c>
+      <c r="D638" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E638" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F638" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G638" s="1" t="s">
         <v>2500</v>
       </c>
-      <c r="B638" t="s">
-[...2 lines deleted...]
-      <c r="C638" t="s">
+      <c r="H638" t="s">
         <v>2501</v>
-      </c>
-[...13 lines deleted...]
-        <v>2503</v>
       </c>
     </row>
     <row r="639" spans="1:8">
       <c r="A639" t="s">
+        <v>2502</v>
+      </c>
+      <c r="B639" t="s">
+        <v>9</v>
+      </c>
+      <c r="C639" t="s">
+        <v>2503</v>
+      </c>
+      <c r="D639" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E639" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F639" t="s">
+        <v>13</v>
+      </c>
+      <c r="G639" s="1" t="s">
         <v>2504</v>
       </c>
-      <c r="B639" t="s">
-[...2 lines deleted...]
-      <c r="C639" t="s">
+      <c r="H639" t="s">
         <v>2505</v>
-      </c>
-[...13 lines deleted...]
-        <v>2507</v>
       </c>
     </row>
     <row r="640" spans="1:8">
       <c r="A640" t="s">
+        <v>2506</v>
+      </c>
+      <c r="B640" t="s">
+        <v>9</v>
+      </c>
+      <c r="C640" t="s">
+        <v>2507</v>
+      </c>
+      <c r="D640" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E640" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F640" t="s">
+        <v>396</v>
+      </c>
+      <c r="G640" s="1" t="s">
         <v>2508</v>
       </c>
-      <c r="B640" t="s">
-[...2 lines deleted...]
-      <c r="C640" t="s">
+      <c r="H640" t="s">
         <v>2509</v>
-      </c>
-[...13 lines deleted...]
-        <v>2511</v>
       </c>
     </row>
     <row r="641" spans="1:8">
       <c r="A641" t="s">
+        <v>2510</v>
+      </c>
+      <c r="B641" t="s">
+        <v>9</v>
+      </c>
+      <c r="C641" t="s">
+        <v>2511</v>
+      </c>
+      <c r="D641" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E641" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F641" t="s">
+        <v>396</v>
+      </c>
+      <c r="G641" s="1" t="s">
         <v>2512</v>
       </c>
-      <c r="B641" t="s">
-[...2 lines deleted...]
-      <c r="C641" t="s">
+      <c r="H641" t="s">
         <v>2513</v>
-      </c>
-[...13 lines deleted...]
-        <v>2515</v>
       </c>
     </row>
     <row r="642" spans="1:8">
       <c r="A642" t="s">
+        <v>2514</v>
+      </c>
+      <c r="B642" t="s">
+        <v>9</v>
+      </c>
+      <c r="C642" t="s">
+        <v>2515</v>
+      </c>
+      <c r="D642" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E642" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F642" t="s">
+        <v>127</v>
+      </c>
+      <c r="G642" s="1" t="s">
         <v>2516</v>
       </c>
-      <c r="B642" t="s">
-[...2 lines deleted...]
-      <c r="C642" t="s">
+      <c r="H642" t="s">
         <v>2517</v>
-      </c>
-[...13 lines deleted...]
-        <v>2519</v>
       </c>
     </row>
     <row r="643" spans="1:8">
       <c r="A643" t="s">
+        <v>2518</v>
+      </c>
+      <c r="B643" t="s">
+        <v>9</v>
+      </c>
+      <c r="C643" t="s">
+        <v>2519</v>
+      </c>
+      <c r="D643" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E643" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F643" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G643" s="1" t="s">
         <v>2520</v>
       </c>
-      <c r="B643" t="s">
-[...2 lines deleted...]
-      <c r="C643" t="s">
+      <c r="H643" t="s">
         <v>2521</v>
-      </c>
-[...13 lines deleted...]
-        <v>2523</v>
       </c>
     </row>
     <row r="644" spans="1:8">
       <c r="A644" t="s">
+        <v>2522</v>
+      </c>
+      <c r="B644" t="s">
+        <v>9</v>
+      </c>
+      <c r="C644" t="s">
+        <v>2523</v>
+      </c>
+      <c r="D644" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E644" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F644" t="s">
+        <v>114</v>
+      </c>
+      <c r="G644" s="1" t="s">
         <v>2524</v>
       </c>
-      <c r="B644" t="s">
-[...2 lines deleted...]
-      <c r="C644" t="s">
+      <c r="H644" t="s">
         <v>2525</v>
-      </c>
-[...13 lines deleted...]
-        <v>2527</v>
       </c>
     </row>
     <row r="645" spans="1:8">
       <c r="A645" t="s">
+        <v>2526</v>
+      </c>
+      <c r="B645" t="s">
+        <v>9</v>
+      </c>
+      <c r="C645" t="s">
+        <v>2527</v>
+      </c>
+      <c r="D645" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E645" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F645" t="s">
+        <v>666</v>
+      </c>
+      <c r="G645" s="1" t="s">
         <v>2528</v>
       </c>
-      <c r="B645" t="s">
-[...2 lines deleted...]
-      <c r="C645" t="s">
+      <c r="H645" t="s">
         <v>2529</v>
-      </c>
-[...13 lines deleted...]
-        <v>2531</v>
       </c>
     </row>
     <row r="646" spans="1:8">
       <c r="A646" t="s">
+        <v>2530</v>
+      </c>
+      <c r="B646" t="s">
+        <v>9</v>
+      </c>
+      <c r="C646" t="s">
+        <v>2531</v>
+      </c>
+      <c r="D646" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E646" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F646" t="s">
+        <v>127</v>
+      </c>
+      <c r="G646" s="1" t="s">
         <v>2532</v>
       </c>
-      <c r="B646" t="s">
-[...2 lines deleted...]
-      <c r="C646" t="s">
+      <c r="H646" t="s">
         <v>2533</v>
-      </c>
-[...13 lines deleted...]
-        <v>2535</v>
       </c>
     </row>
     <row r="647" spans="1:8">
       <c r="A647" t="s">
+        <v>2534</v>
+      </c>
+      <c r="B647" t="s">
+        <v>9</v>
+      </c>
+      <c r="C647" t="s">
+        <v>2535</v>
+      </c>
+      <c r="D647" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E647" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F647" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G647" s="1" t="s">
         <v>2536</v>
       </c>
-      <c r="B647" t="s">
-[...2 lines deleted...]
-      <c r="C647" t="s">
+      <c r="H647" t="s">
         <v>2537</v>
-      </c>
-[...13 lines deleted...]
-        <v>2539</v>
       </c>
     </row>
     <row r="648" spans="1:8">
       <c r="A648" t="s">
+        <v>2538</v>
+      </c>
+      <c r="B648" t="s">
+        <v>9</v>
+      </c>
+      <c r="C648" t="s">
+        <v>2539</v>
+      </c>
+      <c r="D648" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E648" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F648" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G648" s="1" t="s">
         <v>2540</v>
       </c>
-      <c r="B648" t="s">
-[...2 lines deleted...]
-      <c r="C648" t="s">
+      <c r="H648" t="s">
         <v>2541</v>
-      </c>
-[...13 lines deleted...]
-        <v>2543</v>
       </c>
     </row>
     <row r="649" spans="1:8">
       <c r="A649" t="s">
+        <v>2542</v>
+      </c>
+      <c r="B649" t="s">
+        <v>9</v>
+      </c>
+      <c r="C649" t="s">
+        <v>2543</v>
+      </c>
+      <c r="D649" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E649" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F649" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G649" s="1" t="s">
         <v>2544</v>
       </c>
-      <c r="B649" t="s">
-[...2 lines deleted...]
-      <c r="C649" t="s">
+      <c r="H649" t="s">
         <v>2545</v>
-      </c>
-[...13 lines deleted...]
-        <v>2547</v>
       </c>
     </row>
     <row r="650" spans="1:8">
       <c r="A650" t="s">
+        <v>2546</v>
+      </c>
+      <c r="B650" t="s">
+        <v>9</v>
+      </c>
+      <c r="C650" t="s">
+        <v>2547</v>
+      </c>
+      <c r="D650" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E650" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F650" t="s">
+        <v>544</v>
+      </c>
+      <c r="G650" s="1" t="s">
         <v>2548</v>
       </c>
-      <c r="B650" t="s">
-[...2 lines deleted...]
-      <c r="C650" t="s">
+      <c r="H650" t="s">
         <v>2549</v>
-      </c>
-[...13 lines deleted...]
-        <v>2551</v>
       </c>
     </row>
     <row r="651" spans="1:8">
       <c r="A651" t="s">
-        <v>2552</v>
+        <v>2550</v>
       </c>
       <c r="B651" t="s">
         <v>9</v>
       </c>
       <c r="C651" t="s">
-        <v>2553</v>
+        <v>2551</v>
       </c>
       <c r="D651" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E651" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F651" t="s">
         <v>391</v>
       </c>
       <c r="G651" s="1" t="s">
-        <v>2554</v>
+        <v>2552</v>
       </c>
       <c r="H651" t="s">
-        <v>2555</v>
+        <v>2553</v>
       </c>
     </row>
     <row r="652" spans="1:8">
       <c r="A652" t="s">
-        <v>2556</v>
+        <v>2554</v>
       </c>
       <c r="B652" t="s">
         <v>9</v>
       </c>
       <c r="C652" t="s">
-        <v>2557</v>
+        <v>2555</v>
       </c>
       <c r="D652" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E652" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F652" t="s">
         <v>391</v>
       </c>
       <c r="G652" s="1" t="s">
-        <v>2558</v>
+        <v>2556</v>
       </c>
       <c r="H652" t="s">
-        <v>2559</v>
+        <v>2557</v>
       </c>
     </row>
     <row r="653" spans="1:8">
       <c r="A653" t="s">
-        <v>2560</v>
+        <v>2558</v>
       </c>
       <c r="B653" t="s">
         <v>9</v>
       </c>
       <c r="C653" t="s">
-        <v>2561</v>
+        <v>2559</v>
       </c>
       <c r="D653" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E653" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F653" t="s">
         <v>391</v>
       </c>
       <c r="G653" s="1" t="s">
-        <v>2562</v>
+        <v>2560</v>
       </c>
       <c r="H653" t="s">
-        <v>2563</v>
+        <v>2561</v>
       </c>
     </row>
     <row r="654" spans="1:8">
       <c r="A654" t="s">
-        <v>2564</v>
+        <v>2562</v>
       </c>
       <c r="B654" t="s">
         <v>9</v>
       </c>
       <c r="C654" t="s">
-        <v>2565</v>
+        <v>2563</v>
       </c>
       <c r="D654" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E654" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F654" t="s">
         <v>391</v>
       </c>
       <c r="G654" s="1" t="s">
-        <v>2566</v>
+        <v>2564</v>
       </c>
       <c r="H654" t="s">
-        <v>2567</v>
+        <v>2565</v>
       </c>
     </row>
     <row r="655" spans="1:8">
       <c r="A655" t="s">
-        <v>2568</v>
+        <v>2566</v>
       </c>
       <c r="B655" t="s">
         <v>9</v>
       </c>
       <c r="C655" t="s">
-        <v>2569</v>
+        <v>2567</v>
       </c>
       <c r="D655" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E655" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F655" t="s">
         <v>391</v>
       </c>
       <c r="G655" s="1" t="s">
-        <v>2570</v>
+        <v>2568</v>
       </c>
       <c r="H655" t="s">
-        <v>2571</v>
+        <v>2569</v>
       </c>
     </row>
     <row r="656" spans="1:8">
       <c r="A656" t="s">
+        <v>2570</v>
+      </c>
+      <c r="B656" t="s">
+        <v>9</v>
+      </c>
+      <c r="C656" t="s">
+        <v>2571</v>
+      </c>
+      <c r="D656" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E656" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F656" t="s">
+        <v>391</v>
+      </c>
+      <c r="G656" s="1" t="s">
         <v>2572</v>
       </c>
-      <c r="B656" t="s">
-[...2 lines deleted...]
-      <c r="C656" t="s">
+      <c r="H656" t="s">
         <v>2573</v>
-      </c>
-[...13 lines deleted...]
-        <v>2575</v>
       </c>
     </row>
     <row r="657" spans="1:8">
       <c r="A657" t="s">
+        <v>2574</v>
+      </c>
+      <c r="B657" t="s">
+        <v>9</v>
+      </c>
+      <c r="C657" t="s">
+        <v>2575</v>
+      </c>
+      <c r="D657" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E657" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F657" t="s">
+        <v>391</v>
+      </c>
+      <c r="G657" s="1" t="s">
         <v>2576</v>
       </c>
-      <c r="B657" t="s">
-[...2 lines deleted...]
-      <c r="C657" t="s">
+      <c r="H657" t="s">
         <v>2577</v>
-      </c>
-[...13 lines deleted...]
-        <v>2579</v>
       </c>
     </row>
     <row r="658" spans="1:8">
       <c r="A658" t="s">
+        <v>2578</v>
+      </c>
+      <c r="B658" t="s">
+        <v>9</v>
+      </c>
+      <c r="C658" t="s">
+        <v>2579</v>
+      </c>
+      <c r="D658" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E658" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F658" t="s">
+        <v>391</v>
+      </c>
+      <c r="G658" s="1" t="s">
         <v>2580</v>
       </c>
-      <c r="B658" t="s">
-[...2 lines deleted...]
-      <c r="C658" t="s">
+      <c r="H658" t="s">
         <v>2581</v>
-      </c>
-[...13 lines deleted...]
-        <v>2583</v>
       </c>
     </row>
     <row r="659" spans="1:8">
       <c r="A659" t="s">
+        <v>2582</v>
+      </c>
+      <c r="B659" t="s">
+        <v>9</v>
+      </c>
+      <c r="C659" t="s">
+        <v>2583</v>
+      </c>
+      <c r="D659" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E659" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F659" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G659" s="1" t="s">
         <v>2584</v>
       </c>
-      <c r="B659" t="s">
-[...2 lines deleted...]
-      <c r="C659" t="s">
+      <c r="H659" t="s">
         <v>2585</v>
-      </c>
-[...13 lines deleted...]
-        <v>2587</v>
       </c>
     </row>
     <row r="660" spans="1:8">
       <c r="A660" t="s">
+        <v>2586</v>
+      </c>
+      <c r="B660" t="s">
+        <v>9</v>
+      </c>
+      <c r="C660" t="s">
+        <v>2587</v>
+      </c>
+      <c r="D660" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E660" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F660" t="s">
+        <v>127</v>
+      </c>
+      <c r="G660" s="1" t="s">
         <v>2588</v>
       </c>
-      <c r="B660" t="s">
-[...2 lines deleted...]
-      <c r="C660" t="s">
+      <c r="H660" t="s">
         <v>2589</v>
-      </c>
-[...13 lines deleted...]
-        <v>2591</v>
       </c>
     </row>
     <row r="661" spans="1:8">
       <c r="A661" t="s">
+        <v>2590</v>
+      </c>
+      <c r="B661" t="s">
+        <v>9</v>
+      </c>
+      <c r="C661" t="s">
+        <v>2591</v>
+      </c>
+      <c r="D661" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E661" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F661" t="s">
+        <v>127</v>
+      </c>
+      <c r="G661" s="1" t="s">
         <v>2592</v>
       </c>
-      <c r="B661" t="s">
-[...2 lines deleted...]
-      <c r="C661" t="s">
+      <c r="H661" t="s">
         <v>2593</v>
-      </c>
-[...13 lines deleted...]
-        <v>2595</v>
       </c>
     </row>
     <row r="662" spans="1:8">
       <c r="A662" t="s">
+        <v>2594</v>
+      </c>
+      <c r="B662" t="s">
+        <v>9</v>
+      </c>
+      <c r="C662" t="s">
+        <v>2595</v>
+      </c>
+      <c r="D662" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E662" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F662" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G662" s="1" t="s">
         <v>2596</v>
       </c>
-      <c r="B662" t="s">
-[...2 lines deleted...]
-      <c r="C662" t="s">
+      <c r="H662" t="s">
         <v>2597</v>
-      </c>
-[...13 lines deleted...]
-        <v>2599</v>
       </c>
     </row>
     <row r="663" spans="1:8">
       <c r="A663" t="s">
+        <v>2598</v>
+      </c>
+      <c r="B663" t="s">
+        <v>9</v>
+      </c>
+      <c r="C663" t="s">
+        <v>2599</v>
+      </c>
+      <c r="D663" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E663" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F663" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G663" s="1" t="s">
         <v>2600</v>
       </c>
-      <c r="B663" t="s">
-[...2 lines deleted...]
-      <c r="C663" t="s">
+      <c r="H663" t="s">
         <v>2601</v>
-      </c>
-[...13 lines deleted...]
-        <v>2603</v>
       </c>
     </row>
     <row r="664" spans="1:8">
       <c r="A664" t="s">
+        <v>2602</v>
+      </c>
+      <c r="B664" t="s">
+        <v>9</v>
+      </c>
+      <c r="C664" t="s">
+        <v>2603</v>
+      </c>
+      <c r="D664" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E664" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F664" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G664" s="1" t="s">
         <v>2604</v>
       </c>
-      <c r="B664" t="s">
-[...2 lines deleted...]
-      <c r="C664" t="s">
+      <c r="H664" t="s">
         <v>2605</v>
-      </c>
-[...13 lines deleted...]
-        <v>2607</v>
       </c>
     </row>
     <row r="665" spans="1:8">
       <c r="A665" t="s">
+        <v>2606</v>
+      </c>
+      <c r="B665" t="s">
+        <v>9</v>
+      </c>
+      <c r="C665" t="s">
+        <v>2607</v>
+      </c>
+      <c r="D665" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E665" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F665" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G665" s="1" t="s">
         <v>2608</v>
       </c>
-      <c r="B665" t="s">
-[...2 lines deleted...]
-      <c r="C665" t="s">
+      <c r="H665" t="s">
         <v>2609</v>
-      </c>
-[...13 lines deleted...]
-        <v>2611</v>
       </c>
     </row>
     <row r="666" spans="1:8">
       <c r="A666" t="s">
+        <v>2610</v>
+      </c>
+      <c r="B666" t="s">
+        <v>9</v>
+      </c>
+      <c r="C666" t="s">
+        <v>2611</v>
+      </c>
+      <c r="D666" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E666" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F666" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G666" s="1" t="s">
         <v>2612</v>
       </c>
-      <c r="B666" t="s">
-[...2 lines deleted...]
-      <c r="C666" t="s">
+      <c r="H666" t="s">
         <v>2613</v>
-      </c>
-[...13 lines deleted...]
-        <v>2615</v>
       </c>
     </row>
     <row r="667" spans="1:8">
       <c r="A667" t="s">
+        <v>2614</v>
+      </c>
+      <c r="B667" t="s">
+        <v>9</v>
+      </c>
+      <c r="C667" t="s">
+        <v>2615</v>
+      </c>
+      <c r="D667" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E667" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F667" t="s">
+        <v>645</v>
+      </c>
+      <c r="G667" s="1" t="s">
         <v>2616</v>
       </c>
-      <c r="B667" t="s">
-[...2 lines deleted...]
-      <c r="C667" t="s">
+      <c r="H667" t="s">
         <v>2617</v>
-      </c>
-[...13 lines deleted...]
-        <v>2619</v>
       </c>
     </row>
     <row r="668" spans="1:8">
       <c r="A668" t="s">
+        <v>2618</v>
+      </c>
+      <c r="B668" t="s">
+        <v>9</v>
+      </c>
+      <c r="C668" t="s">
+        <v>2619</v>
+      </c>
+      <c r="D668" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E668" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F668" t="s">
+        <v>544</v>
+      </c>
+      <c r="G668" s="1" t="s">
         <v>2620</v>
       </c>
-      <c r="B668" t="s">
-[...2 lines deleted...]
-      <c r="C668" t="s">
+      <c r="H668" t="s">
         <v>2621</v>
-      </c>
-[...13 lines deleted...]
-        <v>2623</v>
       </c>
     </row>
     <row r="669" spans="1:8">
       <c r="A669" t="s">
+        <v>2622</v>
+      </c>
+      <c r="B669" t="s">
+        <v>9</v>
+      </c>
+      <c r="C669" t="s">
+        <v>2623</v>
+      </c>
+      <c r="D669" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E669" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F669" t="s">
+        <v>391</v>
+      </c>
+      <c r="G669" s="1" t="s">
         <v>2624</v>
       </c>
-      <c r="B669" t="s">
-[...2 lines deleted...]
-      <c r="C669" t="s">
+      <c r="H669" t="s">
         <v>2625</v>
-      </c>
-[...13 lines deleted...]
-        <v>2627</v>
       </c>
     </row>
     <row r="670" spans="1:8">
       <c r="A670" t="s">
+        <v>2626</v>
+      </c>
+      <c r="B670" t="s">
+        <v>9</v>
+      </c>
+      <c r="C670" t="s">
+        <v>2627</v>
+      </c>
+      <c r="D670" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E670" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F670" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G670" s="1" t="s">
         <v>2628</v>
       </c>
-      <c r="B670" t="s">
-[...2 lines deleted...]
-      <c r="C670" t="s">
+      <c r="H670" t="s">
         <v>2629</v>
-      </c>
-[...13 lines deleted...]
-        <v>2631</v>
       </c>
     </row>
     <row r="671" spans="1:8">
       <c r="A671" t="s">
+        <v>2630</v>
+      </c>
+      <c r="B671" t="s">
+        <v>9</v>
+      </c>
+      <c r="C671" t="s">
+        <v>2631</v>
+      </c>
+      <c r="D671" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E671" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F671" t="s">
+        <v>127</v>
+      </c>
+      <c r="G671" s="1" t="s">
         <v>2632</v>
       </c>
-      <c r="B671" t="s">
-[...2 lines deleted...]
-      <c r="C671" t="s">
+      <c r="H671" t="s">
         <v>2633</v>
-      </c>
-[...13 lines deleted...]
-        <v>2635</v>
       </c>
     </row>
     <row r="672" spans="1:8">
       <c r="A672" t="s">
+        <v>2634</v>
+      </c>
+      <c r="B672" t="s">
+        <v>9</v>
+      </c>
+      <c r="C672" t="s">
+        <v>2635</v>
+      </c>
+      <c r="D672" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E672" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F672" t="s">
+        <v>13</v>
+      </c>
+      <c r="G672" s="1" t="s">
         <v>2636</v>
       </c>
-      <c r="B672" t="s">
-[...2 lines deleted...]
-      <c r="C672" t="s">
+      <c r="H672" t="s">
         <v>2637</v>
-      </c>
-[...13 lines deleted...]
-        <v>2639</v>
       </c>
     </row>
     <row r="673" spans="1:8">
       <c r="A673" t="s">
+        <v>2638</v>
+      </c>
+      <c r="B673" t="s">
+        <v>9</v>
+      </c>
+      <c r="C673" t="s">
+        <v>2639</v>
+      </c>
+      <c r="D673" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E673" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F673" t="s">
+        <v>620</v>
+      </c>
+      <c r="G673" s="1" t="s">
         <v>2640</v>
       </c>
-      <c r="B673" t="s">
-[...2 lines deleted...]
-      <c r="C673" t="s">
+      <c r="H673" t="s">
         <v>2641</v>
-      </c>
-[...13 lines deleted...]
-        <v>2643</v>
       </c>
     </row>
     <row r="674" spans="1:8">
       <c r="A674" t="s">
+        <v>2642</v>
+      </c>
+      <c r="B674" t="s">
+        <v>9</v>
+      </c>
+      <c r="C674" t="s">
+        <v>2643</v>
+      </c>
+      <c r="D674" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E674" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F674" t="s">
+        <v>544</v>
+      </c>
+      <c r="G674" s="1" t="s">
         <v>2644</v>
       </c>
-      <c r="B674" t="s">
-[...2 lines deleted...]
-      <c r="C674" t="s">
+      <c r="H674" t="s">
         <v>2645</v>
-      </c>
-[...13 lines deleted...]
-        <v>2647</v>
       </c>
     </row>
     <row r="675" spans="1:8">
       <c r="A675" t="s">
+        <v>2646</v>
+      </c>
+      <c r="B675" t="s">
+        <v>9</v>
+      </c>
+      <c r="C675" t="s">
+        <v>2647</v>
+      </c>
+      <c r="D675" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E675" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F675" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G675" s="1" t="s">
         <v>2648</v>
       </c>
-      <c r="B675" t="s">
-[...2 lines deleted...]
-      <c r="C675" t="s">
+      <c r="H675" t="s">
         <v>2649</v>
-      </c>
-[...13 lines deleted...]
-        <v>2651</v>
       </c>
     </row>
     <row r="676" spans="1:8">
       <c r="A676" t="s">
+        <v>2650</v>
+      </c>
+      <c r="B676" t="s">
+        <v>9</v>
+      </c>
+      <c r="C676" t="s">
+        <v>2651</v>
+      </c>
+      <c r="D676" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E676" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F676" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G676" s="1" t="s">
         <v>2652</v>
       </c>
-      <c r="B676" t="s">
-[...2 lines deleted...]
-      <c r="C676" t="s">
+      <c r="H676" t="s">
         <v>2653</v>
-      </c>
-[...13 lines deleted...]
-        <v>2655</v>
       </c>
     </row>
     <row r="677" spans="1:8">
       <c r="A677" t="s">
+        <v>2654</v>
+      </c>
+      <c r="B677" t="s">
+        <v>9</v>
+      </c>
+      <c r="C677" t="s">
+        <v>2655</v>
+      </c>
+      <c r="D677" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E677" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F677" t="s">
+        <v>391</v>
+      </c>
+      <c r="G677" s="1" t="s">
         <v>2656</v>
       </c>
-      <c r="B677" t="s">
-[...2 lines deleted...]
-      <c r="C677" t="s">
+      <c r="H677" t="s">
         <v>2657</v>
-      </c>
-[...13 lines deleted...]
-        <v>2658</v>
       </c>
     </row>
     <row r="678" spans="1:8">
       <c r="A678" t="s">
+        <v>2658</v>
+      </c>
+      <c r="B678" t="s">
+        <v>9</v>
+      </c>
+      <c r="C678" t="s">
         <v>2659</v>
       </c>
-      <c r="B678" t="s">
-[...2 lines deleted...]
-      <c r="C678" t="s">
+      <c r="D678" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E678" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F678" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G678" s="1" t="s">
         <v>2660</v>
       </c>
-      <c r="D678" t="s">
-[...8 lines deleted...]
-      <c r="G678" s="1" t="s">
+      <c r="H678" t="s">
         <v>2661</v>
-      </c>
-[...1 lines deleted...]
-        <v>2662</v>
       </c>
     </row>
     <row r="679" spans="1:8">
       <c r="A679" t="s">
+        <v>2662</v>
+      </c>
+      <c r="B679" t="s">
+        <v>9</v>
+      </c>
+      <c r="C679" t="s">
         <v>2663</v>
       </c>
-      <c r="B679" t="s">
-[...2 lines deleted...]
-      <c r="C679" t="s">
+      <c r="D679" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E679" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F679" t="s">
+        <v>391</v>
+      </c>
+      <c r="G679" s="1" t="s">
         <v>2664</v>
       </c>
-      <c r="D679" t="s">
-[...8 lines deleted...]
-      <c r="G679" s="1" t="s">
+      <c r="H679" t="s">
         <v>2665</v>
-      </c>
-[...1 lines deleted...]
-        <v>2666</v>
       </c>
     </row>
     <row r="680" spans="1:8">
       <c r="A680" t="s">
+        <v>2666</v>
+      </c>
+      <c r="B680" t="s">
+        <v>9</v>
+      </c>
+      <c r="C680" t="s">
         <v>2667</v>
       </c>
-      <c r="B680" t="s">
-[...2 lines deleted...]
-      <c r="C680" t="s">
+      <c r="D680" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E680" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F680" t="s">
+        <v>544</v>
+      </c>
+      <c r="G680" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H680" t="s">
         <v>2668</v>
-      </c>
-[...13 lines deleted...]
-        <v>2670</v>
       </c>
     </row>
     <row r="681" spans="1:8">
       <c r="A681" t="s">
-        <v>2671</v>
+        <v>2669</v>
       </c>
       <c r="B681" t="s">
         <v>9</v>
       </c>
       <c r="C681" t="s">
-        <v>2672</v>
+        <v>2670</v>
       </c>
       <c r="D681" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E681" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F681" t="s">
         <v>1055</v>
       </c>
       <c r="G681" s="1" t="s">
-        <v>2673</v>
+        <v>2671</v>
       </c>
       <c r="H681" t="s">
-        <v>2674</v>
+        <v>2672</v>
       </c>
     </row>
     <row r="682" spans="1:8">
       <c r="A682" t="s">
-        <v>2675</v>
+        <v>2673</v>
       </c>
       <c r="B682" t="s">
         <v>9</v>
       </c>
       <c r="C682" t="s">
-        <v>2676</v>
+        <v>2674</v>
       </c>
       <c r="D682" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E682" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F682" t="s">
         <v>1055</v>
       </c>
       <c r="G682" s="1" t="s">
-        <v>2677</v>
+        <v>2675</v>
       </c>
       <c r="H682" t="s">
-        <v>2678</v>
+        <v>2676</v>
       </c>
     </row>
     <row r="683" spans="1:8">
       <c r="A683" t="s">
-        <v>2679</v>
+        <v>2677</v>
       </c>
       <c r="B683" t="s">
         <v>9</v>
       </c>
       <c r="C683" t="s">
-        <v>2680</v>
+        <v>2678</v>
       </c>
       <c r="D683" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E683" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F683" t="s">
         <v>1055</v>
       </c>
       <c r="G683" s="1" t="s">
-        <v>2681</v>
+        <v>2679</v>
       </c>
       <c r="H683" t="s">
-        <v>2682</v>
+        <v>2680</v>
       </c>
     </row>
     <row r="684" spans="1:8">
       <c r="A684" t="s">
-        <v>2683</v>
+        <v>2681</v>
       </c>
       <c r="B684" t="s">
         <v>9</v>
       </c>
       <c r="C684" t="s">
-        <v>2684</v>
+        <v>2682</v>
       </c>
       <c r="D684" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E684" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F684" t="s">
         <v>1055</v>
       </c>
       <c r="G684" s="1" t="s">
-        <v>2685</v>
+        <v>2683</v>
       </c>
       <c r="H684" t="s">
-        <v>2686</v>
+        <v>2684</v>
       </c>
     </row>
     <row r="685" spans="1:8">
       <c r="A685" t="s">
+        <v>2685</v>
+      </c>
+      <c r="B685" t="s">
+        <v>9</v>
+      </c>
+      <c r="C685" t="s">
+        <v>2686</v>
+      </c>
+      <c r="D685" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E685" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F685" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G685" s="1" t="s">
         <v>2687</v>
       </c>
-      <c r="B685" t="s">
-[...2 lines deleted...]
-      <c r="C685" t="s">
+      <c r="H685" t="s">
         <v>2688</v>
-      </c>
-[...13 lines deleted...]
-        <v>2690</v>
       </c>
     </row>
     <row r="686" spans="1:8">
       <c r="A686" t="s">
+        <v>2689</v>
+      </c>
+      <c r="B686" t="s">
+        <v>9</v>
+      </c>
+      <c r="C686" t="s">
+        <v>2690</v>
+      </c>
+      <c r="D686" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E686" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F686" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G686" s="1" t="s">
         <v>2691</v>
       </c>
-      <c r="B686" t="s">
-[...2 lines deleted...]
-      <c r="C686" t="s">
+      <c r="H686" t="s">
         <v>2692</v>
-      </c>
-[...13 lines deleted...]
-        <v>2694</v>
       </c>
     </row>
     <row r="687" spans="1:8">
       <c r="A687" t="s">
+        <v>2693</v>
+      </c>
+      <c r="B687" t="s">
+        <v>9</v>
+      </c>
+      <c r="C687" t="s">
+        <v>2694</v>
+      </c>
+      <c r="D687" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E687" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F687" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G687" s="1" t="s">
         <v>2695</v>
       </c>
-      <c r="B687" t="s">
-[...2 lines deleted...]
-      <c r="C687" t="s">
+      <c r="H687" t="s">
         <v>2696</v>
-      </c>
-[...13 lines deleted...]
-        <v>2698</v>
       </c>
     </row>
     <row r="688" spans="1:8">
       <c r="A688" t="s">
+        <v>2697</v>
+      </c>
+      <c r="B688" t="s">
+        <v>9</v>
+      </c>
+      <c r="C688" t="s">
+        <v>2698</v>
+      </c>
+      <c r="D688" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E688" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F688" t="s">
+        <v>645</v>
+      </c>
+      <c r="G688" s="1" t="s">
         <v>2699</v>
       </c>
-      <c r="B688" t="s">
-[...2 lines deleted...]
-      <c r="C688" t="s">
+      <c r="H688" t="s">
         <v>2700</v>
-      </c>
-[...13 lines deleted...]
-        <v>2702</v>
       </c>
     </row>
     <row r="689" spans="1:8">
       <c r="A689" t="s">
+        <v>2701</v>
+      </c>
+      <c r="B689" t="s">
+        <v>9</v>
+      </c>
+      <c r="C689" t="s">
+        <v>2702</v>
+      </c>
+      <c r="D689" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E689" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F689" t="s">
+        <v>396</v>
+      </c>
+      <c r="G689" s="1" t="s">
         <v>2703</v>
       </c>
-      <c r="B689" t="s">
-[...2 lines deleted...]
-      <c r="C689" t="s">
+      <c r="H689" t="s">
         <v>2704</v>
-      </c>
-[...13 lines deleted...]
-        <v>2706</v>
       </c>
     </row>
     <row r="690" spans="1:8">
       <c r="A690" t="s">
+        <v>2705</v>
+      </c>
+      <c r="B690" t="s">
+        <v>9</v>
+      </c>
+      <c r="C690" t="s">
+        <v>2706</v>
+      </c>
+      <c r="D690" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E690" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F690" t="s">
+        <v>127</v>
+      </c>
+      <c r="G690" s="1" t="s">
         <v>2707</v>
       </c>
-      <c r="B690" t="s">
-[...14 lines deleted...]
-      <c r="G690" s="1" t="s">
+      <c r="H690" t="s">
         <v>2708</v>
-      </c>
-[...1 lines deleted...]
-        <v>2499</v>
       </c>
     </row>
     <row r="691" spans="1:8">
       <c r="A691" t="s">
         <v>2709</v>
       </c>
       <c r="B691" t="s">
         <v>9</v>
       </c>
       <c r="C691" t="s">
-        <v>257</v>
+        <v>2710</v>
       </c>
       <c r="D691" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E691" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F691" t="s">
-        <v>666</v>
+        <v>114</v>
       </c>
       <c r="G691" s="1" t="s">
-        <v>2710</v>
+        <v>2711</v>
       </c>
       <c r="H691" t="s">
-        <v>2711</v>
+        <v>2712</v>
       </c>
     </row>
     <row r="692" spans="1:8">
       <c r="A692" t="s">
-        <v>2712</v>
+        <v>2713</v>
       </c>
       <c r="B692" t="s">
         <v>9</v>
       </c>
       <c r="C692" t="s">
-        <v>189</v>
+        <v>2714</v>
       </c>
       <c r="D692" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E692" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F692" t="s">
-        <v>1055</v>
+        <v>114</v>
       </c>
       <c r="G692" s="1" t="s">
-        <v>2713</v>
+        <v>2715</v>
       </c>
       <c r="H692" t="s">
-        <v>2714</v>
+        <v>2716</v>
       </c>
     </row>
     <row r="693" spans="1:8">
       <c r="A693" t="s">
-        <v>2715</v>
+        <v>2717</v>
       </c>
       <c r="B693" t="s">
         <v>9</v>
       </c>
       <c r="C693" t="s">
-        <v>193</v>
+        <v>165</v>
       </c>
       <c r="D693" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E693" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F693" t="s">
-        <v>1055</v>
+        <v>396</v>
       </c>
       <c r="G693" s="1" t="s">
-        <v>2716</v>
+        <v>2718</v>
       </c>
       <c r="H693" t="s">
-        <v>2717</v>
+        <v>2509</v>
       </c>
     </row>
     <row r="694" spans="1:8">
       <c r="A694" t="s">
-        <v>2718</v>
+        <v>2719</v>
       </c>
       <c r="B694" t="s">
         <v>9</v>
       </c>
       <c r="C694" t="s">
-        <v>269</v>
+        <v>257</v>
       </c>
       <c r="D694" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E694" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F694" t="s">
-        <v>1055</v>
+        <v>666</v>
       </c>
       <c r="G694" s="1" t="s">
-        <v>2719</v>
+        <v>2720</v>
       </c>
       <c r="H694" t="s">
-        <v>2720</v>
+        <v>2721</v>
       </c>
     </row>
     <row r="695" spans="1:8">
       <c r="A695" t="s">
-        <v>2721</v>
+        <v>2722</v>
       </c>
       <c r="B695" t="s">
         <v>9</v>
       </c>
       <c r="C695" t="s">
-        <v>197</v>
+        <v>189</v>
       </c>
       <c r="D695" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E695" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F695" t="s">
         <v>1055</v>
       </c>
       <c r="G695" s="1" t="s">
-        <v>2722</v>
+        <v>2723</v>
       </c>
       <c r="H695" t="s">
-        <v>2723</v>
+        <v>2724</v>
       </c>
     </row>
     <row r="696" spans="1:8">
       <c r="A696" t="s">
-        <v>2724</v>
+        <v>2725</v>
       </c>
       <c r="B696" t="s">
         <v>9</v>
       </c>
       <c r="C696" t="s">
-        <v>338</v>
+        <v>193</v>
       </c>
       <c r="D696" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E696" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F696" t="s">
         <v>1055</v>
       </c>
       <c r="G696" s="1" t="s">
-        <v>2725</v>
+        <v>2726</v>
       </c>
       <c r="H696" t="s">
-        <v>2726</v>
+        <v>2727</v>
       </c>
     </row>
     <row r="697" spans="1:8">
       <c r="A697" t="s">
-        <v>2727</v>
+        <v>2728</v>
       </c>
       <c r="B697" t="s">
         <v>9</v>
       </c>
       <c r="C697" t="s">
-        <v>201</v>
+        <v>269</v>
       </c>
       <c r="D697" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E697" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F697" t="s">
         <v>1055</v>
       </c>
       <c r="G697" s="1" t="s">
-        <v>2728</v>
+        <v>2729</v>
       </c>
       <c r="H697" t="s">
-        <v>2729</v>
+        <v>2730</v>
       </c>
     </row>
     <row r="698" spans="1:8">
       <c r="A698" t="s">
-        <v>2730</v>
+        <v>2731</v>
       </c>
       <c r="B698" t="s">
         <v>9</v>
       </c>
       <c r="C698" t="s">
-        <v>342</v>
+        <v>197</v>
       </c>
       <c r="D698" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E698" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F698" t="s">
         <v>1055</v>
       </c>
       <c r="G698" s="1" t="s">
-        <v>2731</v>
+        <v>2732</v>
       </c>
       <c r="H698" t="s">
-        <v>2732</v>
+        <v>2733</v>
       </c>
     </row>
     <row r="699" spans="1:8">
       <c r="A699" t="s">
-        <v>2733</v>
+        <v>2734</v>
       </c>
       <c r="B699" t="s">
         <v>9</v>
       </c>
       <c r="C699" t="s">
-        <v>346</v>
+        <v>338</v>
       </c>
       <c r="D699" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E699" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F699" t="s">
         <v>1055</v>
       </c>
       <c r="G699" s="1" t="s">
-        <v>2734</v>
+        <v>2735</v>
       </c>
       <c r="H699" t="s">
-        <v>2735</v>
+        <v>2736</v>
       </c>
     </row>
     <row r="700" spans="1:8">
       <c r="A700" t="s">
-        <v>2736</v>
+        <v>2737</v>
       </c>
       <c r="B700" t="s">
         <v>9</v>
       </c>
       <c r="C700" t="s">
-        <v>350</v>
+        <v>201</v>
       </c>
       <c r="D700" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E700" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F700" t="s">
         <v>1055</v>
       </c>
       <c r="G700" s="1" t="s">
-        <v>2737</v>
+        <v>2738</v>
       </c>
       <c r="H700" t="s">
-        <v>2738</v>
+        <v>2739</v>
       </c>
     </row>
     <row r="701" spans="1:8">
       <c r="A701" t="s">
-        <v>2739</v>
+        <v>2740</v>
       </c>
       <c r="B701" t="s">
         <v>9</v>
       </c>
       <c r="C701" t="s">
-        <v>205</v>
+        <v>342</v>
       </c>
       <c r="D701" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E701" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F701" t="s">
         <v>1055</v>
       </c>
       <c r="G701" s="1" t="s">
-        <v>2740</v>
+        <v>2741</v>
       </c>
       <c r="H701" t="s">
-        <v>2741</v>
+        <v>2742</v>
       </c>
     </row>
     <row r="702" spans="1:8">
       <c r="A702" t="s">
-        <v>2742</v>
+        <v>2743</v>
       </c>
       <c r="B702" t="s">
         <v>9</v>
       </c>
       <c r="C702" t="s">
-        <v>209</v>
+        <v>346</v>
       </c>
       <c r="D702" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E702" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F702" t="s">
         <v>1055</v>
       </c>
       <c r="G702" s="1" t="s">
-        <v>2743</v>
+        <v>2744</v>
       </c>
       <c r="H702" t="s">
-        <v>2744</v>
+        <v>2745</v>
       </c>
     </row>
     <row r="703" spans="1:8">
       <c r="A703" t="s">
-        <v>2745</v>
+        <v>2746</v>
       </c>
       <c r="B703" t="s">
         <v>9</v>
       </c>
       <c r="C703" t="s">
-        <v>213</v>
+        <v>350</v>
       </c>
       <c r="D703" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E703" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F703" t="s">
         <v>1055</v>
       </c>
       <c r="G703" s="1" t="s">
-        <v>2746</v>
+        <v>2747</v>
       </c>
       <c r="H703" t="s">
-        <v>2747</v>
+        <v>2748</v>
       </c>
     </row>
     <row r="704" spans="1:8">
       <c r="A704" t="s">
-        <v>2748</v>
+        <v>2749</v>
       </c>
       <c r="B704" t="s">
         <v>9</v>
       </c>
       <c r="C704" t="s">
-        <v>2749</v>
+        <v>205</v>
       </c>
       <c r="D704" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E704" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F704" t="s">
-        <v>620</v>
+        <v>1055</v>
       </c>
       <c r="G704" s="1" t="s">
-        <v>46</v>
+        <v>2750</v>
       </c>
       <c r="H704" t="s">
-        <v>2750</v>
+        <v>2751</v>
       </c>
     </row>
     <row r="705" spans="1:8">
       <c r="A705" t="s">
-        <v>2751</v>
+        <v>2752</v>
       </c>
       <c r="B705" t="s">
         <v>9</v>
       </c>
       <c r="C705" t="s">
-        <v>403</v>
+        <v>209</v>
       </c>
       <c r="D705" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E705" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F705" t="s">
-        <v>666</v>
+        <v>1055</v>
       </c>
       <c r="G705" s="1" t="s">
-        <v>2752</v>
+        <v>2753</v>
       </c>
       <c r="H705" t="s">
-        <v>2753</v>
+        <v>2754</v>
       </c>
     </row>
     <row r="706" spans="1:8">
       <c r="A706" t="s">
-        <v>2754</v>
+        <v>2755</v>
       </c>
       <c r="B706" t="s">
         <v>9</v>
       </c>
       <c r="C706" t="s">
-        <v>2136</v>
+        <v>213</v>
       </c>
       <c r="D706" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E706" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F706" t="s">
         <v>1055</v>
       </c>
       <c r="G706" s="1" t="s">
-        <v>46</v>
+        <v>2756</v>
       </c>
       <c r="H706" t="s">
-        <v>2755</v>
+        <v>2757</v>
       </c>
     </row>
     <row r="707" spans="1:8">
       <c r="A707" t="s">
-        <v>2756</v>
+        <v>2758</v>
       </c>
       <c r="B707" t="s">
         <v>9</v>
       </c>
       <c r="C707" t="s">
-        <v>441</v>
+        <v>2759</v>
       </c>
       <c r="D707" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E707" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F707" t="s">
-        <v>1055</v>
+        <v>620</v>
       </c>
       <c r="G707" s="1" t="s">
-        <v>2757</v>
+        <v>46</v>
       </c>
       <c r="H707" t="s">
-        <v>2758</v>
+        <v>2760</v>
       </c>
     </row>
     <row r="708" spans="1:8">
       <c r="A708" t="s">
-        <v>2759</v>
+        <v>2761</v>
       </c>
       <c r="B708" t="s">
         <v>9</v>
       </c>
       <c r="C708" t="s">
-        <v>448</v>
+        <v>403</v>
       </c>
       <c r="D708" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E708" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F708" t="s">
-        <v>1055</v>
+        <v>666</v>
       </c>
       <c r="G708" s="1" t="s">
-        <v>2760</v>
+        <v>2762</v>
       </c>
       <c r="H708" t="s">
-        <v>2761</v>
+        <v>2763</v>
       </c>
     </row>
     <row r="709" spans="1:8">
       <c r="A709" t="s">
-        <v>2762</v>
+        <v>2764</v>
       </c>
       <c r="B709" t="s">
         <v>9</v>
       </c>
       <c r="C709" t="s">
-        <v>452</v>
+        <v>2146</v>
       </c>
       <c r="D709" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E709" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F709" t="s">
         <v>1055</v>
       </c>
       <c r="G709" s="1" t="s">
-        <v>2763</v>
+        <v>46</v>
       </c>
       <c r="H709" t="s">
-        <v>2764</v>
+        <v>2765</v>
       </c>
     </row>
     <row r="710" spans="1:8">
       <c r="A710" t="s">
-        <v>2765</v>
+        <v>2766</v>
       </c>
       <c r="B710" t="s">
         <v>9</v>
       </c>
       <c r="C710" t="s">
-        <v>2766</v>
+        <v>441</v>
       </c>
       <c r="D710" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E710" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F710" t="s">
         <v>1055</v>
       </c>
       <c r="G710" s="1" t="s">
         <v>2767</v>
       </c>
       <c r="H710" t="s">
         <v>2768</v>
       </c>
     </row>
     <row r="711" spans="1:8">
       <c r="A711" t="s">
         <v>2769</v>
       </c>
       <c r="B711" t="s">
         <v>9</v>
       </c>
       <c r="C711" t="s">
-        <v>2770</v>
+        <v>448</v>
       </c>
       <c r="D711" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E711" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F711" t="s">
         <v>1055</v>
       </c>
       <c r="G711" s="1" t="s">
+        <v>2770</v>
+      </c>
+      <c r="H711" t="s">
         <v>2771</v>
-      </c>
-[...1 lines deleted...]
-        <v>2772</v>
       </c>
     </row>
     <row r="712" spans="1:8">
       <c r="A712" t="s">
-        <v>2773</v>
+        <v>2772</v>
       </c>
       <c r="B712" t="s">
         <v>9</v>
       </c>
       <c r="C712" t="s">
-        <v>2774</v>
+        <v>452</v>
       </c>
       <c r="D712" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E712" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F712" t="s">
         <v>1055</v>
       </c>
       <c r="G712" s="1" t="s">
-        <v>2775</v>
+        <v>2773</v>
       </c>
       <c r="H712" t="s">
-        <v>2776</v>
+        <v>2774</v>
       </c>
     </row>
     <row r="713" spans="1:8">
       <c r="A713" t="s">
-        <v>2777</v>
+        <v>2775</v>
       </c>
       <c r="B713" t="s">
         <v>9</v>
       </c>
       <c r="C713" t="s">
-        <v>2778</v>
+        <v>2776</v>
       </c>
       <c r="D713" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E713" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F713" t="s">
         <v>1055</v>
       </c>
       <c r="G713" s="1" t="s">
-        <v>2779</v>
+        <v>2777</v>
       </c>
       <c r="H713" t="s">
-        <v>2780</v>
+        <v>2778</v>
       </c>
     </row>
     <row r="714" spans="1:8">
       <c r="A714" t="s">
-        <v>2781</v>
+        <v>2779</v>
       </c>
       <c r="B714" t="s">
         <v>9</v>
       </c>
       <c r="C714" t="s">
-        <v>2782</v>
+        <v>2780</v>
       </c>
       <c r="D714" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E714" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F714" t="s">
         <v>1055</v>
       </c>
       <c r="G714" s="1" t="s">
-        <v>2783</v>
+        <v>2781</v>
       </c>
       <c r="H714" t="s">
-        <v>2784</v>
+        <v>2782</v>
       </c>
     </row>
     <row r="715" spans="1:8">
       <c r="A715" t="s">
-        <v>2785</v>
+        <v>2783</v>
       </c>
       <c r="B715" t="s">
         <v>9</v>
       </c>
       <c r="C715" t="s">
-        <v>2786</v>
+        <v>2784</v>
       </c>
       <c r="D715" t="s">
-        <v>2113</v>
+        <v>2123</v>
       </c>
       <c r="E715" t="s">
-        <v>2114</v>
+        <v>2124</v>
       </c>
       <c r="F715" t="s">
         <v>1055</v>
       </c>
       <c r="G715" s="1" t="s">
-        <v>2787</v>
+        <v>2785</v>
       </c>
       <c r="H715" t="s">
-        <v>2788</v>
+        <v>2786</v>
       </c>
     </row>
     <row r="716" spans="1:8">
       <c r="A716" t="s">
+        <v>2787</v>
+      </c>
+      <c r="B716" t="s">
+        <v>9</v>
+      </c>
+      <c r="C716" t="s">
+        <v>2788</v>
+      </c>
+      <c r="D716" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E716" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F716" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G716" s="1" t="s">
         <v>2789</v>
       </c>
-      <c r="B716" t="s">
-[...2 lines deleted...]
-      <c r="C716" t="s">
+      <c r="H716" t="s">
         <v>2790</v>
-      </c>
-[...13 lines deleted...]
-        <v>2792</v>
       </c>
     </row>
     <row r="717" spans="1:8">
       <c r="A717" t="s">
+        <v>2791</v>
+      </c>
+      <c r="B717" t="s">
+        <v>9</v>
+      </c>
+      <c r="C717" t="s">
+        <v>2792</v>
+      </c>
+      <c r="D717" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E717" t="s">
+        <v>2124</v>
+      </c>
+      <c r="F717" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G717" s="1" t="s">
         <v>2793</v>
       </c>
-      <c r="B717" t="s">
-[...2 lines deleted...]
-      <c r="C717" t="s">
+      <c r="H717" t="s">
         <v>2794</v>
-      </c>
-[...13 lines deleted...]
-        <v>2798</v>
       </c>
     </row>
     <row r="718" spans="1:8">
       <c r="A718" t="s">
-        <v>2799</v>
+        <v>2795</v>
       </c>
       <c r="B718" t="s">
         <v>9</v>
       </c>
       <c r="C718" t="s">
-        <v>2800</v>
+        <v>2796</v>
       </c>
       <c r="D718" t="s">
-        <v>2795</v>
+        <v>2123</v>
       </c>
       <c r="E718" t="s">
-        <v>2796</v>
+        <v>2124</v>
       </c>
       <c r="F718" t="s">
-        <v>2090</v>
+        <v>1055</v>
       </c>
       <c r="G718" s="1" t="s">
-        <v>2801</v>
+        <v>2797</v>
       </c>
       <c r="H718" t="s">
-        <v>2802</v>
+        <v>2798</v>
       </c>
     </row>
     <row r="719" spans="1:8">
       <c r="A719" t="s">
-        <v>2803</v>
+        <v>2799</v>
       </c>
       <c r="B719" t="s">
         <v>9</v>
       </c>
       <c r="C719" t="s">
-        <v>2804</v>
+        <v>2800</v>
       </c>
       <c r="D719" t="s">
-        <v>2795</v>
+        <v>2123</v>
       </c>
       <c r="E719" t="s">
-        <v>2796</v>
+        <v>2124</v>
       </c>
       <c r="F719" t="s">
         <v>356</v>
       </c>
       <c r="G719" s="1" t="s">
-        <v>2805</v>
+        <v>2801</v>
       </c>
       <c r="H719" t="s">
-        <v>2806</v>
+        <v>2802</v>
       </c>
     </row>
     <row r="720" spans="1:8">
       <c r="A720" t="s">
+        <v>2803</v>
+      </c>
+      <c r="B720" t="s">
+        <v>9</v>
+      </c>
+      <c r="C720" t="s">
+        <v>2804</v>
+      </c>
+      <c r="D720" t="s">
+        <v>2805</v>
+      </c>
+      <c r="E720" t="s">
+        <v>2806</v>
+      </c>
+      <c r="F720" t="s">
+        <v>2100</v>
+      </c>
+      <c r="G720" s="1" t="s">
         <v>2807</v>
       </c>
-      <c r="B720" t="s">
-[...2 lines deleted...]
-      <c r="C720" t="s">
+      <c r="H720" t="s">
         <v>2808</v>
-      </c>
-[...13 lines deleted...]
-        <v>2810</v>
       </c>
     </row>
     <row r="721" spans="1:8">
       <c r="A721" t="s">
+        <v>2809</v>
+      </c>
+      <c r="B721" t="s">
+        <v>9</v>
+      </c>
+      <c r="C721" t="s">
+        <v>2810</v>
+      </c>
+      <c r="D721" t="s">
+        <v>2805</v>
+      </c>
+      <c r="E721" t="s">
+        <v>2806</v>
+      </c>
+      <c r="F721" t="s">
+        <v>2100</v>
+      </c>
+      <c r="G721" s="1" t="s">
         <v>2811</v>
       </c>
-      <c r="B721" t="s">
-[...2 lines deleted...]
-      <c r="C721" t="s">
+      <c r="H721" t="s">
         <v>2812</v>
-      </c>
-[...13 lines deleted...]
-        <v>2814</v>
       </c>
     </row>
     <row r="722" spans="1:8">
       <c r="A722" t="s">
+        <v>2813</v>
+      </c>
+      <c r="B722" t="s">
+        <v>9</v>
+      </c>
+      <c r="C722" t="s">
+        <v>2814</v>
+      </c>
+      <c r="D722" t="s">
+        <v>2805</v>
+      </c>
+      <c r="E722" t="s">
+        <v>2806</v>
+      </c>
+      <c r="F722" t="s">
+        <v>356</v>
+      </c>
+      <c r="G722" s="1" t="s">
         <v>2815</v>
       </c>
-      <c r="B722" t="s">
-[...2 lines deleted...]
-      <c r="C722" t="s">
+      <c r="H722" t="s">
         <v>2816</v>
-      </c>
-[...13 lines deleted...]
-        <v>2818</v>
       </c>
     </row>
     <row r="723" spans="1:8">
       <c r="A723" t="s">
+        <v>2817</v>
+      </c>
+      <c r="B723" t="s">
+        <v>9</v>
+      </c>
+      <c r="C723" t="s">
+        <v>2818</v>
+      </c>
+      <c r="D723" t="s">
+        <v>2805</v>
+      </c>
+      <c r="E723" t="s">
+        <v>2806</v>
+      </c>
+      <c r="F723" t="s">
+        <v>356</v>
+      </c>
+      <c r="G723" s="1" t="s">
         <v>2819</v>
       </c>
-      <c r="B723" t="s">
-[...2 lines deleted...]
-      <c r="C723" t="s">
+      <c r="H723" t="s">
         <v>2820</v>
-      </c>
-[...13 lines deleted...]
-        <v>2822</v>
       </c>
     </row>
     <row r="724" spans="1:8">
       <c r="A724" t="s">
+        <v>2821</v>
+      </c>
+      <c r="B724" t="s">
+        <v>9</v>
+      </c>
+      <c r="C724" t="s">
+        <v>2822</v>
+      </c>
+      <c r="D724" t="s">
+        <v>2805</v>
+      </c>
+      <c r="E724" t="s">
+        <v>2806</v>
+      </c>
+      <c r="F724" t="s">
+        <v>620</v>
+      </c>
+      <c r="G724" s="1" t="s">
         <v>2823</v>
       </c>
-      <c r="B724" t="s">
-[...2 lines deleted...]
-      <c r="C724" t="s">
+      <c r="H724" t="s">
         <v>2824</v>
-      </c>
-[...13 lines deleted...]
-        <v>2826</v>
       </c>
     </row>
     <row r="725" spans="1:8">
       <c r="A725" t="s">
+        <v>2825</v>
+      </c>
+      <c r="B725" t="s">
+        <v>9</v>
+      </c>
+      <c r="C725" t="s">
+        <v>2826</v>
+      </c>
+      <c r="D725" t="s">
+        <v>2805</v>
+      </c>
+      <c r="E725" t="s">
+        <v>2806</v>
+      </c>
+      <c r="F725" t="s">
+        <v>114</v>
+      </c>
+      <c r="G725" s="1" t="s">
         <v>2827</v>
       </c>
-      <c r="B725" t="s">
-[...2 lines deleted...]
-      <c r="C725" t="s">
+      <c r="H725" t="s">
         <v>2828</v>
-      </c>
-[...13 lines deleted...]
-        <v>2830</v>
       </c>
     </row>
     <row r="726" spans="1:8">
       <c r="A726" t="s">
+        <v>2829</v>
+      </c>
+      <c r="B726" t="s">
+        <v>9</v>
+      </c>
+      <c r="C726" t="s">
+        <v>2830</v>
+      </c>
+      <c r="D726" t="s">
+        <v>2805</v>
+      </c>
+      <c r="E726" t="s">
+        <v>2806</v>
+      </c>
+      <c r="F726" t="s">
+        <v>396</v>
+      </c>
+      <c r="G726" s="1" t="s">
         <v>2831</v>
       </c>
-      <c r="B726" t="s">
-[...2 lines deleted...]
-      <c r="C726" t="s">
+      <c r="H726" t="s">
         <v>2832</v>
-      </c>
-[...13 lines deleted...]
-        <v>2834</v>
       </c>
     </row>
     <row r="727" spans="1:8">
       <c r="A727" t="s">
+        <v>2833</v>
+      </c>
+      <c r="B727" t="s">
+        <v>9</v>
+      </c>
+      <c r="C727" t="s">
+        <v>2834</v>
+      </c>
+      <c r="D727" t="s">
+        <v>2805</v>
+      </c>
+      <c r="E727" t="s">
+        <v>2806</v>
+      </c>
+      <c r="F727" t="s">
+        <v>391</v>
+      </c>
+      <c r="G727" s="1" t="s">
         <v>2835</v>
       </c>
-      <c r="B727" t="s">
-[...2 lines deleted...]
-      <c r="C727" t="s">
+      <c r="H727" t="s">
         <v>2836</v>
-      </c>
-[...13 lines deleted...]
-        <v>2838</v>
       </c>
     </row>
     <row r="728" spans="1:8">
       <c r="A728" t="s">
+        <v>2837</v>
+      </c>
+      <c r="B728" t="s">
+        <v>9</v>
+      </c>
+      <c r="C728" t="s">
+        <v>2838</v>
+      </c>
+      <c r="D728" t="s">
+        <v>2805</v>
+      </c>
+      <c r="E728" t="s">
+        <v>2806</v>
+      </c>
+      <c r="F728" t="s">
+        <v>311</v>
+      </c>
+      <c r="G728" s="1" t="s">
         <v>2839</v>
       </c>
-      <c r="B728" t="s">
-[...2 lines deleted...]
-      <c r="C728" t="s">
+      <c r="H728" t="s">
         <v>2840</v>
-      </c>
-[...13 lines deleted...]
-        <v>2842</v>
       </c>
     </row>
     <row r="729" spans="1:8">
       <c r="A729" t="s">
+        <v>2841</v>
+      </c>
+      <c r="B729" t="s">
+        <v>9</v>
+      </c>
+      <c r="C729" t="s">
+        <v>2842</v>
+      </c>
+      <c r="D729" t="s">
+        <v>2805</v>
+      </c>
+      <c r="E729" t="s">
+        <v>2806</v>
+      </c>
+      <c r="F729" t="s">
+        <v>666</v>
+      </c>
+      <c r="G729" s="1" t="s">
         <v>2843</v>
       </c>
-      <c r="B729" t="s">
-[...2 lines deleted...]
-      <c r="C729" t="s">
+      <c r="H729" t="s">
         <v>2844</v>
-      </c>
-[...13 lines deleted...]
-        <v>2846</v>
       </c>
     </row>
     <row r="730" spans="1:8">
       <c r="A730" t="s">
+        <v>2845</v>
+      </c>
+      <c r="B730" t="s">
+        <v>9</v>
+      </c>
+      <c r="C730" t="s">
+        <v>2846</v>
+      </c>
+      <c r="D730" t="s">
+        <v>2805</v>
+      </c>
+      <c r="E730" t="s">
+        <v>2806</v>
+      </c>
+      <c r="F730" t="s">
+        <v>13</v>
+      </c>
+      <c r="G730" s="1" t="s">
         <v>2847</v>
       </c>
-      <c r="B730" t="s">
-[...2 lines deleted...]
-      <c r="C730" t="s">
+      <c r="H730" t="s">
         <v>2848</v>
-      </c>
-[...13 lines deleted...]
-        <v>2850</v>
       </c>
     </row>
     <row r="731" spans="1:8">
       <c r="A731" t="s">
-        <v>2851</v>
+        <v>2849</v>
       </c>
       <c r="B731" t="s">
         <v>9</v>
       </c>
       <c r="C731" t="s">
-        <v>2852</v>
+        <v>2850</v>
       </c>
       <c r="D731" t="s">
-        <v>2795</v>
+        <v>2805</v>
       </c>
       <c r="E731" t="s">
-        <v>2796</v>
+        <v>2806</v>
       </c>
       <c r="F731" t="s">
         <v>1055</v>
       </c>
       <c r="G731" s="1" t="s">
-        <v>2853</v>
+        <v>2851</v>
       </c>
       <c r="H731" t="s">
-        <v>2854</v>
+        <v>2852</v>
       </c>
     </row>
     <row r="732" spans="1:8">
       <c r="A732" t="s">
+        <v>2853</v>
+      </c>
+      <c r="B732" t="s">
+        <v>9</v>
+      </c>
+      <c r="C732" t="s">
+        <v>2854</v>
+      </c>
+      <c r="D732" t="s">
+        <v>2805</v>
+      </c>
+      <c r="E732" t="s">
+        <v>2806</v>
+      </c>
+      <c r="F732" t="s">
+        <v>699</v>
+      </c>
+      <c r="G732" s="1" t="s">
         <v>2855</v>
       </c>
-      <c r="B732" t="s">
-[...2 lines deleted...]
-      <c r="C732" t="s">
+      <c r="H732" t="s">
         <v>2856</v>
-      </c>
-[...13 lines deleted...]
-        <v>2858</v>
       </c>
     </row>
     <row r="733" spans="1:8">
       <c r="A733" t="s">
+        <v>2857</v>
+      </c>
+      <c r="B733" t="s">
+        <v>9</v>
+      </c>
+      <c r="C733" t="s">
+        <v>2858</v>
+      </c>
+      <c r="D733" t="s">
+        <v>2805</v>
+      </c>
+      <c r="E733" t="s">
+        <v>2806</v>
+      </c>
+      <c r="F733" t="s">
+        <v>127</v>
+      </c>
+      <c r="G733" s="1" t="s">
         <v>2859</v>
       </c>
-      <c r="B733" t="s">
-[...2 lines deleted...]
-      <c r="C733" t="s">
+      <c r="H733" t="s">
         <v>2860</v>
-      </c>
-[...13 lines deleted...]
-        <v>2862</v>
       </c>
     </row>
     <row r="734" spans="1:8">
       <c r="A734" t="s">
+        <v>2861</v>
+      </c>
+      <c r="B734" t="s">
+        <v>9</v>
+      </c>
+      <c r="C734" t="s">
+        <v>2862</v>
+      </c>
+      <c r="D734" t="s">
+        <v>2805</v>
+      </c>
+      <c r="E734" t="s">
+        <v>2806</v>
+      </c>
+      <c r="F734" t="s">
+        <v>1055</v>
+      </c>
+      <c r="G734" s="1" t="s">
         <v>2863</v>
       </c>
-      <c r="B734" t="s">
-[...2 lines deleted...]
-      <c r="C734" t="s">
+      <c r="H734" t="s">
         <v>2864</v>
-      </c>
-[...13 lines deleted...]
-        <v>2866</v>
       </c>
     </row>
     <row r="735" spans="1:8">
       <c r="A735" t="s">
+        <v>2865</v>
+      </c>
+      <c r="B735" t="s">
+        <v>9</v>
+      </c>
+      <c r="C735" t="s">
+        <v>2866</v>
+      </c>
+      <c r="D735" t="s">
+        <v>2805</v>
+      </c>
+      <c r="E735" t="s">
+        <v>2806</v>
+      </c>
+      <c r="F735" t="s">
+        <v>544</v>
+      </c>
+      <c r="G735" s="1" t="s">
         <v>2867</v>
       </c>
-      <c r="B735" t="s">
-[...2 lines deleted...]
-      <c r="C735" t="s">
+      <c r="H735" t="s">
         <v>2868</v>
-      </c>
-[...13 lines deleted...]
-        <v>2870</v>
       </c>
     </row>
     <row r="736" spans="1:8">
       <c r="A736" t="s">
+        <v>2869</v>
+      </c>
+      <c r="B736" t="s">
+        <v>9</v>
+      </c>
+      <c r="C736" t="s">
+        <v>2870</v>
+      </c>
+      <c r="D736" t="s">
+        <v>2805</v>
+      </c>
+      <c r="E736" t="s">
+        <v>2806</v>
+      </c>
+      <c r="F736" t="s">
+        <v>645</v>
+      </c>
+      <c r="G736" s="1" t="s">
         <v>2871</v>
       </c>
-      <c r="B736" t="s">
-[...2 lines deleted...]
-      <c r="C736" t="s">
+      <c r="H736" t="s">
         <v>2872</v>
-      </c>
-[...13 lines deleted...]
-        <v>2874</v>
       </c>
     </row>
     <row r="737" spans="1:8">
       <c r="A737" t="s">
+        <v>2873</v>
+      </c>
+      <c r="B737" t="s">
+        <v>9</v>
+      </c>
+      <c r="C737" t="s">
+        <v>2874</v>
+      </c>
+      <c r="D737" t="s">
+        <v>2805</v>
+      </c>
+      <c r="E737" t="s">
+        <v>2806</v>
+      </c>
+      <c r="F737" t="s">
+        <v>13</v>
+      </c>
+      <c r="G737" s="1" t="s">
         <v>2875</v>
       </c>
-      <c r="B737" t="s">
-[...2 lines deleted...]
-      <c r="C737" t="s">
+      <c r="H737" t="s">
         <v>2876</v>
-      </c>
-[...13 lines deleted...]
-        <v>2878</v>
       </c>
     </row>
     <row r="738" spans="1:8">
       <c r="A738" t="s">
+        <v>2877</v>
+      </c>
+      <c r="B738" t="s">
+        <v>9</v>
+      </c>
+      <c r="C738" t="s">
+        <v>2878</v>
+      </c>
+      <c r="D738" t="s">
+        <v>2805</v>
+      </c>
+      <c r="E738" t="s">
+        <v>2806</v>
+      </c>
+      <c r="F738" t="s">
+        <v>311</v>
+      </c>
+      <c r="G738" s="1" t="s">
         <v>2879</v>
       </c>
-      <c r="B738" t="s">
-[...2 lines deleted...]
-      <c r="C738" t="s">
+      <c r="H738" t="s">
         <v>2880</v>
-      </c>
-[...13 lines deleted...]
-        <v>2882</v>
       </c>
     </row>
     <row r="739" spans="1:8">
       <c r="A739" t="s">
+        <v>2881</v>
+      </c>
+      <c r="B739" t="s">
+        <v>9</v>
+      </c>
+      <c r="C739" t="s">
+        <v>2882</v>
+      </c>
+      <c r="D739" t="s">
+        <v>2805</v>
+      </c>
+      <c r="E739" t="s">
+        <v>2806</v>
+      </c>
+      <c r="F739" t="s">
+        <v>391</v>
+      </c>
+      <c r="G739" s="1" t="s">
         <v>2883</v>
       </c>
-      <c r="B739" t="s">
-[...2 lines deleted...]
-      <c r="C739" t="s">
+      <c r="H739" t="s">
         <v>2884</v>
-      </c>
-[...13 lines deleted...]
-        <v>2886</v>
       </c>
     </row>
     <row r="740" spans="1:8">
       <c r="A740" t="s">
+        <v>2885</v>
+      </c>
+      <c r="B740" t="s">
+        <v>9</v>
+      </c>
+      <c r="C740" t="s">
+        <v>2886</v>
+      </c>
+      <c r="D740" t="s">
+        <v>2805</v>
+      </c>
+      <c r="E740" t="s">
+        <v>2806</v>
+      </c>
+      <c r="F740" t="s">
+        <v>114</v>
+      </c>
+      <c r="G740" s="1" t="s">
         <v>2887</v>
       </c>
-      <c r="B740" t="s">
-[...2 lines deleted...]
-      <c r="C740" t="s">
+      <c r="H740" t="s">
         <v>2888</v>
-      </c>
-[...13 lines deleted...]
-        <v>2890</v>
       </c>
     </row>
     <row r="741" spans="1:8">
       <c r="A741" t="s">
+        <v>2889</v>
+      </c>
+      <c r="B741" t="s">
+        <v>9</v>
+      </c>
+      <c r="C741" t="s">
+        <v>2890</v>
+      </c>
+      <c r="D741" t="s">
+        <v>2805</v>
+      </c>
+      <c r="E741" t="s">
+        <v>2806</v>
+      </c>
+      <c r="F741" t="s">
+        <v>396</v>
+      </c>
+      <c r="G741" s="1" t="s">
         <v>2891</v>
       </c>
-      <c r="B741" t="s">
-[...2 lines deleted...]
-      <c r="C741" t="s">
+      <c r="H741" t="s">
         <v>2892</v>
-      </c>
-[...13 lines deleted...]
-        <v>2893</v>
       </c>
     </row>
     <row r="742" spans="1:8">
       <c r="A742" t="s">
+        <v>2893</v>
+      </c>
+      <c r="B742" t="s">
+        <v>9</v>
+      </c>
+      <c r="C742" t="s">
         <v>2894</v>
       </c>
-      <c r="B742" t="s">
-[...2 lines deleted...]
-      <c r="C742" t="s">
+      <c r="D742" t="s">
+        <v>2805</v>
+      </c>
+      <c r="E742" t="s">
+        <v>2806</v>
+      </c>
+      <c r="F742" t="s">
+        <v>620</v>
+      </c>
+      <c r="G742" s="1" t="s">
         <v>2895</v>
       </c>
-      <c r="D742" t="s">
-[...8 lines deleted...]
-      <c r="G742" s="1" t="s">
+      <c r="H742" t="s">
         <v>2896</v>
-      </c>
-[...1 lines deleted...]
-        <v>2897</v>
       </c>
     </row>
     <row r="743" spans="1:8">
       <c r="A743" t="s">
+        <v>2897</v>
+      </c>
+      <c r="B743" t="s">
+        <v>9</v>
+      </c>
+      <c r="C743" t="s">
         <v>2898</v>
       </c>
-      <c r="B743" t="s">
-[...2 lines deleted...]
-      <c r="C743" t="s">
+      <c r="D743" t="s">
+        <v>2805</v>
+      </c>
+      <c r="E743" t="s">
+        <v>2806</v>
+      </c>
+      <c r="F743" t="s">
+        <v>666</v>
+      </c>
+      <c r="G743" s="1" t="s">
         <v>2899</v>
       </c>
-      <c r="D743" t="s">
-[...5 lines deleted...]
-      <c r="F743" t="s">
+      <c r="H743" t="s">
         <v>2900</v>
-      </c>
-[...4 lines deleted...]
-        <v>2902</v>
       </c>
     </row>
     <row r="744" spans="1:8">
       <c r="A744" t="s">
+        <v>2901</v>
+      </c>
+      <c r="B744" t="s">
+        <v>9</v>
+      </c>
+      <c r="C744" t="s">
+        <v>2902</v>
+      </c>
+      <c r="D744" t="s">
+        <v>2805</v>
+      </c>
+      <c r="E744" t="s">
+        <v>2806</v>
+      </c>
+      <c r="F744" t="s">
+        <v>544</v>
+      </c>
+      <c r="G744" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H744" t="s">
         <v>2903</v>
-      </c>
-[...19 lines deleted...]
-        <v>2906</v>
       </c>
     </row>
     <row r="745" spans="1:8">
       <c r="A745" t="s">
-        <v>2907</v>
+        <v>2904</v>
       </c>
       <c r="B745" t="s">
         <v>9</v>
       </c>
       <c r="C745" t="s">
-        <v>456</v>
+        <v>2905</v>
       </c>
       <c r="D745" t="s">
-        <v>2795</v>
+        <v>2805</v>
       </c>
       <c r="E745" t="s">
-        <v>2796</v>
+        <v>2806</v>
       </c>
       <c r="F745" t="s">
         <v>13</v>
       </c>
       <c r="G745" s="1" t="s">
-        <v>2908</v>
+        <v>2906</v>
       </c>
       <c r="H745" t="s">
-        <v>2909</v>
+        <v>2907</v>
       </c>
     </row>
     <row r="746" spans="1:8">
       <c r="A746" t="s">
+        <v>2908</v>
+      </c>
+      <c r="B746" t="s">
+        <v>9</v>
+      </c>
+      <c r="C746" t="s">
+        <v>2909</v>
+      </c>
+      <c r="D746" t="s">
+        <v>2805</v>
+      </c>
+      <c r="E746" t="s">
+        <v>2806</v>
+      </c>
+      <c r="F746" t="s">
         <v>2910</v>
       </c>
-      <c r="B746" t="s">
-[...2 lines deleted...]
-      <c r="C746" t="s">
+      <c r="G746" s="1" t="s">
         <v>2911</v>
       </c>
-      <c r="D746" t="s">
+      <c r="H746" t="s">
         <v>2912</v>
-      </c>
-[...10 lines deleted...]
-        <v>2915</v>
       </c>
     </row>
     <row r="747" spans="1:8">
       <c r="A747" t="s">
+        <v>2913</v>
+      </c>
+      <c r="B747" t="s">
+        <v>9</v>
+      </c>
+      <c r="C747" t="s">
+        <v>2914</v>
+      </c>
+      <c r="D747" t="s">
+        <v>2805</v>
+      </c>
+      <c r="E747" t="s">
+        <v>2806</v>
+      </c>
+      <c r="F747" t="s">
+        <v>2910</v>
+      </c>
+      <c r="G747" s="1" t="s">
+        <v>2915</v>
+      </c>
+      <c r="H747" t="s">
         <v>2916</v>
-      </c>
-[...19 lines deleted...]
-        <v>2919</v>
       </c>
     </row>
     <row r="748" spans="1:8">
       <c r="A748" t="s">
+        <v>2917</v>
+      </c>
+      <c r="B748" t="s">
+        <v>9</v>
+      </c>
+      <c r="C748" t="s">
+        <v>456</v>
+      </c>
+      <c r="D748" t="s">
+        <v>2805</v>
+      </c>
+      <c r="E748" t="s">
+        <v>2806</v>
+      </c>
+      <c r="F748" t="s">
+        <v>2918</v>
+      </c>
+      <c r="G748" s="1" t="s">
+        <v>2919</v>
+      </c>
+      <c r="H748" t="s">
         <v>2920</v>
-      </c>
-[...19 lines deleted...]
-        <v>2923</v>
       </c>
     </row>
     <row r="749" spans="1:8">
       <c r="A749" t="s">
+        <v>2921</v>
+      </c>
+      <c r="B749" t="s">
+        <v>9</v>
+      </c>
+      <c r="C749" t="s">
+        <v>2922</v>
+      </c>
+      <c r="D749" t="s">
+        <v>2923</v>
+      </c>
+      <c r="E749" t="s">
         <v>2924</v>
       </c>
-      <c r="B749" t="s">
-[...2 lines deleted...]
-      <c r="C749" t="s">
+      <c r="F749" t="s">
+        <v>356</v>
+      </c>
+      <c r="G749" s="1" t="s">
         <v>2925</v>
-      </c>
-[...10 lines deleted...]
-        <v>46</v>
       </c>
       <c r="H749" t="s">
         <v>2926</v>
       </c>
     </row>
     <row r="750" spans="1:8">
       <c r="A750" t="s">
         <v>2927</v>
       </c>
       <c r="B750" t="s">
         <v>9</v>
       </c>
       <c r="C750" t="s">
         <v>2928</v>
       </c>
       <c r="D750" t="s">
-        <v>2912</v>
+        <v>2923</v>
       </c>
       <c r="E750" t="s">
-        <v>2913</v>
+        <v>2924</v>
       </c>
       <c r="F750" t="s">
         <v>231</v>
       </c>
       <c r="G750" s="1" t="s">
         <v>2929</v>
       </c>
       <c r="H750" t="s">
         <v>2930</v>
       </c>
     </row>
     <row r="751" spans="1:8">
       <c r="A751" t="s">
         <v>2931</v>
       </c>
       <c r="B751" t="s">
         <v>9</v>
       </c>
       <c r="C751" t="s">
         <v>2932</v>
       </c>
       <c r="D751" t="s">
-        <v>2912</v>
+        <v>2923</v>
       </c>
       <c r="E751" t="s">
-        <v>2913</v>
+        <v>2924</v>
       </c>
       <c r="F751" t="s">
-        <v>236</v>
+        <v>13</v>
       </c>
       <c r="G751" s="1" t="s">
         <v>2933</v>
       </c>
       <c r="H751" t="s">
         <v>2934</v>
       </c>
     </row>
     <row r="752" spans="1:8">
       <c r="A752" t="s">
         <v>2935</v>
       </c>
       <c r="B752" t="s">
         <v>9</v>
       </c>
       <c r="C752" t="s">
         <v>2936</v>
       </c>
       <c r="D752" t="s">
+        <v>2923</v>
+      </c>
+      <c r="E752" t="s">
+        <v>2924</v>
+      </c>
+      <c r="F752" t="s">
+        <v>231</v>
+      </c>
+      <c r="G752" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H752" t="s">
         <v>2937</v>
-      </c>
-[...10 lines deleted...]
-        <v>2940</v>
       </c>
     </row>
     <row r="753" spans="1:8">
       <c r="A753" t="s">
+        <v>2938</v>
+      </c>
+      <c r="B753" t="s">
+        <v>9</v>
+      </c>
+      <c r="C753" t="s">
+        <v>2939</v>
+      </c>
+      <c r="D753" t="s">
+        <v>2923</v>
+      </c>
+      <c r="E753" t="s">
+        <v>2924</v>
+      </c>
+      <c r="F753" t="s">
+        <v>231</v>
+      </c>
+      <c r="G753" s="1" t="s">
+        <v>2940</v>
+      </c>
+      <c r="H753" t="s">
         <v>2941</v>
-      </c>
-[...19 lines deleted...]
-        <v>2944</v>
       </c>
     </row>
     <row r="754" spans="1:8">
       <c r="A754" t="s">
+        <v>2942</v>
+      </c>
+      <c r="B754" t="s">
+        <v>9</v>
+      </c>
+      <c r="C754" t="s">
+        <v>2943</v>
+      </c>
+      <c r="D754" t="s">
+        <v>2923</v>
+      </c>
+      <c r="E754" t="s">
+        <v>2924</v>
+      </c>
+      <c r="F754" t="s">
+        <v>236</v>
+      </c>
+      <c r="G754" s="1" t="s">
+        <v>2944</v>
+      </c>
+      <c r="H754" t="s">
         <v>2945</v>
-      </c>
-[...19 lines deleted...]
-        <v>2948</v>
       </c>
     </row>
     <row r="755" spans="1:8">
       <c r="A755" t="s">
+        <v>2946</v>
+      </c>
+      <c r="B755" t="s">
+        <v>9</v>
+      </c>
+      <c r="C755" t="s">
+        <v>2947</v>
+      </c>
+      <c r="D755" t="s">
+        <v>2948</v>
+      </c>
+      <c r="E755" t="s">
         <v>2949</v>
       </c>
-      <c r="B755" t="s">
-[...2 lines deleted...]
-      <c r="C755" t="s">
+      <c r="F755" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G755" s="1" t="s">
         <v>2950</v>
       </c>
-      <c r="D755" t="s">
-[...8 lines deleted...]
-      <c r="G755" s="1" t="s">
+      <c r="H755" t="s">
         <v>2951</v>
-      </c>
-[...1 lines deleted...]
-        <v>2952</v>
       </c>
     </row>
     <row r="756" spans="1:8">
       <c r="A756" t="s">
+        <v>2952</v>
+      </c>
+      <c r="B756" t="s">
+        <v>9</v>
+      </c>
+      <c r="C756" t="s">
         <v>2953</v>
       </c>
-      <c r="B756" t="s">
-[...2 lines deleted...]
-      <c r="C756" t="s">
+      <c r="D756" t="s">
+        <v>2948</v>
+      </c>
+      <c r="E756" t="s">
+        <v>2949</v>
+      </c>
+      <c r="F756" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G756" s="1" t="s">
         <v>2954</v>
       </c>
-      <c r="D756" t="s">
-[...8 lines deleted...]
-      <c r="G756" s="1" t="s">
+      <c r="H756" t="s">
         <v>2955</v>
-      </c>
-[...1 lines deleted...]
-        <v>2956</v>
       </c>
     </row>
     <row r="757" spans="1:8">
       <c r="A757" t="s">
+        <v>2956</v>
+      </c>
+      <c r="B757" t="s">
+        <v>9</v>
+      </c>
+      <c r="C757" t="s">
         <v>2957</v>
       </c>
-      <c r="B757" t="s">
-[...2 lines deleted...]
-      <c r="C757" t="s">
+      <c r="D757" t="s">
+        <v>2948</v>
+      </c>
+      <c r="E757" t="s">
+        <v>2949</v>
+      </c>
+      <c r="F757" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G757" s="1" t="s">
         <v>2958</v>
       </c>
-      <c r="D757" t="s">
-[...8 lines deleted...]
-      <c r="G757" s="1" t="s">
+      <c r="H757" t="s">
         <v>2959</v>
-      </c>
-[...1 lines deleted...]
-        <v>2960</v>
       </c>
     </row>
     <row r="758" spans="1:8">
       <c r="A758" t="s">
+        <v>2960</v>
+      </c>
+      <c r="B758" t="s">
+        <v>9</v>
+      </c>
+      <c r="C758" t="s">
         <v>2961</v>
       </c>
-      <c r="B758" t="s">
-[...2 lines deleted...]
-      <c r="C758" t="s">
+      <c r="D758" t="s">
+        <v>2948</v>
+      </c>
+      <c r="E758" t="s">
+        <v>2949</v>
+      </c>
+      <c r="F758" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G758" s="1" t="s">
         <v>2962</v>
       </c>
-      <c r="D758" t="s">
-[...8 lines deleted...]
-      <c r="G758" s="1" t="s">
+      <c r="H758" t="s">
         <v>2963</v>
-      </c>
-[...1 lines deleted...]
-        <v>2964</v>
       </c>
     </row>
     <row r="759" spans="1:8">
       <c r="A759" t="s">
+        <v>2964</v>
+      </c>
+      <c r="B759" t="s">
+        <v>9</v>
+      </c>
+      <c r="C759" t="s">
         <v>2965</v>
       </c>
-      <c r="B759" t="s">
-[...2 lines deleted...]
-      <c r="C759" t="s">
+      <c r="D759" t="s">
+        <v>2948</v>
+      </c>
+      <c r="E759" t="s">
+        <v>2949</v>
+      </c>
+      <c r="F759" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G759" s="1" t="s">
         <v>2966</v>
       </c>
-      <c r="D759" t="s">
-[...8 lines deleted...]
-      <c r="G759" s="1" t="s">
+      <c r="H759" t="s">
         <v>2967</v>
-      </c>
-[...1 lines deleted...]
-        <v>2968</v>
       </c>
     </row>
     <row r="760" spans="1:8">
       <c r="A760" t="s">
+        <v>2968</v>
+      </c>
+      <c r="B760" t="s">
+        <v>9</v>
+      </c>
+      <c r="C760" t="s">
         <v>2969</v>
       </c>
-      <c r="B760" t="s">
-[...2 lines deleted...]
-      <c r="C760" t="s">
+      <c r="D760" t="s">
+        <v>2948</v>
+      </c>
+      <c r="E760" t="s">
+        <v>2949</v>
+      </c>
+      <c r="F760" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G760" s="1" t="s">
         <v>2970</v>
       </c>
-      <c r="D760" t="s">
-[...8 lines deleted...]
-      <c r="G760" s="1" t="s">
+      <c r="H760" t="s">
         <v>2971</v>
-      </c>
-[...1 lines deleted...]
-        <v>2972</v>
       </c>
     </row>
     <row r="761" spans="1:8">
       <c r="A761" t="s">
+        <v>2972</v>
+      </c>
+      <c r="B761" t="s">
+        <v>9</v>
+      </c>
+      <c r="C761" t="s">
         <v>2973</v>
       </c>
-      <c r="B761" t="s">
-[...2 lines deleted...]
-      <c r="C761" t="s">
+      <c r="D761" t="s">
+        <v>2948</v>
+      </c>
+      <c r="E761" t="s">
+        <v>2949</v>
+      </c>
+      <c r="F761" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G761" s="1" t="s">
         <v>2974</v>
       </c>
-      <c r="D761" t="s">
-[...8 lines deleted...]
-      <c r="G761" s="1" t="s">
+      <c r="H761" t="s">
         <v>2975</v>
-      </c>
-[...1 lines deleted...]
-        <v>2976</v>
       </c>
     </row>
     <row r="762" spans="1:8">
       <c r="A762" t="s">
+        <v>2976</v>
+      </c>
+      <c r="B762" t="s">
+        <v>9</v>
+      </c>
+      <c r="C762" t="s">
         <v>2977</v>
       </c>
-      <c r="B762" t="s">
-[...2 lines deleted...]
-      <c r="C762" t="s">
+      <c r="D762" t="s">
+        <v>2948</v>
+      </c>
+      <c r="E762" t="s">
+        <v>2949</v>
+      </c>
+      <c r="F762" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G762" s="1" t="s">
         <v>2978</v>
       </c>
-      <c r="D762" t="s">
-[...8 lines deleted...]
-      <c r="G762" s="1" t="s">
+      <c r="H762" t="s">
         <v>2979</v>
-      </c>
-[...1 lines deleted...]
-        <v>2980</v>
       </c>
     </row>
     <row r="763" spans="1:8">
       <c r="A763" t="s">
+        <v>2980</v>
+      </c>
+      <c r="B763" t="s">
+        <v>9</v>
+      </c>
+      <c r="C763" t="s">
         <v>2981</v>
       </c>
-      <c r="B763" t="s">
-[...2 lines deleted...]
-      <c r="C763" t="s">
+      <c r="D763" t="s">
+        <v>2948</v>
+      </c>
+      <c r="E763" t="s">
+        <v>2949</v>
+      </c>
+      <c r="F763" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G763" s="1" t="s">
         <v>2982</v>
       </c>
-      <c r="D763" t="s">
-[...8 lines deleted...]
-      <c r="G763" s="1" t="s">
+      <c r="H763" t="s">
         <v>2983</v>
-      </c>
-[...1 lines deleted...]
-        <v>2984</v>
       </c>
     </row>
     <row r="764" spans="1:8">
       <c r="A764" t="s">
+        <v>2984</v>
+      </c>
+      <c r="B764" t="s">
+        <v>9</v>
+      </c>
+      <c r="C764" t="s">
         <v>2985</v>
       </c>
-      <c r="B764" t="s">
-[...2 lines deleted...]
-      <c r="C764" t="s">
+      <c r="D764" t="s">
+        <v>2948</v>
+      </c>
+      <c r="E764" t="s">
+        <v>2949</v>
+      </c>
+      <c r="F764" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G764" s="1" t="s">
         <v>2986</v>
       </c>
-      <c r="D764" t="s">
-[...8 lines deleted...]
-      <c r="G764" s="1" t="s">
+      <c r="H764" t="s">
         <v>2987</v>
-      </c>
-[...1 lines deleted...]
-        <v>2988</v>
       </c>
     </row>
     <row r="765" spans="1:8">
       <c r="A765" t="s">
+        <v>2988</v>
+      </c>
+      <c r="B765" t="s">
+        <v>9</v>
+      </c>
+      <c r="C765" t="s">
         <v>2989</v>
       </c>
-      <c r="B765" t="s">
-[...2 lines deleted...]
-      <c r="C765" t="s">
+      <c r="D765" t="s">
+        <v>2948</v>
+      </c>
+      <c r="E765" t="s">
+        <v>2949</v>
+      </c>
+      <c r="F765" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G765" s="1" t="s">
         <v>2990</v>
-      </c>
-[...10 lines deleted...]
-        <v>46</v>
       </c>
       <c r="H765" t="s">
         <v>2991</v>
       </c>
     </row>
     <row r="766" spans="1:8">
       <c r="A766" t="s">
         <v>2992</v>
       </c>
       <c r="B766" t="s">
         <v>9</v>
       </c>
       <c r="C766" t="s">
         <v>2993</v>
       </c>
       <c r="D766" t="s">
-        <v>2937</v>
+        <v>2948</v>
       </c>
       <c r="E766" t="s">
-        <v>2938</v>
+        <v>2949</v>
       </c>
       <c r="F766" t="s">
-        <v>2077</v>
+        <v>2087</v>
       </c>
       <c r="G766" s="1" t="s">
         <v>2994</v>
       </c>
       <c r="H766" t="s">
         <v>2995</v>
       </c>
     </row>
     <row r="767" spans="1:8">
       <c r="A767" t="s">
         <v>2996</v>
       </c>
       <c r="B767" t="s">
         <v>9</v>
       </c>
       <c r="C767" t="s">
-        <v>138</v>
+        <v>2997</v>
       </c>
       <c r="D767" t="s">
-        <v>2937</v>
+        <v>2948</v>
       </c>
       <c r="E767" t="s">
-        <v>2938</v>
+        <v>2949</v>
       </c>
       <c r="F767" t="s">
-        <v>2077</v>
+        <v>2087</v>
       </c>
       <c r="G767" s="1" t="s">
-        <v>2997</v>
+        <v>2998</v>
       </c>
       <c r="H767" t="s">
-        <v>2998</v>
+        <v>2999</v>
       </c>
     </row>
     <row r="768" spans="1:8">
       <c r="A768" t="s">
-        <v>2999</v>
+        <v>3000</v>
       </c>
       <c r="B768" t="s">
         <v>9</v>
       </c>
       <c r="C768" t="s">
-        <v>142</v>
+        <v>3001</v>
       </c>
       <c r="D768" t="s">
-        <v>2937</v>
+        <v>2948</v>
       </c>
       <c r="E768" t="s">
-        <v>2938</v>
+        <v>2949</v>
       </c>
       <c r="F768" t="s">
-        <v>2077</v>
+        <v>3002</v>
       </c>
       <c r="G768" s="1" t="s">
-        <v>3000</v>
+        <v>3003</v>
       </c>
       <c r="H768" t="s">
-        <v>3001</v>
+        <v>3004</v>
       </c>
     </row>
     <row r="769" spans="1:8">
       <c r="A769" t="s">
-        <v>3002</v>
+        <v>3005</v>
       </c>
       <c r="B769" t="s">
         <v>9</v>
       </c>
       <c r="C769" t="s">
-        <v>3003</v>
+        <v>3006</v>
       </c>
       <c r="D769" t="s">
-        <v>2937</v>
+        <v>2948</v>
       </c>
       <c r="E769" t="s">
-        <v>2938</v>
+        <v>2949</v>
       </c>
       <c r="F769" t="s">
-        <v>2077</v>
+        <v>2087</v>
       </c>
       <c r="G769" s="1" t="s">
-        <v>3004</v>
+        <v>46</v>
       </c>
       <c r="H769" t="s">
-        <v>3005</v>
+        <v>3007</v>
       </c>
     </row>
     <row r="770" spans="1:8">
       <c r="A770" t="s">
-        <v>3006</v>
+        <v>3008</v>
       </c>
       <c r="B770" t="s">
         <v>9</v>
       </c>
       <c r="C770" t="s">
-        <v>410</v>
+        <v>3009</v>
       </c>
       <c r="D770" t="s">
-        <v>2937</v>
+        <v>2948</v>
       </c>
       <c r="E770" t="s">
-        <v>2938</v>
+        <v>2949</v>
       </c>
       <c r="F770" t="s">
-        <v>2077</v>
+        <v>2087</v>
       </c>
       <c r="G770" s="1" t="s">
-        <v>3007</v>
+        <v>3010</v>
       </c>
       <c r="H770" t="s">
-        <v>3008</v>
+        <v>3011</v>
       </c>
     </row>
     <row r="771" spans="1:8">
       <c r="A771" t="s">
-        <v>3009</v>
+        <v>3012</v>
       </c>
       <c r="B771" t="s">
         <v>9</v>
       </c>
       <c r="C771" t="s">
-        <v>3010</v>
+        <v>138</v>
       </c>
       <c r="D771" t="s">
-        <v>3011</v>
+        <v>2948</v>
       </c>
       <c r="E771" t="s">
-        <v>3012</v>
+        <v>2949</v>
       </c>
       <c r="F771" t="s">
-        <v>356</v>
+        <v>2087</v>
       </c>
       <c r="G771" s="1" t="s">
         <v>3013</v>
       </c>
       <c r="H771" t="s">
         <v>3014</v>
       </c>
     </row>
     <row r="772" spans="1:8">
       <c r="A772" t="s">
         <v>3015</v>
       </c>
       <c r="B772" t="s">
         <v>9</v>
       </c>
       <c r="C772" t="s">
-        <v>314</v>
+        <v>273</v>
       </c>
       <c r="D772" t="s">
-        <v>3011</v>
+        <v>2948</v>
       </c>
       <c r="E772" t="s">
-        <v>3012</v>
+        <v>2949</v>
       </c>
       <c r="F772" t="s">
-        <v>13</v>
+        <v>2087</v>
       </c>
       <c r="G772" s="1" t="s">
         <v>3016</v>
       </c>
       <c r="H772" t="s">
         <v>3017</v>
       </c>
     </row>
     <row r="773" spans="1:8">
       <c r="A773" t="s">
         <v>3018</v>
       </c>
       <c r="B773" t="s">
         <v>9</v>
       </c>
       <c r="C773" t="s">
+        <v>142</v>
+      </c>
+      <c r="D773" t="s">
+        <v>2948</v>
+      </c>
+      <c r="E773" t="s">
+        <v>2949</v>
+      </c>
+      <c r="F773" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G773" s="1" t="s">
         <v>3019</v>
       </c>
-      <c r="D773" t="s">
+      <c r="H773" t="s">
         <v>3020</v>
       </c>
-      <c r="E773" t="s">
+    </row>
+    <row r="774" spans="1:8">
+      <c r="A774" t="s">
         <v>3021</v>
       </c>
-      <c r="F773" t="s">
+      <c r="B774" t="s">
+        <v>9</v>
+      </c>
+      <c r="C774" t="s">
+        <v>146</v>
+      </c>
+      <c r="D774" t="s">
+        <v>2948</v>
+      </c>
+      <c r="E774" t="s">
+        <v>2949</v>
+      </c>
+      <c r="F774" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G774" s="1" t="s">
         <v>3022</v>
       </c>
-      <c r="G773" s="1" t="s">
+      <c r="H774" t="s">
+        <v>3023</v>
+      </c>
+    </row>
+    <row r="775" spans="1:8">
+      <c r="A775" t="s">
+        <v>3024</v>
+      </c>
+      <c r="B775" t="s">
+        <v>9</v>
+      </c>
+      <c r="C775" t="s">
+        <v>150</v>
+      </c>
+      <c r="D775" t="s">
+        <v>2948</v>
+      </c>
+      <c r="E775" t="s">
+        <v>2949</v>
+      </c>
+      <c r="F775" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G775" s="1" t="s">
+        <v>3025</v>
+      </c>
+      <c r="H775" t="s">
+        <v>3026</v>
+      </c>
+    </row>
+    <row r="776" spans="1:8">
+      <c r="A776" t="s">
+        <v>3027</v>
+      </c>
+      <c r="B776" t="s">
+        <v>9</v>
+      </c>
+      <c r="C776" t="s">
+        <v>242</v>
+      </c>
+      <c r="D776" t="s">
+        <v>2948</v>
+      </c>
+      <c r="E776" t="s">
+        <v>2949</v>
+      </c>
+      <c r="F776" t="s">
+        <v>3002</v>
+      </c>
+      <c r="G776" s="1" t="s">
+        <v>3028</v>
+      </c>
+      <c r="H776" t="s">
+        <v>3029</v>
+      </c>
+    </row>
+    <row r="777" spans="1:8">
+      <c r="A777" t="s">
+        <v>3030</v>
+      </c>
+      <c r="B777" t="s">
+        <v>9</v>
+      </c>
+      <c r="C777" t="s">
+        <v>154</v>
+      </c>
+      <c r="D777" t="s">
+        <v>2948</v>
+      </c>
+      <c r="E777" t="s">
+        <v>2949</v>
+      </c>
+      <c r="F777" t="s">
+        <v>3002</v>
+      </c>
+      <c r="G777" s="1" t="s">
+        <v>3031</v>
+      </c>
+      <c r="H777" t="s">
+        <v>3032</v>
+      </c>
+    </row>
+    <row r="778" spans="1:8">
+      <c r="A778" t="s">
+        <v>3033</v>
+      </c>
+      <c r="B778" t="s">
+        <v>9</v>
+      </c>
+      <c r="C778" t="s">
+        <v>157</v>
+      </c>
+      <c r="D778" t="s">
+        <v>2948</v>
+      </c>
+      <c r="E778" t="s">
+        <v>2949</v>
+      </c>
+      <c r="F778" t="s">
+        <v>3002</v>
+      </c>
+      <c r="G778" s="1" t="s">
+        <v>3034</v>
+      </c>
+      <c r="H778" t="s">
+        <v>3035</v>
+      </c>
+    </row>
+    <row r="779" spans="1:8">
+      <c r="A779" t="s">
+        <v>3036</v>
+      </c>
+      <c r="B779" t="s">
+        <v>9</v>
+      </c>
+      <c r="C779" t="s">
+        <v>3037</v>
+      </c>
+      <c r="D779" t="s">
+        <v>2948</v>
+      </c>
+      <c r="E779" t="s">
+        <v>2949</v>
+      </c>
+      <c r="F779" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G779" s="1" t="s">
+        <v>3038</v>
+      </c>
+      <c r="H779" t="s">
+        <v>3039</v>
+      </c>
+    </row>
+    <row r="780" spans="1:8">
+      <c r="A780" t="s">
+        <v>3040</v>
+      </c>
+      <c r="B780" t="s">
+        <v>9</v>
+      </c>
+      <c r="C780" t="s">
+        <v>410</v>
+      </c>
+      <c r="D780" t="s">
+        <v>2948</v>
+      </c>
+      <c r="E780" t="s">
+        <v>2949</v>
+      </c>
+      <c r="F780" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G780" s="1" t="s">
+        <v>3041</v>
+      </c>
+      <c r="H780" t="s">
+        <v>3042</v>
+      </c>
+    </row>
+    <row r="781" spans="1:8">
+      <c r="A781" t="s">
+        <v>3043</v>
+      </c>
+      <c r="B781" t="s">
+        <v>9</v>
+      </c>
+      <c r="C781" t="s">
+        <v>538</v>
+      </c>
+      <c r="D781" t="s">
+        <v>2948</v>
+      </c>
+      <c r="E781" t="s">
+        <v>2949</v>
+      </c>
+      <c r="F781" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G781" s="1" t="s">
+        <v>3044</v>
+      </c>
+      <c r="H781" t="s">
+        <v>3045</v>
+      </c>
+    </row>
+    <row r="782" spans="1:8">
+      <c r="A782" t="s">
+        <v>3046</v>
+      </c>
+      <c r="B782" t="s">
+        <v>9</v>
+      </c>
+      <c r="C782" t="s">
+        <v>542</v>
+      </c>
+      <c r="D782" t="s">
+        <v>2948</v>
+      </c>
+      <c r="E782" t="s">
+        <v>2949</v>
+      </c>
+      <c r="F782" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G782" s="1" t="s">
+        <v>3047</v>
+      </c>
+      <c r="H782" t="s">
+        <v>3048</v>
+      </c>
+    </row>
+    <row r="783" spans="1:8">
+      <c r="A783" t="s">
+        <v>3049</v>
+      </c>
+      <c r="B783" t="s">
+        <v>9</v>
+      </c>
+      <c r="C783" t="s">
+        <v>547</v>
+      </c>
+      <c r="D783" t="s">
+        <v>2948</v>
+      </c>
+      <c r="E783" t="s">
+        <v>2949</v>
+      </c>
+      <c r="F783" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G783" s="1" t="s">
+        <v>3050</v>
+      </c>
+      <c r="H783" t="s">
+        <v>3051</v>
+      </c>
+    </row>
+    <row r="784" spans="1:8">
+      <c r="A784" t="s">
+        <v>3052</v>
+      </c>
+      <c r="B784" t="s">
+        <v>9</v>
+      </c>
+      <c r="C784" t="s">
+        <v>587</v>
+      </c>
+      <c r="D784" t="s">
+        <v>2948</v>
+      </c>
+      <c r="E784" t="s">
+        <v>2949</v>
+      </c>
+      <c r="F784" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G784" s="1" t="s">
+        <v>3053</v>
+      </c>
+      <c r="H784" t="s">
+        <v>3054</v>
+      </c>
+    </row>
+    <row r="785" spans="1:8">
+      <c r="A785" t="s">
+        <v>3055</v>
+      </c>
+      <c r="B785" t="s">
+        <v>9</v>
+      </c>
+      <c r="C785" t="s">
+        <v>2193</v>
+      </c>
+      <c r="D785" t="s">
+        <v>2948</v>
+      </c>
+      <c r="E785" t="s">
+        <v>2949</v>
+      </c>
+      <c r="F785" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G785" s="1" t="s">
+        <v>3056</v>
+      </c>
+      <c r="H785" t="s">
+        <v>3057</v>
+      </c>
+    </row>
+    <row r="786" spans="1:8">
+      <c r="A786" t="s">
+        <v>3058</v>
+      </c>
+      <c r="B786" t="s">
+        <v>9</v>
+      </c>
+      <c r="C786" t="s">
+        <v>606</v>
+      </c>
+      <c r="D786" t="s">
+        <v>2948</v>
+      </c>
+      <c r="E786" t="s">
+        <v>2949</v>
+      </c>
+      <c r="F786" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G786" s="1" t="s">
+        <v>3059</v>
+      </c>
+      <c r="H786" t="s">
+        <v>3060</v>
+      </c>
+    </row>
+    <row r="787" spans="1:8">
+      <c r="A787" t="s">
+        <v>3061</v>
+      </c>
+      <c r="B787" t="s">
+        <v>9</v>
+      </c>
+      <c r="C787" t="s">
+        <v>602</v>
+      </c>
+      <c r="D787" t="s">
+        <v>2948</v>
+      </c>
+      <c r="E787" t="s">
+        <v>2949</v>
+      </c>
+      <c r="F787" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G787" s="1" t="s">
+        <v>3062</v>
+      </c>
+      <c r="H787" t="s">
+        <v>3063</v>
+      </c>
+    </row>
+    <row r="788" spans="1:8">
+      <c r="A788" t="s">
+        <v>3064</v>
+      </c>
+      <c r="B788" t="s">
+        <v>9</v>
+      </c>
+      <c r="C788" t="s">
+        <v>652</v>
+      </c>
+      <c r="D788" t="s">
+        <v>2948</v>
+      </c>
+      <c r="E788" t="s">
+        <v>2949</v>
+      </c>
+      <c r="F788" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G788" s="1" t="s">
+        <v>3065</v>
+      </c>
+      <c r="H788" t="s">
+        <v>3066</v>
+      </c>
+    </row>
+    <row r="789" spans="1:8">
+      <c r="A789" t="s">
+        <v>3067</v>
+      </c>
+      <c r="B789" t="s">
+        <v>9</v>
+      </c>
+      <c r="C789" t="s">
+        <v>656</v>
+      </c>
+      <c r="D789" t="s">
+        <v>2948</v>
+      </c>
+      <c r="E789" t="s">
+        <v>2949</v>
+      </c>
+      <c r="F789" t="s">
+        <v>2087</v>
+      </c>
+      <c r="G789" s="1" t="s">
+        <v>3068</v>
+      </c>
+      <c r="H789" t="s">
+        <v>3069</v>
+      </c>
+    </row>
+    <row r="790" spans="1:8">
+      <c r="A790" t="s">
+        <v>3070</v>
+      </c>
+      <c r="B790" t="s">
+        <v>9</v>
+      </c>
+      <c r="C790" t="s">
+        <v>3071</v>
+      </c>
+      <c r="D790" t="s">
+        <v>3072</v>
+      </c>
+      <c r="E790" t="s">
+        <v>3073</v>
+      </c>
+      <c r="F790" t="s">
+        <v>356</v>
+      </c>
+      <c r="G790" s="1" t="s">
+        <v>3074</v>
+      </c>
+      <c r="H790" t="s">
+        <v>3075</v>
+      </c>
+    </row>
+    <row r="791" spans="1:8">
+      <c r="A791" t="s">
+        <v>3076</v>
+      </c>
+      <c r="B791" t="s">
+        <v>9</v>
+      </c>
+      <c r="C791" t="s">
+        <v>314</v>
+      </c>
+      <c r="D791" t="s">
+        <v>3072</v>
+      </c>
+      <c r="E791" t="s">
+        <v>3073</v>
+      </c>
+      <c r="F791" t="s">
+        <v>13</v>
+      </c>
+      <c r="G791" s="1" t="s">
+        <v>3077</v>
+      </c>
+      <c r="H791" t="s">
+        <v>3078</v>
+      </c>
+    </row>
+    <row r="792" spans="1:8">
+      <c r="A792" t="s">
+        <v>3079</v>
+      </c>
+      <c r="B792" t="s">
+        <v>9</v>
+      </c>
+      <c r="C792" t="s">
+        <v>3080</v>
+      </c>
+      <c r="D792" t="s">
+        <v>3081</v>
+      </c>
+      <c r="E792" t="s">
+        <v>3082</v>
+      </c>
+      <c r="F792" t="s">
+        <v>3083</v>
+      </c>
+      <c r="G792" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="H773" t="s">
-        <v>3023</v>
+      <c r="H792" t="s">
+        <v>3084</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -30380,50 +31059,69 @@
     <hyperlink ref="G749" r:id="rId748"/>
     <hyperlink ref="G750" r:id="rId749"/>
     <hyperlink ref="G751" r:id="rId750"/>
     <hyperlink ref="G752" r:id="rId751"/>
     <hyperlink ref="G753" r:id="rId752"/>
     <hyperlink ref="G754" r:id="rId753"/>
     <hyperlink ref="G755" r:id="rId754"/>
     <hyperlink ref="G756" r:id="rId755"/>
     <hyperlink ref="G757" r:id="rId756"/>
     <hyperlink ref="G758" r:id="rId757"/>
     <hyperlink ref="G759" r:id="rId758"/>
     <hyperlink ref="G760" r:id="rId759"/>
     <hyperlink ref="G761" r:id="rId760"/>
     <hyperlink ref="G762" r:id="rId761"/>
     <hyperlink ref="G763" r:id="rId762"/>
     <hyperlink ref="G764" r:id="rId763"/>
     <hyperlink ref="G765" r:id="rId764"/>
     <hyperlink ref="G766" r:id="rId765"/>
     <hyperlink ref="G767" r:id="rId766"/>
     <hyperlink ref="G768" r:id="rId767"/>
     <hyperlink ref="G769" r:id="rId768"/>
     <hyperlink ref="G770" r:id="rId769"/>
     <hyperlink ref="G771" r:id="rId770"/>
     <hyperlink ref="G772" r:id="rId771"/>
     <hyperlink ref="G773" r:id="rId772"/>
+    <hyperlink ref="G774" r:id="rId773"/>
+    <hyperlink ref="G775" r:id="rId774"/>
+    <hyperlink ref="G776" r:id="rId775"/>
+    <hyperlink ref="G777" r:id="rId776"/>
+    <hyperlink ref="G778" r:id="rId777"/>
+    <hyperlink ref="G779" r:id="rId778"/>
+    <hyperlink ref="G780" r:id="rId779"/>
+    <hyperlink ref="G781" r:id="rId780"/>
+    <hyperlink ref="G782" r:id="rId781"/>
+    <hyperlink ref="G783" r:id="rId782"/>
+    <hyperlink ref="G784" r:id="rId783"/>
+    <hyperlink ref="G785" r:id="rId784"/>
+    <hyperlink ref="G786" r:id="rId785"/>
+    <hyperlink ref="G787" r:id="rId786"/>
+    <hyperlink ref="G788" r:id="rId787"/>
+    <hyperlink ref="G789" r:id="rId788"/>
+    <hyperlink ref="G790" r:id="rId789"/>
+    <hyperlink ref="G791" r:id="rId790"/>
+    <hyperlink ref="G792" r:id="rId791"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>