--- v0 (2025-12-06)
+++ v1 (2026-03-07)
@@ -54,2813 +54,2813 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>José Lucas Stutz Delgado Pinto (Lucas Stutz)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/787/ind_-_2024_-_0002-2024_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/787/ind_-_2024_-_0002-2024_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Encaminhar equipe técnica na PRACINHA ao lado da quadra do Colégio Estadual Quintino Bocaiúva. sito na Rua Plinio Casado, Campo do Prado, sede do Município.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/</t>
   </si>
   <si>
     <t>Enviar equipe Técnica no local conhecido como Trevo com aproximadamente 1.785.55M2, entrada para o Parque Veneza, com a finalidade de construção de Praça e Jardim.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/733/ind_-_2024_-_0015-2024_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/733/ind_-_2024_-_0015-2024_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Encaminhar equipe técnica desta conceituada secretaria no local denominado Beco Alair Hime Sardinha, Campo do Prado, ao lado da obra do Quintino Antigo.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Marcos Vinícius Ferreira Romero (Vinicius Romero)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/545/ind_-_2024_-_0016-2024_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/545/ind_-_2024_-_0016-2024_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Reforma na cabeceira da ponte que liga Japuíba a estrada da areia branca.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/544/ind_-_2024_-_0017-2024_-_marcos_vinicius_ferreira_romero_-_retirada_por_duplicidade.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/544/ind_-_2024_-_0017-2024_-_marcos_vinicius_ferreira_romero_-_retirada_por_duplicidade.pdf</t>
   </si>
   <si>
     <t>Reforma no parquinho na praça do Parque Veneza, em Cachoeiras de Macacu.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Fabrício de Araujo Sousa (Fabrício Português)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/563/ind_-_2024_-_0018-2024_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/563/ind_-_2024_-_0018-2024_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Interceder junto à Secretaria de Saúde, para que O Hospital Municipal venha contar com um Cirurgião pediátrico.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/564/ind_-_2024_-_0019-2024_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/564/ind_-_2024_-_0019-2024_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Limpeza e revitalização do lago seco, na subida das Sete Quedas em Boca do Mato.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Marco Antônio Freitas Pereira (Marquinho do Povo)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/797/ind_-_2024_-_0023_-_2024_-_marcos_antonio_freitas_pereira.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/797/ind_-_2024_-_0023_-_2024_-_marcos_antonio_freitas_pereira.pdf</t>
   </si>
   <si>
     <t>Construção de um poço artesiano com a finalidade de atender a população da Gleba "G", na localidade do Marubaí, 3º distrito de Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/796/ind_-_2024_-_0024_-_2024_-_marcos_antonio_freitas_pereira.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/796/ind_-_2024_-_0024_-_2024_-_marcos_antonio_freitas_pereira.pdf</t>
   </si>
   <si>
     <t>Providenciar a construção de uma Escola de Educação Infantil na localidade de Maraporã, no 3º distrito de Cachoeiras de Macacu.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/795/ind_-_2024_-_0025_-_2024_-_marcos_antonio_freitas_pereira.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/795/ind_-_2024_-_0025_-_2024_-_marcos_antonio_freitas_pereira.pdf</t>
   </si>
   <si>
     <t>Realização de Obras para melhorar a acessibilidade para portadores de necessidades especiais no Ambulatório Padre Batalha.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/734/ind_-_2024_-_0030-2024_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/734/ind_-_2024_-_0030-2024_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Encaminhar equipe técnica na calçada que tem início no centro da cidade até o local que dá acesso ao Bairro Goiabal “em frente ao Antigo clube cavaleiro do luar".</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>Ivan Dionizio (Ivan Dionizio)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1374/ind_-_2024_-_0054_-_2024_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1374/ind_-_2024_-_0054_-_2024_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>INDICO que seja encaminhado o expediente ao Excelentíssimo Prefeito Municipal Sr. Rafael Muzzi de Miranda para que o mesmo interceda junto A Secretaria de Obras para viabilizar a PAVIMENTAGAO ASFALTICA E O MANILHAMENTO nas ruas Gessi Menezes e Julieta Busquet Saldanha, localizada no Bairro da Ribeira, neste município.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/547/ind_-_2024_-_0055-2024_-_ivan_dionizio_-_retirada.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/547/ind_-_2024_-_0055-2024_-_ivan_dionizio_-_retirada.pdf</t>
   </si>
   <si>
     <t>PAVIMENTAÇÃO ASFÁLTICA, MANILHAMENTO E CONSTRUÇÃO DE UMA REDE DE ESGOTO na Rua Genésio da Rocha, localizada no Bairro da Ribeira, neste município.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/781/ind_-_2024_-_0056-2024_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/781/ind_-_2024_-_0056-2024_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>IMPLEMENTAÇÃO DE UMA FISCALIZAÇÃO MAIS RIGOROSA DOS VEÍCULOS QUE ESTACIONAM IRREGULARMENTE NAS VAGAS DESTINADAS PARA PESSOAS PORTADORAS DE DEFICIENCIA E COM MOBILIDADE REDUZIDA.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/554/ind_-_2024_-_0057-2024_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/554/ind_-_2024_-_0057-2024_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>CORREÇÃO NO NIVELAMENTO DO ASFALTO na Rua Padre Antônio da Costa Carvalho nas proximidades do nº 441, do bairro Ribeira (Foto em anexo).</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/565/ind_-_2024_-_0058-2024_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/565/ind_-_2024_-_0058-2024_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>Interceder junto a Autarquia Municipal de Água e Esgoto de Cachoeiras de Macacu (AMAE-CM) para que seja instalado UM NOVO COLETOR DE LIXO_x000D_
 DOMICILIAR (Containers de Lixo), entre as esquinas da Avenida Senador Doutel de Andrade e Rua Padre Antônio da Costa Carvalho, no bairro da_x000D_
 Ribeira.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Darcileia Ulerisch da Silva (Darcileia Ulerisch)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/929/ind_-_2024_-_0060-2024_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/929/ind_-_2024_-_0060-2024_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Instalar quebra-molas em toda extensão do Guararapes, localizado em Papucaia.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>Juscelino Rodrigues de Barcelos (Celino)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/794/ind_-_2024_-_0074-2024_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/794/ind_-_2024_-_0074-2024_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>Atender a comunidade do Bairro São Francisco de Assis, necessita de conservação e roçada na Rua General Basílio Taborda, pois a mesma encontra-se com o piso com afundamentos e muito mato.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/793/ind_-_2024_-_0075-2024_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/793/ind_-_2024_-_0075-2024_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>Atender a Comunidade do Bairro Boa Vista, na Rua D no Boqueirão, visto que necessita de pavimentação.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>Edgar Rosa da Silva (Professor Edgar)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/792/ind_-_2024_-_0076-2024_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/792/ind_-_2024_-_0076-2024_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE CONSULTÓRIO ODONTOLÓGICO NA UNIDADE ESTRATÉGICA DE SAÚDE DA FAMÍLIA (ESF) CENTRO II, sito a Rua Alberto Monteiro Barbosa, no Bairro Parque Veneza, em Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/791/ind_-_2024_-_0109_-_2024_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/791/ind_-_2024_-_0109_-_2024_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>Interceder junto ao 35° Batalhdo de Policia Militar e/ou a Guarda Municipal com a finalidade de reforçar a segurança dos funcionários e pacientes da UPA da Ribeira.</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1373/ind_-_2024_-_0113-2024_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1373/ind_-_2024_-_0113-2024_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Anteprojeto de Lei que "DISPÕE SOBRE O AUMENTO SALARIAL PARA O ADMINISTRATIVO E O PESSOAL DE APOIO DAS ESCOLAS MUNICIPAIS DE CACHOEIRAS DE MACACU E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/749/ind_-_2024_-_0113-2024_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/749/ind_-_2024_-_0113-2024_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Indicação de Anteprojeto de Lei que: "DISPÕE SOBRE O AUMENTO SALARIAL PARA O ADMINISTRATIVO E O PESSOAL DE APOIO DAS ESCOLAS MUNICIPAIS DE CACHOEIRAS DE MACACU E DÁ OUTRAS PROVIDÊNCIAS.".</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/750/ind_-_2024_-_0148-2024_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/750/ind_-_2024_-_0148-2024_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Indicação de Anteprojeto de Lei que: "DISPÕE SOBRE A EQUIPARAÇÃO SALARIAL PARA O ADMINISTRATIVO DOS FUNCIONÁRIOS DA PREFEITURA MUNICIPAL DE CACHOEIRAS DE MACACU E DÁ OUTRAS PROVIDÊNCIAS.".</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/790/ind_-_2024_-_0157-2024_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/790/ind_-_2024_-_0157-2024_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>Atender a Comunidade do Bairro Parque Veneza, na Rua Juvenal Alves Freire, para a colocação de Manilhamento.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/735/ind_-_2024_-_0168-2024_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/735/ind_-_2024_-_0168-2024_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>Atender a Comunidade do Bairro Agro-Brasil, no que tange a abertura de poço artesiano para abastecimento.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/755/ind_-_2024_-_0170-2024_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/755/ind_-_2024_-_0170-2024_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO e PADRONIZAÇÃO DO CONSULTÓRIO ODONTOLÓGICO, REPAROS NAS ESTRUTURAS, COMO TETOS E PAREDES DA UNIDADE, ESCADA DE ACESSO A SALA DE CURATIVO NA PARTE DE TRÁS, QUE SE ENCONTRA COM RACHADURAS E CEDENDO SOLO, PODA DE ÁRVORE ANEXA A UNIDADE, EVITANDO RISCO DE QUEDA SOBRE A COBERTURA, NA UNIDADE ESTRATÉDIA SAÚDE DA FAMÍLIA CASTÁLIA, no bairro Castália, em Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/753/ind_-_2024_-_0172-2024_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/753/ind_-_2024_-_0172-2024_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>EXTENSÃO DE REDE ELÉTRICA PARA, na Rua Padre José Batalha, no bairro Parque Santa Luiza em Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>TROCA DO LOCAL DA UNIDADE CONDENSADORA EXTERNA DO AR- CONDICIONADO DA UNIDADE BÁSICA DE SAÚDE (UBS) PAPUCAIA na Rua Enf. Sebastião Mariano da Silva no bairro Papucaia em Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/566/ind_-_2024_-_0173-2024_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/566/ind_-_2024_-_0173-2024_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Implantação da linha municipal de ônibus (Boa Vista X Centro via Boqueirão), no sentido de providenciar dentro das possibilidades, observando a urgência dessa solicitação.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>Alexandre Ferreira da Fonseca (Didico)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/754/ind_-_2024_-_0174-2024_-_alexandre_ferreira_da_fonseca.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/754/ind_-_2024_-_0174-2024_-_alexandre_ferreira_da_fonseca.pdf</t>
   </si>
   <si>
     <t>Instalação de ar condicionado nas salas de aferição de pressão e realização de exames de eletrocardiograma, no Ambulatório Padre Batalha.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/562/ind_-_2024_-_0175-2024_-_alexandre_ferreira_da_fonseca.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/562/ind_-_2024_-_0175-2024_-_alexandre_ferreira_da_fonseca.pdf</t>
   </si>
   <si>
     <t>Manutenção da Rua Adalgisa Veloso, tendo em vista que as fortes chuvas das últimas semanas tem desajustado os paralelepípedos, ficando irregulares, comprometendo o tráfego de carros e pedestres.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/557/ind_-_2024_-_0182-2024_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/557/ind_-_2024_-_0182-2024_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO DAS GRADES DE ENTRADA POR PORTAS E JANELAS DE VIDRO (BLINDEX) E QUE SE INSTALE SISTEMA DE AR CONDICIONADO NO LOCAL DE ESPERA, ONDE OS PACIENTES AGUARDAM PARA O ATENDIMENTO, NA UNIDADE ESTRATÉGICA DE SAÚDE DA FAMÍLIA (ESF) MATUMBO, sito a Estrada do Matumbo, no bairro Matumbo, em Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
     <t>Valdinei Pires de Siqueira (Neizinho do Posto)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/785/ind_-_2024_-_0201-2024_-_valdinei_pires_de_siqueira.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/785/ind_-_2024_-_0201-2024_-_valdinei_pires_de_siqueira.pdf</t>
   </si>
   <si>
     <t>Restauração da antiga ponte ferroviária de Boca do Mato.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>Valdinei Pires de Siqueira (Neizinho do Posto), Edgar Rosa da Silva (Professor Edgar)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/784/ind_-_2024_-_0202-2024_-_valdinei_pires_de_siqueira_e_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/784/ind_-_2024_-_0202-2024_-_valdinei_pires_de_siqueira_e_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>Construir barragens no trecho da beira rio na ponte que liga o Bairro São Francisco ao Bairro Parque Veneza, onde foi diretamente afetado com as cheias do Rio Macacu, deixando várias famílias desabrigadas e muitas residências com riscos de desabamento.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/783/ind_-_2024_-_0203-2024_-_valdinei_pires_de_siqueira.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/783/ind_-_2024_-_0203-2024_-_valdinei_pires_de_siqueira.pdf</t>
   </si>
   <si>
     <t>Fazer uma galeria para escoamento de águas pluviais no córrego que atravessa a rua da Avenida Castália, precisamente vindo do sítio do Sr. Fernando.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/759/ind_-_2024_-_0205-2024_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/759/ind_-_2024_-_0205-2024_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>Realização de uma FORÇA TAREFA COM O INTUITO DE VERIFICAR AS CONDIÇÕES ESTRUTURAIS DE TODAS AS PONTES EDIFICADAS SOBRE OS CANAIS DE ÁGUAS PLUVIAIS EXISTENTES EM NOSSA CIDADE.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>José Cândido Fragoso (Professor José Cândido)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/786/ind_-_2024_-_0206-2024_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/786/ind_-_2024_-_0206-2024_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>Providenciar UMA SALA DO EMPREENDEDOR(PERMANENTE)EM PAPUCAIA.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/546/ind_-_2024_-_0207-2024_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/546/ind_-_2024_-_0207-2024_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>CONSTRUÇÃO DE CONTENÇÃO DO TIPO "GABIÃO" AS MARGENS DO RIO MACACU PRÓXIMO AS RESIDENCIAS, entre os bairros São Francisco de Assis e Parque Santa Luiza no município de Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/556/ind_-_2024_-_0213-2024_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/556/ind_-_2024_-_0213-2024_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Indicação de Anteprojeto de Lei que: "“Dispõe de criação da Orquestra Sinfônica e Escola de Música do Município de Cachoeiras de Macacu, e dá outras providências.”</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/555/ind_-_2024_-_0214-2024_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/555/ind_-_2024_-_0214-2024_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Implantação dentro das possibilidades da municipalidade, de uma Unidade do Instituto Federal Fluminense (IFF) ou Instituto Federal do Rio de Janeiro (IFRJ), observando a urgência dessa solicitação.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/553/ind_-_2024_-_0215-2024_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/553/ind_-_2024_-_0215-2024_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Implantação dentro das possibilidades da municipalidade de um Departamento de Ouvidoria no Ambulatório Municipal Padra Batalha, observando a urgência dessa solicitação.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/549/ind_-_2024_-_0217-2024_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/549/ind_-_2024_-_0217-2024_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>Atender a Comunidade do Bairro Cidade Alta, no que tange a realização de serviços de manutenção de rede de manilhas.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/561/ind_-_2024_-_0219-2024_-_alexandre_ferreira_da_fonseca.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/561/ind_-_2024_-_0219-2024_-_alexandre_ferreira_da_fonseca.pdf</t>
   </si>
   <si>
     <t>Aquisição de uma VAN para o transporte dos agentes de endemias.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>Tiago da Silva Teixeira (Tiago do Gás)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/548/ind_-_2024_-_0220-2024_-_tiago_da_silva_teixeira.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/548/ind_-_2024_-_0220-2024_-_tiago_da_silva_teixeira.pdf</t>
   </si>
   <si>
     <t>Utilizar o material retirado da fresagem de asfalto que está sendo feita em nosso município e reutilizada nas localidades do Papucaia 1 e 2 e seus acessos.</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/552/ind_-_2024_-_0221-2024_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/552/ind_-_2024_-_0221-2024_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR A CONSTRUÇÃO DE UMA ÁREA DE LAZER COM A INSTALAÇÃO DE PLAYGROUND INFANTIL APÓS A FINALIZAÇÃO DAS OBRAS QUE ESTÃO SENDO REALIZADAS NO ANTIGO VALÃO DO BAIRRO DA RIBEIRA.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/551/ind_-_2024_-_0222-2024_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/551/ind_-_2024_-_0222-2024_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>Interceder junto a Secretaria do Meio Ambiente para REALIZAÇÃO DE UM MUTIRÃO TRIMESTRAL PARA PROCEDIMENTO CIRÚRGICO DE CASTRAÇÃO GRATUITA EM ANIMAIS (CÃES E GATOS).</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/550/ind_-_2024_-_0223-2024_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/550/ind_-_2024_-_0223-2024_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Alocar em lugar mais adequado a sala 40 SETOR DE INFECTOLOGIA que atende no local conhecido como Padre Batalha.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/543/ind_-_2024_-_0227-2024_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/543/ind_-_2024_-_0227-2024_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Acionar os órgãos competentes para providenciar com a maior brevidade possível “URGENTE” a DRAGAGEM dos rios e locais a saber:_x000D_
 RIO MACACU, tendo inicio em toda extensão que foi atingida pelas cheias do dia 22/03/2024 "Bairros a saber: Várzea, São Francisco de Assis, Beira Linha e Parque Veneza" sede do nosso Município; e RIO GANGURI Iniciando próximo ao Batalhão do Corpo de Bombeiro no Bairro Goiabal sede do Município, que foi atingido peIas cheias do dia 22.03.2025 até o local que desemboca no Rio Macacu.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/910/ind_-_2024_-_0248-2024_-_tiago_da_silva_teixeira.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/910/ind_-_2024_-_0248-2024_-_tiago_da_silva_teixeira.pdf</t>
   </si>
   <si>
     <t>Indicação de Anteprojeto de Lei que: "DECLARA DE UTILIDADE PÚBLICA A ASSOCIAÇÃO PAPUCAIA ESPORTE CLUBE".</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/540/ind_-_2024_-_0249-2024_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/540/ind_-_2024_-_0249-2024_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>Atender as comunidades de vários bairros da cidade, no que tange a realização de pintura dos ”quebra—molas" onde, principalmente foram realizadas obras de recapeamento asfáltico, pois com a nova camada, os quebra-molas ficaram sem um sinalização visível, o que vem acarretando inúmeros acidentes.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/927/ind_-_2024_-_0251-2024_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/927/ind_-_2024_-_0251-2024_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO DOS SUPORTES (BRAÇOS) DA ILUMINAÇÃO PÚBLICA E A TROCA DAS LÂMPADAS QUEIMADAS das ruas Jose Pereira Rangel e Irineu de Castro Leal, no Bairro da Ribeira.</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/926/ind_-_2024_-_0252-2024_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/926/ind_-_2024_-_0252-2024_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>REFORÇAR A INDICAÇÃO Nº 0354/2022, PROPOSIÇÃO DE MINHA AUTORIA, PARA QUE O PODER EXECUTIVO FAÇA A IMPLANTAÇÃO DE UM SETOR DE TERAPIA OCUPACIONAL (TO) NO POSTO DE SAÚDEDARIBEIRA COM ESCOPO NO TRATAMENTO E REABILITAÇÃO DE CRIANÇAS PORTADORAS DE ALTERAÇÕES COGNITIVAS, AFETIVAS, PERCEPTIVAS E PSICOMOTORAS, DECORRENTES OU NÃO DE DISTÚRBIOS GENÉTICOS, TRAUMÁTICOS OU DE DOENÇAS ADQUIRIDAS.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/906/ind_-_2024_-_0265-2024_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/906/ind_-_2024_-_0265-2024_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>SUBSTITUIÇÃO E A MANUTENÇÃO DOS BRINQUEDOS QUEBRADOS DO PARQUE INFANTIL RUA DO BOULEVARD DA RIBEIRA, DA MESMA FORMA A LIMPEZA NO LOCAL.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/905/ind_-_2024_-_0322-2024_-_ailton_telles_machado.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/905/ind_-_2024_-_0322-2024_-_ailton_telles_machado.pdf</t>
   </si>
   <si>
     <t>CRIAÇÃO DE VAGAS DE ESTACIONAMENTO RESERADAS AOS DEFICIENTES FÍSICOS E IDOSOS, em frente a PRAÇA DOS COLONOS em Papucaia bem como providencie a instalação das placas identificadoras de trânsito sobre as referidas vagas.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/925/ind_-_2024_-_0267-2024_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/925/ind_-_2024_-_0267-2024_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>Interceder junto a LIMPEZA URBANA E/OU A AUTARQUIA MUNICIPAL DE ÁGUA E ESGOTO DE CACHOEIRAS DE MACACU (AMAE-CM) PARA QUE SEJA REALIZADO A LIMPEZA E ROÇADA AO LONGO DA RUA KIKUMATSU UESUGI EM PAPUCAIA (FOTOS EM ANEXO), PONTO DE REFERÊNCIA NA RUA DE_x000D_
 ACESSO AO CLUBE DO JAPONÊS KAICAN.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/923/ind_-_2024_-_0301-2024_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/923/ind_-_2024_-_0301-2024_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>Atender a Comunidade do Bairro Cidade Alta, atrás do Posto de Saúde no que tange a realização de serviços de manutenção e/ou troca dos manilhões_x000D_
 que descem atrás do Posto de Saúde até o Ganguri de Cima, pois os mesmos encontram-se bastante danificados.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/922/ind_-_2024_-_0302-2024_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/922/ind_-_2024_-_0302-2024_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>Atender a comunidade do Bairro Setenta na quadra coberta, que, apresenta várias goteiras, devido a falta de telhas que foram levadas por uma ventania.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/928/ind_-_2024_-_0303-2024_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/928/ind_-_2024_-_0303-2024_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DA TELA DE PROTEÇÃO QUE DIVIDE A QUADRA DA ARQUIBANCADA, do Ginásio Poliesportivo Joacyr Corrêa dos Reis, sito a Av. Castelo Branco, no bairro Rasgo em Cachoeiras de Macacu — RJ.</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1376/ind_-_2024_-_0305-2024_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1376/ind_-_2024_-_0305-2024_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito Rafael Muzzi de Miranda, no intuito de que interceda a secretaria de obras ou a_x000D_
 outro órgão competente, para que seja efetuada a reforma, revitalização e iluminação da escada que dá acesso do centro ao Morro do Cleber.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/908/ind_-_2024_-_0308-2024_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/908/ind_-_2024_-_0308-2024_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>Construir uma Praça com adequada área de convivência e lazer na Rua Gessy Menezes, no trecho entre as Ruas Padre Antônio da Costa Carvalho e Julieta B Saldanha, no Bairro da Ribeira.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/909/ind_-_2024_-_0318-2024_-_tiago_da_silva_teixeira.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/909/ind_-_2024_-_0318-2024_-_tiago_da_silva_teixeira.pdf</t>
   </si>
   <si>
     <t>Interceder junto à Secretaria Competente, para que os pacientes que utilizam o transporte para fora do Município (TFD) para realizarem seus tratamentos médicos possam ter em seus bairros de origem um local onde essa marcação possa ser realizada.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>Edivaldo Pereira de Souza (Dudu do Povão)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/812/ind_-_2024_-_0319-2024_-_edivaldo_pereira_de_souza.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/812/ind_-_2024_-_0319-2024_-_edivaldo_pereira_de_souza.pdf</t>
   </si>
   <si>
     <t>Revisão e ampliação da rede de abastecimento de água em Guapiaçu.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/907/ind_-_2024_-_0321-2024_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/907/ind_-_2024_-_0321-2024_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>Providenciar estudos de viabilidade econômica para a criação do Hospital Municipal Veterinário de Cachoeiras de Macacu nas dependências do Centro Municipal de Castração, trazendo assim, mais dignidade aos animais e proporcionando um melhor aproveitamento dos recursos públicos.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>Ailton Telles Machado (Ailton Machado)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/904/ind_-_2024_-_0322-2024_-_ailton_telles_machado.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/904/ind_-_2024_-_0322-2024_-_ailton_telles_machado.pdf</t>
   </si>
   <si>
     <t>Construção de uma Área de Lazer, no Condomínio da Prefeitura, s/nº, Taboado, Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/912/ind_-_2024_-_0365-2024_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/912/ind_-_2024_-_0365-2024_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Indicação de Anteprojeto de Lei, que: "Autoriza a adoção do regime de teletrabalho e a redução proporcional da jornada para servidores públicos estatutários ou celetistas com filho com espectro de autismo e outras deficiências no Município de Cachoeiras de Macacu-RJ".</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>Vilmar Pereira da Silva (Lolô Eletricista)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/902/ind_-_2024_-_0372-2024_-_vilmar_pereira_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/902/ind_-_2024_-_0372-2024_-_vilmar_pereira_da_silva.pdf</t>
   </si>
   <si>
     <t>Instalação de manilhas para a captação de água pluvial na Rua Pastor Lota - Tuim, Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/817/ind_-_2024_-_0373-2024_-_vilmar_pereira_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/817/ind_-_2024_-_0373-2024_-_vilmar_pereira_da_silva.pdf</t>
   </si>
   <si>
     <t>Providenciar a melhoria do cemitério do Guapiaçu, Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/816/ind_-_2024_-_0374-2024_-_vilmar_pereira_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/816/ind_-_2024_-_0374-2024_-_vilmar_pereira_da_silva.pdf</t>
   </si>
   <si>
     <t>Providenciar uma tubulação para passar os um de um lado de rua para o outro, em frente a Oficina do Riquinho, na RJ 116, Valério KM45,300, Cachoeiras do Macacu-RJ.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/918/ind_-_2024_-_0375-2024_-_vilmar_pereira_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/918/ind_-_2024_-_0375-2024_-_vilmar_pereira_da_silva.pdf</t>
   </si>
   <si>
     <t>Melhoria na praça e que seja construída uma academia da terceira idade no Guapiaçu, Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/917/ind_-_2024_-_0376-2024_-_vilmar_pereira_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/917/ind_-_2024_-_0376-2024_-_vilmar_pereira_da_silva.pdf</t>
   </si>
   <si>
     <t>Providenciar uma capela para o cemitério no Guapiaçu, Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/916/ind_-_2024_-_0377-2024_-_vilmar_pereira_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/916/ind_-_2024_-_0377-2024_-_vilmar_pereira_da_silva.pdf</t>
   </si>
   <si>
     <t>Providenciar uma ambulância para o posto de saúde do Guapiaçu, Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/903/ind_-_2024_-_0386-2024_-_ailton_telles_machado.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/903/ind_-_2024_-_0386-2024_-_ailton_telles_machado.pdf</t>
   </si>
   <si>
     <t>Colocação de bancos e jardinetes no canteiro central na Rua Almerinda Ferreira de Almeida em Japuíba, Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/921/ind_-_2024_-_0387-2024_-_alexandre_ferreira_da_fonseca.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/921/ind_-_2024_-_0387-2024_-_alexandre_ferreira_da_fonseca.pdf</t>
   </si>
   <si>
     <t>Confecção de placas com nomes das ruas dos bairros da Cidade.</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/920/ind_-_2024_-_0388-2024_-_alexandre_ferreira_da_fonseca.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/920/ind_-_2024_-_0388-2024_-_alexandre_ferreira_da_fonseca.pdf</t>
   </si>
   <si>
     <t>Reforma do acesso ao Bairro Castália.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/815/ind_-_2024_-_0390-2024_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/815/ind_-_2024_-_0390-2024_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Implantação do transporte gratuito de passageiros ao Bairro Boa Sorte.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/915/ind_-_2024_-_0403-2024_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/915/ind_-_2024_-_0403-2024_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>PROVIDENCIAR A CONSTRUÇÃO DE UM ÁREA DE LAZER COM A INSTALAÇÃO DE PLAYGROUND INFANTIL ADAPTADOS PARA CRIANÇAS ESPECIAIS, após a efetivação das obras que estão sendo realizadas no antigo valão do bairro da Ribeira (localização GPS -22.592722, -42.732816).</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/914/ind_-_2024_-_0404-2024_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/914/ind_-_2024_-_0404-2024_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE APARELHOS DE GINASTICA AO LONGO DA PISTA DE CAMINHADA QUE LIGA OS BAIRROS DE PAPUCAIA A RIBEIRA E TAMBÉM A REFORMA DA PISTA que se encontra em alguns trechos com a pista danificada pela ação das chuvas, trazendo transtorno para as pessoas que fazem uso do local para realizar exercícios físicos.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/919/ind_-_2024_-_0405-2024_-_alexandre_ferreira_da_fonseca.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/919/ind_-_2024_-_0405-2024_-_alexandre_ferreira_da_fonseca.pdf</t>
   </si>
   <si>
     <t>Instalação de Espelho Convexo de sinalização na cabeceira da ponte da Rua José Carlos Farias, no bairro São Francisco de Assis.</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/913/ind_-_2024_-_0427-2024_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/913/ind_-_2024_-_0427-2024_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>ESTUDO DE VIABILIDADE PARA CONSTRUÇAO DE UMA ESCOLA DE EDUCAÇAO DE ENSINO FUNDAMENTAL, no bairro da Ribeira.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/779/ind_-_2024_-_0444-2024_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/779/ind_-_2024_-_0444-2024_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>Que se digne atender  a Comunidade do Bairro São Francisco o de Assis, mais precisamente na cabeceira da ponte  que liga o bairro ao Centro de cidade.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/777/ind_-_2024_-_0445-2024_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/777/ind_-_2024_-_0445-2024_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>Que se digne atender a comunidade do Bairro Setenta.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>José Lucas Stutz Delgado Pinto (Lucas Stutz), Alexandre Ferreira da Fonseca (Didico)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/360/ind_-_2024_-_0449-2024_-_jose_lucas_stutz_delgado_pinto_-_alexandre_ferreira_da_fonseca.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/360/ind_-_2024_-_0449-2024_-_jose_lucas_stutz_delgado_pinto_-_alexandre_ferreira_da_fonseca.pdf</t>
   </si>
   <si>
     <t>Acionar o Secretário Municipal de Saúde Dr. Carlos Eduardo de Aguiar. para atender os Profissionais de Saúde. Agentes Comunitários de Saúde (ACS) e Agentes de Combate a Endemias (ACE) com o valor de R$ 2.824,00, Incentivo Financeiro determinado pelo Ministério da Saúde.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/911/ind_-_2024_-_0450-2024_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/911/ind_-_2024_-_0450-2024_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Elaborar levantamento da necessidade de instalação de uma ESF em Boca do Mato.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/326/ind_-_2024_-_0456-2024_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/326/ind_-_2024_-_0456-2024_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>INDICO que seja encaminhado o expediente ao_x000D_
 Excelentissimo Prefeito Municipal Sr. Rafael Muzzi de Miranda para que o_x000D_
 mesmo interceda junto ao Secretario Municipal de Obras para providenciar EM_x000D_
 REGIME DE URGENCIA A MANUTENGAO CORRETIVA E LIMPEZA DA_x000D_
 REDE DE ESGOTO SANITARIO ENTUPIDA, JUNTAMENTE COM A_x000D_
 PAVIMENTAGAO E CALGAMENTO DA RUA DA AZUL PISCINAS, proximo_x000D_
 ao Férum do Tribunal de Justiga da comarca de Cachoeiras de Macacu.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/327/ind_-_2024_-_0458_-_2024_-_ver_vilmar_pereira_da_silva_-_atendimento_preferncial_profissionais_contabilidade.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/327/ind_-_2024_-_0458_-_2024_-_ver_vilmar_pereira_da_silva_-_atendimento_preferncial_profissionais_contabilidade.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado ao Exmo. Senhor Prefeito Rafael Miranda, no intuito de que interceda junto a sua gestdo, para que receba este Ante Projeto de Lei(DISPOE SOBRE ATENDIMENTO PREFERENCIAL PROFISSIONAIS CONTABILIDADE), analise-o, e achando pertinente os beneficios para a populagao cachoeirense, encaminhe-o de volta para esta Casa de Leis para apreciagdo e votacao.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/358/ind_-_2024_-_0461-2024_-_vilmar_pereira_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/358/ind_-_2024_-_0461-2024_-_vilmar_pereira_da_silva.pdf</t>
   </si>
   <si>
     <t>Que interceda junto à Secretaria Municipal de Obras, na realização do calçamento na Rua S. Parque Ribeira, Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/359/ind_-_2024_-_0462-2024_-_vilmar_pereira_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/359/ind_-_2024_-_0462-2024_-_vilmar_pereira_da_silva.pdf</t>
   </si>
   <si>
     <t>Que interceda junto à Prefeitura, para realizar a limpeza na pista RJ 122, Cachoeiras de Macacu - RJ.</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1375/ind_-_2024_-_0465-2024_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1375/ind_-_2024_-_0465-2024_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Encaminhar equipe técnica dessa conceituada Secretaria no final da Rua Célio de Araújo, Bairro Tuim, Sede de Cachoeiras de Macacu, para colocação de GUARDA CORPO na subida que dá acesso para a casa da pessoa conhecida como Maradona.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/813/ind_-_2024_-_0468-2024_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/813/ind_-_2024_-_0468-2024_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Encaminhar equipe técnica no local denominado Beco Alair Hime Sardinha, Campo do Prado, ao lado da Obra do Quintino antigo, pois os paralelos do local estão afundando.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/325/ind_-_2024_-_0485_-2024_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/325/ind_-_2024_-_0485_-2024_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>INDICO que seja encaminhado um expediente ao Excelentissimo Prefeito_x000D_
 Municipal Sr. Rafael Muzzi de Miranda para que o mesmo interceda junto a_x000D_
 Secretaria Municipal de Educaçao para O ESTUDO DE VIABILIDADE PARA ’_x000D_
 CONSTRUGAO DE UMA ESCOLAS DE ENSINO MEDIO EM TEMPO"_x000D_
 INTEGRAL no bairro da Ribeira</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>Nilton Matozo Viana (Dunga)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/776/ind_-_2024_-_0499-2024_-_nilton_matozo_viana.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/776/ind_-_2024_-_0499-2024_-_nilton_matozo_viana.pdf</t>
   </si>
   <si>
     <t>Solicitando sua intermediação junto á TODAS AS SECRETARIAS, a possível colocação de telas protetoras para tanque de combustíveis: de todos os veículos leve e veículos pesados que possuem nos seus quadros.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/823/ind_-_2024_-_0500-2024_-_nilton_matozo_viana.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/823/ind_-_2024_-_0500-2024_-_nilton_matozo_viana.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhada expediente ao Exmo. Senhor Prefeito RAFAEL MUZZI DE MIRANDA, solicitando sua intermediação junto á SECRETARIA DE EDUCAÇÃO, a possível colocação de câmeras de segurança em todas as escolas do município.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/824/ind_-_2024_-_0521-2024_-_tiago_da_silva_teixeira_1.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/824/ind_-_2024_-_0521-2024_-_tiago_da_silva_teixeira_1.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal Rafael Muzzi de Miranda para que interceda junto à Secretaria competente, para que seja realizada a poda das árvores no Boulevard da Ribeira.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/805/ind_-_2024_-_0525-2024_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/805/ind_-_2024_-_0525-2024_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>REALIZAR ESTUDOS DE VIABILIDADE NOS SERVIÇOS DE REVITALIZAÇÃO DA ÁREA DE LAZER DO CAMPO DE FUTEBOL DA RIBEIRA E DA RODOVIÁRIA DE PAPUCAIA COM A DEMOLIÇÃO DOS CANTEIROS DEMARCADORES DE VAGAS DE ESTACIONAMENTO E JARDINS, PARA QUE SEUS USUÁRIOS TENHAM MAIOR COMODIDADE NO IR E VIR, COM SEU ESPAÇO FÍSICO MAIS AMPLO E AREJADO.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/822/ind_-_2024_-_0527-2024_-_edivaldo_pereira_de_souza_1.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/822/ind_-_2024_-_0527-2024_-_edivaldo_pereira_de_souza_1.pdf</t>
   </si>
   <si>
     <t>Providenciar a instalação de rede de abastecimento da água localidade Papucaia 1, em virtude da aprovação do Projeto de Lei Complementar nº 092 de 03 de junho de 2024 que implementa a Regulamentação Fundiária Urbana - REURB no Município de Cachoeiras de Macacu, conforme Lei Federal nº 13.465/2017.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/821/ind_-_2024_-_0528-2024_-_edivaldo_pereira_de_souza.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/821/ind_-_2024_-_0528-2024_-_edivaldo_pereira_de_souza.pdf</t>
   </si>
   <si>
     <t>Providenciar a implementação de Rede de captação de tratamento de Esgoto na localidade do loteamento de Papucaia 1, em virtude da aprovação do Projeto de Lei Complementar nº 092 de 03 de junho de 2024 que implementa a Regulamentação Fundiária Urbana - REURB no Município de Cachoeiras de Macacu, conforme Lei Federal nº 13.465/2017.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/806/ind_-_2024_-_0529-2024_-_edivaldo_pereira_de_souza.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/806/ind_-_2024_-_0529-2024_-_edivaldo_pereira_de_souza.pdf</t>
   </si>
   <si>
     <t>Providenciar a implementação de REDES DE ILUMINAÇÃO PÚBLICA NOS LOTEAMENTOS PAPUCAIA 1 E PAPUCAIA 2, em virtude da aprovação do projeto de Lei Complementar no 092 de 03 de junho de 2024 que implementa a Regulamentação Fundiária Urbana - REURB no Município de Cachoeiras de Macacu, conforme Lei Federal no 13.465/2017.</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1066/ind_-_2024_-_0530-2024_-_edivaldo_pereira_de_souza.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1066/ind_-_2024_-_0530-2024_-_edivaldo_pereira_de_souza.pdf</t>
   </si>
   <si>
     <t>INDICO que seja encaminhado o expediente ao Excelentíssimo Prefeito Municipal, Sr, Rafael Muzzi de Miranda, para que interceda junto ao Secretário de Obras ou Departamento Responsável, com a finalidade de providenciar A IMPLEMENTAÇÃO DE PAVIMENTAÇÃO DAS RUAS DE ACESSO E INTERIOR DO LOTEAMENTO PAPUCAIA 2, em virtude da aprovação do Projeto de Lei Complementar nº 092 de 03 de junho de 2024 que implementa a Regularização Fundiária Urbana - REURB no Município de Cachoeiras de Macacu, conforme Lei Federal nº 13.465/2017.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/820/ind_-_2024_-_0531-2024_-_edivaldo_pereira_de_souza.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/820/ind_-_2024_-_0531-2024_-_edivaldo_pereira_de_souza.pdf</t>
   </si>
   <si>
     <t>Providenciar a implementação de SISTEMA DE COLETA DE LIXO no loteamento Papucaia 1, em virtude da aprovação do Projeto de Lei Complementar  nº 092 de 03 de junho de 2024 que implementa a Regulamentação Fundiária Urbana - REURB no Município de Cachoeiras de Macacu, conforme Lei Federal nº 13.465/2017.</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1065/ind_-_2024_-_0532-2024_-_edivaldo_pereira_de_souza.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1065/ind_-_2024_-_0532-2024_-_edivaldo_pereira_de_souza.pdf</t>
   </si>
   <si>
     <t>INDICO que seja encaminhado o expediente ao Excelentíssimo Prefeito Municipal, Sr, Rafael Muzzi de Miranda, para que interceda junto ao Secretário de Obras ou Departamento Responsável, com a finalidade de providenciar A IMPLEMENTAÇÃO DE SISTEMA DE DRENAGEM PLUVIAL localidade do loteamento Papucaia 1, em virtude da aprovação do Projeto de Lei Complementar nº 092 de 03 de junho de 2024 que implementa a Regularização Fundiária Urbana - REURB no Município de Cachoeiras de Macacu, conforme Lei Federal nº 13.465/2017.</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1064/ind_-_2024_-_0533-2024_-_edivaldo_pereira_de_souza.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1064/ind_-_2024_-_0533-2024_-_edivaldo_pereira_de_souza.pdf</t>
   </si>
   <si>
     <t>INDICO que seja encaminhado o expediente ao Excelentíssimo Prefeito Municipal, Sr, Rafael Muzzi de Miranda, para que interceda junto ao Secretário de Obras ou Departamento Responsável, com a finalidade de providenciar a instalação de rede de abastecimento de água localidade do loteamento Papucaia 2, em virtude da aprovação do Projeto de Lei Complementar nº 092 de 03 de junho de 2024 que implementa a Regularização Fundiária Urbana - REURB no Município de Cachoeiras de Macacu, conforme Lei Federal nº 13.465/2017.</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1101/ind_-_2024_-_0534-2024_-_edivaldo_pereira_de_souza.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1101/ind_-_2024_-_0534-2024_-_edivaldo_pereira_de_souza.pdf</t>
   </si>
   <si>
     <t>Providenciar a implementação de Rede de captação de tratamento de Esgoto n localidade do loteamento Papucaia 2, em virtude da aprovação do Projeto de Lei Complementar nº 092 de 03 de junho de 2024 que implementa a Regulamentação Fundiária Urbana - REURB no Município de Cachoeiras de Macacu, conforme Lei Federal nº 13.465/2017.</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1100/ind_-_2024_-_0535-2024_-_edivaldo_pereira_de_souza.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1100/ind_-_2024_-_0535-2024_-_edivaldo_pereira_de_souza.pdf</t>
   </si>
   <si>
     <t>Providenciar a implementação de Rede de iluminação pública no loteamento de Papucaia 2, em virtude da Lei Complementar nº 092 de 03 de junho de 2024 que implementa a Regulamentação fundiária Urbana - REURB no Município de Cachoeiras de Macacu, conforme Lei Federal nº 13.465/2017.</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1099/ind_-_2024_-_0536-2024_-_edivaldo_pereira_de_souza.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1099/ind_-_2024_-_0536-2024_-_edivaldo_pereira_de_souza.pdf</t>
   </si>
   <si>
     <t>Implementação de sistema de drenagem pluvial no loteamento Papucaia 2, em virtude da Lei Complementar nº 092 de 03 de junho de 2024 que implementa a Regulamentação Fundiária Urbana - Reurb no Município de Cachoeiras de Macacu, conforme Lei Federal nº 13.465/2017.</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1382/ind_-_2024_-_0537_-_2024_-_edivaldo_pereira_de_souza.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1382/ind_-_2024_-_0537_-_2024_-_edivaldo_pereira_de_souza.pdf</t>
   </si>
   <si>
     <t>providenciar a implementação de pavimentação das Ruas de acesso e interior do loteamento Papucaia 2, em virtude da Lei Complementar n° 092 de 03 de junho de 2024 que implementa a Regulamentação Fundiária Urbana - REURB no Município de Cachoeiras de Macacu, conforme Lei Federal n° 13.465/2017.</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1391/ind_-_2024_-_0538_-_2024_-_edivaldo_pereira_de_souza.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1391/ind_-_2024_-_0538_-_2024_-_edivaldo_pereira_de_souza.pdf</t>
   </si>
   <si>
     <t>Providenciar a implementação de sistema de coleta de lixo no loteamento Papucaia 2, em virtude da aprovação da Lei Complementar nº 092 de 03 de junho de 2024 que implementa a Regulamentação Fundiária Urbana - REURB no município de Cachoeiras de Macacu, conforme Lei Federal nº 13.465/2017.</t>
   </si>
   <si>
     <t>1392</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1392/ind_-_2024_-_0539_-_2024_-_edivaldo_pereira_de_souza.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1392/ind_-_2024_-_0539_-_2024_-_edivaldo_pereira_de_souza.pdf</t>
   </si>
   <si>
     <t>Providenciar a instalação de rede de abastecimento da agua localidade do loteamento Recanto dos Pássaros, em virtude da aprovação Lei Complementar n° 092 de 03 de junho de 2024 que implementa a Regulamentação Fundiária Urbana - REURB no Munícipio de Cachoeiras de Macacu, conforme Lei Federal n° 13.465/2017.</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1244/ind_-_2024_-_0540-2024_-_edivaldo_pereira_de_souza.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1244/ind_-_2024_-_0540-2024_-_edivaldo_pereira_de_souza.pdf</t>
   </si>
   <si>
     <t>Rede de captação de tratamento de Esgoto na localidade do loteamento RECANTO DOS PÁSSAROS, em virtude da aprovação Lei Complementar nº 092 de 03 de junho de 2024 que implementa a Regulamentação Fundiária Urbana - REURB no Município de Cachoeiras de Macacu, conforme Lei Federal nº 13.465/2017.</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1381/ind_-_2024_-_0541-2024_-_edivaldo_pereira_de_souza.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1381/ind_-_2024_-_0541-2024_-_edivaldo_pereira_de_souza.pdf</t>
   </si>
   <si>
     <t>Providenciar a implementação de Rede de iluminação pública no loteamento RECANTO DOS PÁSSAROS, em virtude da aprovação Lei Complementar no 092 de 03 de junho de 2024 que implementa a Regulamentação Fundiária Urbana - REURB no Município de Cachoeiras de Macacu, conforme Lei Federal no 13.465/2017.</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1245/ind_-_2024_-_0542-2024_-_edivaldo_pereira_de_souza.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1245/ind_-_2024_-_0542-2024_-_edivaldo_pereira_de_souza.pdf</t>
   </si>
   <si>
     <t>Providenciar a implementação de pavimentação das Ruas de acesso e interior do loteamento RECANTO DOS PÁSSAROS, em virtude da aprovação Lei Complementar nº 092 de 03 de junho de 2024 que implementa a Regulamentação Fundiária Urbana - REURB no Município de Cachoeiras de Macacu, conforme Lei Federal nº 13.465/2017.</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1256/ind_-_2024_-_0543-2024_-_edivaldo_pereira_de_souza.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1256/ind_-_2024_-_0543-2024_-_edivaldo_pereira_de_souza.pdf</t>
   </si>
   <si>
     <t>Providenciar a implementação de sistema de coleta de lixo no loteamento RECANTO DOS PÁSSAROS, em virtude da aprovação Lei Complementar nº 092 de 03 de junho de 2024 que implementa a Regulamentação Fundiária Urbana - REURB no município de Cachoeiras de Macacu, conforme Lei Federal nº 13.465/2017.</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1272/ind_-_2024_-_0544-2024_-_edivaldo_pereira_de_souza.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1272/ind_-_2024_-_0544-2024_-_edivaldo_pereira_de_souza.pdf</t>
   </si>
   <si>
     <t>Providenciar a implementação de SISTEMA DE COLETA DE LIXO no loteamento Papucaia 1, em virtude da aprovação de Projeto de Lei Complementar nº 092 de 03 de junho de 2024 que implementa a Regulamentação Fundiária Urbana - REURB no Município de Cachoeiras de Macacu, conforme Lei Federal nº 13.465/2017.</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1257/ind_-_2024_-_0545-2024_-_edivaldo_pereira_de_souza.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1257/ind_-_2024_-_0545-2024_-_edivaldo_pereira_de_souza.pdf</t>
   </si>
   <si>
     <t>Providenciar a REALIZAÇÃO DE MANUTENÇÃO E PATROLAMENTO DAS RUAS DE ACESSO AO LOTEAMENTO RECANTO DOS PÁSSAROS, em virtude da aprovação Lei Complementar nº 092 de 03 de junho de 2024 que implementa a Regulamentação Fundiária Urbana - REURB no município de Cachoeiras de Macacu, conforme Lei Federal nº 13.465/2017.</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1258/ind_-_2024_-_0546-2024_-_edivaldo_pereira_de_souza.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1258/ind_-_2024_-_0546-2024_-_edivaldo_pereira_de_souza.pdf</t>
   </si>
   <si>
     <t>Providenciar a REALIZAÇÃO DESOBSTRUÇÃO DE CAIXAS DE ESGOTAMENTO SANITÁRIO NO LOTEAMENTO RECANTO DOS PÁSSAROS, em virtude da aprovação Lei Complementar nº 092 de 03 de junho de 2024 que implementa a Regulamentação Fundiária Urbana - REURB no município de Cachoeiras de Macacu, conforme Lei Federal nº 13.465/2017.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/810/ind_-_2024_-_0548-2024_-_edivaldo_pereira_de_souza.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/810/ind_-_2024_-_0548-2024_-_edivaldo_pereira_de_souza.pdf</t>
   </si>
   <si>
     <t>REALIZAÇÃO DESOBSTRUÇÃO DE CAIXAS DE ESGOTAMENTO SANITÁRIO NO LOTEAMENTO PAPUCAIA 1 e PAPUCAIA 2, em virtude da aprovação Lei Complementar nº 092 de 03 de junho de 2024 que implementa a Regulamentação Fundiária Urbana - REURB no Município de Cachoeiras de Macacu, conforme Lei Federal nº 13.465/2017.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/811/ind_-_2024_-_0549-2024_-_edivaldo_pereira_de_souza.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/811/ind_-_2024_-_0549-2024_-_edivaldo_pereira_de_souza.pdf</t>
   </si>
   <si>
     <t>Providenciar a implementação de REDES DE ILUMINAÇÃO PÚBLICA NOS LOTEAMENTOS PAPUCAIA 1 E PAPUCAIA 2, em virtude da aprovação do projeto de Lei Complementar nº 092 de 03 de junho de 2024 que implementa a Regulamentação Fundiária Urbana - REURB no Município de Cachoeiras de Macacu, conforme Lei Federal no 13.465/2017.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/809/ind_-_2024_-_0558-2024_-_vilmar_pereira_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/809/ind_-_2024_-_0558-2024_-_vilmar_pereira_da_silva.pdf</t>
   </si>
   <si>
     <t>Instalação de um ponto de ônibus na Rodovia RJ 116, km 32,5 Taboado, Cachoeiras de Macacu, próximo ao condomínio Parque das Águas.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/808/ind_-_2024_-_0559-2024_-_vilmar_pereira_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/808/ind_-_2024_-_0559-2024_-_vilmar_pereira_da_silva.pdf</t>
   </si>
   <si>
     <t>Instalação de redutores de velocidade em frente ao CAPS e ao longo de toda a Avenida Governador Roberto Silveira, Campo do Prado Cachoeiras de Macacu.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/807/ind_-_2024_-_0560-2024_-_ailton_telles_machado.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/807/ind_-_2024_-_0560-2024_-_ailton_telles_machado.pdf</t>
   </si>
   <si>
     <t>Colocação de refletores no Estádio Municipal Joares Campos, em Japuíba, Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/814/ind_-_2024_-_0465-2024_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/814/ind_-_2024_-_0465-2024_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Encaminhar equipe técnica no final da Rua Célio de Araújo, Bairro Tuim, Sede de Cachoeiras de Macacu, para colocação de GUARDA CORPO na subida que dá acesso para a casa da pessoa conhecida como Maradona.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/819/ind_-_2024_-_0575-_2024_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/819/ind_-_2024_-_0575-_2024_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>VIABILIZAR O CALÇAMENTO DAS RUAS 10 ATÉ A RUA ” DO BAIRRO DE AGRO BRASIL.</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/933/ind_-_2024_-_0587-2024_-_vilmar_pereira_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/933/ind_-_2024_-_0587-2024_-_vilmar_pereira_da_silva.pdf</t>
   </si>
   <si>
     <t>Para a realização de uma creche ou um posto de saúde na antiga Escola Fazenda Brasil localizado no Valério.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/818/ind_-_2024_-_0606-2024_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/818/ind_-_2024_-_0606-2024_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>Solicitando em caráter de urgência, que viabilize a implementação de um CENTRO ESPECIALIZADO EM HEMODIÁLISE E DIÁLISE NO MUNCÍPIO.</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/924/ind_-_2024_-_0608-2024_-_vilmar_pereira_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/924/ind_-_2024_-_0608-2024_-_vilmar_pereira_da_silva.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado ao Exmo. Senhor Prefeito Rafael Muzzi de Miranda, no intuito que interceda junto a sua gestão, para que receba este Ante Projeto de Lei, analise-o, e achando pertinente os benefícios para a população cachoeirense, encaminhe-o de volta para esta Casa de Leis para apreciação e votação.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/930/ind_-_2024_-_0613-2024_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/930/ind_-_2024_-_0613-2024_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Acionar a Superintendente da AMAE - Autarquia Municipal de Água e Esgoto, Senhor Anderson Reis no sentido de encaminhar equipe técnica desta conceituada Autarquia na Rua Senador Alfredo Neves, Goiabal, Sede do Município para planejar e colocar no orçamento municipal, construção de galeria para escoamento de ÁGUA PLUVIAL.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/931/ind_-_2024_-_0614-2024_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/931/ind_-_2024_-_0614-2024_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>adequar na rede pública municipal professores 'Docente I' a lei aprovada pela Assembleia Legislativa do Estado do Rio de Janeiro e sancionada pelo Governador CLÁUDIO CASTRO em 30 de junho de 2022.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/932/ind_-_2024_-_0615-2024_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/932/ind_-_2024_-_0615-2024_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Providenciar com a maior rápido possível a "pintura a manutenção' da ponte de cimento e pomo metálica, localizadas no Bairro Tuim, sede do Município.</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1096/ind_-_2024_-_0628-2024_-_retirada_-__ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1096/ind_-_2024_-_0628-2024_-_retirada_-__ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>Viabilizar a CONSTRUÇÃO DE UMA PRACINHA COM PARQUE PARA RECREAÇÃO DE CRIANÇAS E ADULTOS COM IMPLANTAÇÃO DE UMA ACADEMIA PARA TERCEIRA IDADE, no km 12, Rua Hortência (antiga Rua 13), no bairro de AgroBrasil.</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1062/ind_-_2024_-_0635-2024_-_vilmar_pereira_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1062/ind_-_2024_-_0635-2024_-_vilmar_pereira_da_silva.pdf</t>
   </si>
   <si>
     <t>Instalação de um sistema de escoamento pluvial, incluindo manilhamento e drenagem, na Rua XV de Novembro, Taboado, Cachoeiras de Macacu - RJ.</t>
   </si>
   <si>
     <t>1393</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1393/ind_-_2024_-_0655_-_2024_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1393/ind_-_2024_-_0655_-_2024_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Para que seja construído um muro, instalado um bebedouro, um parquinho e câmeras de segurança na E.E.M. MATINHA, na estrada do Funchal.</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1067/ind_-_2024_-_0661-2024_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1067/ind_-_2024_-_0661-2024_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Para que seja elaborado o levantamento da necessidade de instalação de um ESF no Boa Sorte.</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1063/ind_-_2024_-_0665-2024_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1063/ind_-_2024_-_0665-2024_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>Atender a comunidade do Bairro Cidade Alta na realização de serviços de instalação de rede de manilhas na Rua Apolinário Vargas até o final da Rua José Custódio de Souza.</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1061/ind_-_2024_-_0671-2024_-_vilmar_pereira_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1061/ind_-_2024_-_0671-2024_-_vilmar_pereira_da_silva.pdf</t>
   </si>
   <si>
     <t>Realização de um campo de grama sintética na área localizada no Bairro Rasgo na Av. Castelo Branco ao lado do Ginásio Poliesportivo Joacyr Corrêa dos Reis, Cachoeiras de Macacu - RJ.</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1394/ind_-_2024_-_0680_-_2024_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1394/ind_-_2024_-_0680_-_2024_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Para que sejam contratados podólogos para atuar no Centro de Especialidade de Papucaia.</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>Para que sejam tomadas as devidas providências na Avenida Senador Doutel de Andrade, tendo em vista que no local estão parados frequentemente carros em fila dupla, atrapalhando o trânsito.</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1248/ind_-_2024_-_0682-2024_-_ailton_telles_machado.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1248/ind_-_2024_-_0682-2024_-_ailton_telles_machado.pdf</t>
   </si>
   <si>
     <t>Construir um quebra-molas na rua Mario Simão Martins Nogueira, Japuíba, Cachoeiras de Macacu, na altura da barbearia.</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1396/ind_-_2024_-_0684_-_2024_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1396/ind_-_2024_-_0684_-_2024_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>Providenciar, com a máxima urgência, a instalação de uma cobertura para o “Parquinho” instalado no C.E.I.M. da Ribeira, uma - vez que, sem a referida proteção, os brinquedos não podem ser utilizados, sob risco de provocar queimaduras nas crianças.</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1397/ind_-_2024_-_0685_-_2024_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1397/ind_-_2024_-_0685_-_2024_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>Providenciar a ampliação da Escola Municipal São Sebastiao, em Papucaia.</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1398/ind_-_2024_-_0686_-_2024_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1398/ind_-_2024_-_0686_-_2024_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>Providenciar a universalização do acesso a rede elétrica e a adequação do sistema de iluminação publica na Rua das Laranjeiras, na localidade do Guararapes em Papucaia.</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1399/ind_-_2024_-_0701_-_2024_-_vilmar_pereira_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1399/ind_-_2024_-_0701_-_2024_-_vilmar_pereira_da_silva.pdf</t>
   </si>
   <si>
     <t>Reforma no campo localizado na Rua Assembleia, Taboado, Cachoeiras de Macacu - RJ.</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1400/ind_-_2024_-_0712_-_2024_-_vilmar_pereira_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1400/ind_-_2024_-_0712_-_2024_-_vilmar_pereira_da_silva.pdf</t>
   </si>
   <si>
     <t>Providencie o calçamento e manilhamento, na Rua Adrião Izídio da Costa, CEP 28684-110, Valério, Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1401/ind_-_2024_-_0713_-2024_-_alexandre_ferreira_da_fonseca.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1401/ind_-_2024_-_0713_-2024_-_alexandre_ferreira_da_fonseca.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal  Rafael Muzzi de Miranda, para que interceda junto aos órgãos competentes para que seja realizado o manilhamento da rua Juvenal Alves Freire Filho.</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1402/ind_-_2024_-_0714_-2024_-_alexandre_ferreira_da_fonseca.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1402/ind_-_2024_-_0714_-2024_-_alexandre_ferreira_da_fonseca.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal Rafael Muzzi de Miranda, para que interceda junto aos órgãos competentes para que realizada a poda das arvores da rua Dr. Osvaldo Aranha, no Centro da cidade.</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1403/ind_-_2024_-_0733_-_2024_-_vilmar_pereira_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1403/ind_-_2024_-_0733_-_2024_-_vilmar_pereira_da_silva.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito Rafael Muzzi de Miranda, no intuito de que interceda junto a Secretaria Municipal de Obras e Saneamento, visando a instalação de manilhamento entre a Rua Claudionor Siqueira e a Rua Célio Araújo, no bairro Tuim, em Cachoeiras de Macacu.</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1098/ind_-_2024_-_0737-2024_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1098/ind_-_2024_-_0737-2024_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>INDICO, que seja encaminhado Secretaria Municipal de Obras para que seja feito o recapeamento asfáltico na Rua Miguel Mota, em Japuíba.</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1097/ind_-_2024_-_0738-2023_-_marcos_vinicius_ferreira_romero_-_retirada_por_duplicidade.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1097/ind_-_2024_-_0738-2023_-_marcos_vinicius_ferreira_romero_-_retirada_por_duplicidade.pdf</t>
   </si>
   <si>
     <t>Indico, que seja encaminhado secretaria municipal de obras para que seja feito o recapeamento asfáltico na Rua Escrivão A.M Viana, em Japuíba.</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1269/ind_-_2024_-_0739-2023_-_retirada_-_marcos_vinicius_ferreira_romero_-_retirada_por_duplicidade.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1269/ind_-_2024_-_0739-2023_-_retirada_-_marcos_vinicius_ferreira_romero_-_retirada_por_duplicidade.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado para a Secretaria Municipal de Obras para que seja feito o recapeamento asfáltico na Rua Pereira Faustino, em Japuíba.</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1247/ind_-_2024_-_0754-2024_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1247/ind_-_2024_-_0754-2024_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Interceder junto à Secretaria de obras, AMAE ou a outro órgão competente, para que seja feito a instalação de lixeiras na várzea à beira do Rio Macacu.</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1243/ind_-_2024_-_0755-2024_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1243/ind_-_2024_-_0755-2024_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Manutenção dos postes de luz, situados na várzea à beira do Rio Macacu.</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1267/ind_-_2024_-_0757-_2024_-_alexandre_ferreira_da_fonseca.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1267/ind_-_2024_-_0757-_2024_-_alexandre_ferreira_da_fonseca.pdf</t>
   </si>
   <si>
     <t>Instalada uma faixa de pedestre elevada na Rua Plinio Casado, em frente a garagem da Rio Ita, visando melhorar o fluxo de veículos e trânsito de pedestre.</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1266/ind_-_2024_-_0761-_2024_-_alexandre_ferreira_da_fonseca.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1266/ind_-_2024_-_0761-_2024_-_alexandre_ferreira_da_fonseca.pdf</t>
   </si>
   <si>
     <t>Encaminha Anteprojeto de Lei Plano Diretor de Drenagem de Cachoeiras de Macacu.</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>Vilmar Pereira da Silva (Lolô Eletricista), Fabrício de Araujo Sousa (Fabrício Português)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1246/ind_-_2024_-_0762-2024_-_vilmar_pereira_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1246/ind_-_2024_-_0762-2024_-_vilmar_pereira_da_silva.pdf</t>
   </si>
   <si>
     <t>Providenciar uma contenção em dois pontos na Rua Pastor Waldemiro Custódio, no bairro Rasgo, em Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1265/ind_-_2024_-_0765-2024_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1265/ind_-_2024_-_0765-2024_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>Realizar a CORREÇÃO NO NIVELAMENTO DO ASFALTO na Rua Padre Antonio da Costa Carvalho nas proximidades do nº 441, do bairro Ribeira, em frente a Igraj Churchu fora da grade.</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1264/ind_-_2024_-_0766-2024_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1264/ind_-_2024_-_0766-2024_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>Realizar a SUBSTITUIÇÃO DA ESTRUTURA DE FERRO POR ALVENARIA DAS PLACAS DE INAUGURAÇÃO DA ÁREA DE LAZER DO BOULEVARD DA RIBEIRA que estão quebradas e colocando em situação de risco as crianças que utilizam o espaço.</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1255/ind_-_2024_-_0776-_2024_-_alexandre_ferreira_da_fonseca.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1255/ind_-_2024_-_0776-_2024_-_alexandre_ferreira_da_fonseca.pdf</t>
   </si>
   <si>
     <t>Para que seja realizado o recapeamento asfáltico na Rua Noel Dias no bairro Morro do Cléber, trecho compreendido da Rua dos Expedicionários até a altura da lixeira, tendo em vista que tal intervenção melhorará sensivelmente o fluxo de veículos e pedestres.</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1260/ind_-_2024_-_0777-2024_-_nilton_matozo_viana.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1260/ind_-_2024_-_0777-2024_-_nilton_matozo_viana.pdf</t>
   </si>
   <si>
     <t>Para implantação de Fisioterapia em Maraporã e São José da Boa Morte, fixa ou móvel para atender a área rural.</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1261/ind_-_2024_-_0778-2024_-_nilton_matozo_viana.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1261/ind_-_2024_-_0778-2024_-_nilton_matozo_viana.pdf</t>
   </si>
   <si>
     <t>Ofertar em CASA DE APOIO A PACIENTES COM CÂNCER quando necessário, para realizarem tratamento da doença, visando a qualidade de vida e prevenção de agravos a saúde.</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1262/ind_-_2024_-_0779-2024_-_nilton_matozo_viana.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1262/ind_-_2024_-_0779-2024_-_nilton_matozo_viana.pdf</t>
   </si>
   <si>
     <t>Que seja providenciado convênio com o CBMERJ para implantação do PROEISBM (Programa Estadual de Implantação de Serviços de Bombeiro Militar) em nosso município, com AMBULÂNCIA 193, MÉDICOS REGULADORES, 2 ENFERMEIROS, 1 MOTORISTA.</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1259/ind_-_2024_-_0789-2024_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1259/ind_-_2024_-_0789-2024_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Anteprojeto de Lei que DISPÕE SOBRE A CRIAÇÃO DO GRUPAMENTO DE GUARDA LEGISLATIVA PARA A CÂMARA MUNICIPAL DE CACHOEIRAS DE MACACU E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1263/ind_-_2024_-_0794-2024_-_vilmar_pereira_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1263/ind_-_2024_-_0794-2024_-_vilmar_pereira_da_silva.pdf</t>
   </si>
   <si>
     <t>Atribuir aos Dr. Cristiano Malafaias, médico pediatra, a função adicional de neuropediatra no município de Cachoeiras de Macacu - RJ.</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1268/ind_-_2024_-_0819-2024_-_retirada_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1268/ind_-_2024_-_0819-2024_-_retirada_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Para que seja feita a instalação de um CTI (Centro de Tratamento Intensivo) em anexo ao Hospital Celso Martins em Cachoeiras de Macacu.</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1273/ind_-_2024_-_0820-2024_-_alexandre_ferreira_da_fonseca.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1273/ind_-_2024_-_0820-2024_-_alexandre_ferreira_da_fonseca.pdf</t>
   </si>
   <si>
     <t>ANTEPROJETO de Lei que Autoriza a criação de abrigo temporário para animais domésticos abandonados.</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1270/ind_-_2024_-_0821-2024_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1270/ind_-_2024_-_0821-2024_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Encaminhar equipe técnica da Secretaria Municipal de Saúde ao Centro Especializado Odontológico para providências urgentes "colocação de cobertura" na parte externa "pátio" para a proteção dos munícipes que aguardam atendimento.</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1271/ind_-_2024_-_0833-2024_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1271/ind_-_2024_-_0833-2024_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>ANTEPROJETO de Lei sobre CONTRATAÇÃO, POR TEMPO DETERMINADO DE ADVOGADOS, PARA ATENDER A NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO NO CENTRO DE REFERÊNCIA DE ASSISTÊNCIA SOCIAL - CRAS.</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1291/ind_-_2024_-_0846-2024_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1291/ind_-_2024_-_0846-2024_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Interceda junto à Secretaria de Saúde, para que seja contratado um profissional de Educação Física para Rede Casa do Autismo.</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1290/ind_-_2024_-_0847-2024_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1290/ind_-_2024_-_0847-2024_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Interceda junto à Secretaria de Saúde, para que sejam contratados dois profissionais Fonoaudiólogos para Rede Casa do Autismo.</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1289/ind_-_2024_-_0848-2024_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1289/ind_-_2024_-_0848-2024_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Interceda junto à Secretaria de Saúde, para que sejam contratados dois profissionais de Psicologia para Rede Casa do Autismo</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1293/ind_-_2024_-_0850-2024_-_alexandre_ferreira_da_fonseca.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1293/ind_-_2024_-_0850-2024_-_alexandre_ferreira_da_fonseca.pdf</t>
   </si>
   <si>
     <t>Interceda junto aos órgãos competentes para que seja realizada a estruturação dos acessos aos balneários, essa medida aplica-se especificamente a_x000D_
 colocação de corrimões, degraus ou rampas de acordo com a necessidade.</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1292/ind_-_2024_-_0851-2024_-_alexandre_ferreira_da_fonseca.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1292/ind_-_2024_-_0851-2024_-_alexandre_ferreira_da_fonseca.pdf</t>
   </si>
   <si>
     <t>seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal Rafael Muzzi de Miranda, para que interceda junto aos órgãos competentes, para que seja realizada a fiscalização em prédio e imóveis abandonadas, visando identificar fracos de mosquitos.</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1285/moc_-_2024_-_0315-2024_-_marcos_vinicius_ferreira_romero_-_luiz_rogick.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1285/moc_-_2024_-_0315-2024_-_marcos_vinicius_ferreira_romero_-_luiz_rogick.pdf</t>
   </si>
   <si>
     <t>Acatando os preceitos regimentais desta Casa Legislativa. e após ouvido douto Plenário, Requisito que seja encaminhada "Moção de Congratulações e Aplausos", ao senhor José Luiz Rogick Motta. Nascido em 21 de Janeiro de 1961 , natural do antigo estado da Guanabara (atual estado do Rio de Janeiro). Luiz Rogick. é Biólogo e ambientalista com participação em diversos eventos ecológicos, combates a incêndios florestais e plantio de árvores. Atuou no departamento de fiscalização da extinta secretaria de turismo, meio ambiente e urbanismo de Cachoeiras de Macacu. Foi educador ambiental do Parque Estadual dos Três Picos, colaborando na demarcação georreferenciada de alguns pontos para criação dessa UC e seu plano de manejo.</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1275/moc_-_2024_-_0798-2024_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1275/moc_-_2024_-_0798-2024_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>Acatando os preceitos regimentais desta Casa Legislativa, e após ouvido douto Plenário, requeiro seja encaminhada a ”Moção de Congratulações e_x000D_
 Aplausos" ao Sr. Marcelo Lopes da Silva, formado como chef de culinária japonesa vem se destacando cada dia mais em sua área.</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1276/moc_-_2024_-_0818-2024_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1276/moc_-_2024_-_0818-2024_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Acatando os preceitos regimentais desta Casa Legislativa e após ouvir o douto plenário, REQUEIRO, seja encaminhado Moção de Congratulações e_x000D_
 Aplausos ao Senhor José Reinaldo Nunes Nascimento. Nascido em 02/11/1961, Salvador/Bahia, Profissional de Educação Física, Atleta Federado pela Federação de Futsal RJ.</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1284/moc_-_2024_-_0834-2024_-_fabricio_de_araujo_sousa_-_guardas_cgm.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1284/moc_-_2024_-_0834-2024_-_fabricio_de_araujo_sousa_-_guardas_cgm.pdf</t>
   </si>
   <si>
     <t>Acatando os preceitos regimentais desta Casa Legislativa, e após ouvido douto Plenário, Requeiro que seja encaminhada "Moção de Congratulações &amp; Aplausos", aos Senhores FÁBIO GARCIA DA SILVA, GCM, matrícula Nº 4.097; LEONARDO ARAUJO DE MORAES, GCM, matrícula Nº 19.567; WENDEL BRANCO MONTEIRO. GCM. matrícula Nº 19.568 e LUCAS ARAÚJO SERPA, GCM, matrícula Nº 19.569 que, com atos de bravura e humanidade, impediram o auto extermínio de um cidadão sobre o viaduto em nossa cidade, utilizando o dialogo e o amor ao próximo como ferramenta. Desse modo, reconhecendo o trabalho através da GCM — Guarda Civil Metropolitana em nosso município, queremos enaltecer o trabalho das políticas públicas _x000D_
 direcionadas à área de segurança.</t>
   </si>
   <si>
     <t>2165</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Edivaldo Pereira de Souza (Dudu do Povão), Fabrício de Araujo Sousa (Fabrício Português), Ivan Dionizio (Ivan Dionizio), Marcos Vinícius Ferreira Romero (Vinicius Romero)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2165/plc_-_2024_-_0107_-_2024_-_mesa_diretora_-_altera_estrutura_administrativa_cmcm.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2165/plc_-_2024_-_0107_-_2024_-_mesa_diretora_-_altera_estrutura_administrativa_cmcm.pdf</t>
   </si>
   <si>
     <t>ALTERA A ESTRUTURA ADMINISTRAHVA DA CAMARA MUNICIPAL DE CACHOEIRAS DE MACACU, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>2163</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>Fabrício de Araujo Sousa (Fabrício Português), Ivan Dionizio (Ivan Dionizio), Marcos Vinícius Ferreira Romero (Vinicius Romero)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2163/plc_-_2024_-_0108_-_2024_-_mesa_diretora_-_dispoe_sobre_controladoria_do_poder_legislativo.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2163/plc_-_2024_-_0108_-_2024_-_mesa_diretora_-_dispoe_sobre_controladoria_do_poder_legislativo.pdf</t>
   </si>
   <si>
     <t>DISPOE A CONTROLADORIA DO PODER LEGISLATIVO DE CACHOEIRAS DE MACACU. E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>2162</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>Rafael Muzzi de Miranda</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2162/plc_-_2024_-_0250_-_2024_-_poder_executivo_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2162/plc_-_2024_-_0250_-_2024_-_poder_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>Altera Anexo I da Lei Complementar No0087 de 30 de agosto de 2023, e dá outras providências</t>
   </si>
   <si>
     <t>2164</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2164/plc_-_2024_-_0332_-_2024_-_ver_edivaldo_pereira_de_souza_-_reulamenta_a_lei_federal_13.465de2017.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2164/plc_-_2024_-_0332_-_2024_-_ver_edivaldo_pereira_de_souza_-_reulamenta_a_lei_federal_13.465de2017.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A LEI FEDERAL 13.465/2017 E DISPÓE SOBRE A REGULARIZAÇÃ0 FUNDIÁRIA URBANA - REURB - NO ÃMBITO DO MUNICÍPIO DE CACHOEIRAS DE MACACU-RJ, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1241/plc_-_2024_-_0752-2024_-_poder_executivo_municipal_-_codigo_tributario_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1241/plc_-_2024_-_0752-2024_-_poder_executivo_municipal_-_codigo_tributario_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o código tributário municipal, institui normas gerais de direito tributário aplicáveis ao Município e dá outras providências.</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1242/plc_-_2024_-_0753-2024_-_poder_executivo_municipal_-_pgv_2025_-_planta_generica_de_valores.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1242/plc_-_2024_-_0753-2024_-_poder_executivo_municipal_-_pgv_2025_-_planta_generica_de_valores.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A EDIÇÃO DA NOVA PLANTA GENÉRICA DE VALORES DO MUNICÍPIO DE CACHOEIRAS DE MACACU-RJ, REGULAMENTANDO A APURAÇÃO DO VALOR VENAL DOS IMÓVEIS, PARA EFEITO DE LANÇAMENTO DO IMPOSTO SOBRE AS PROPRIEDADES PREDIAL E TERRITORIAL URBANA - IPTU, DEFINE AS NOVAS ZONAS FISCAIS DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>2137</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2137/plo_-_2024_-_0026_-_2024_-_poder_executivo_municipal_-_promocao_valorizacao_protetores_cuidadores_animais.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2137/plo_-_2024_-_0026_-_2024_-_poder_executivo_municipal_-_promocao_valorizacao_protetores_cuidadores_animais.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROMOCAO E A VALORIZACAO DE PROTETORES E CUIDADORES DE ANIMAIS NO MUNICIPIO DE CACHOEIRAS DE MACACU, EM CONFORMIDADE COM A LEI ESTADUAL N° 8.644 DE 05 DE DEZEMBRO DE 2019, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2119/plo_-_2024_-_0053__-_2024_-_ver_ivan_dionizio_-_denomina_logradouro_rua_joao_dutra_pereira.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2119/plo_-_2024_-_0053__-_2024_-_ver_ivan_dionizio_-_denomina_logradouro_rua_joao_dutra_pereira.pdf</t>
   </si>
   <si>
     <t>DENOMINA LOGRADOURO PUBLICO A RUA M (SEM NOME), LOCALIZADO NO BAIRRO DE RIBEIRA, CACHOEIRAS DE MACACU/RJ PARA RUA JOAO DUTRA PEREIRA</t>
   </si>
   <si>
     <t>2139</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2139/plo_-_2024_-_0077-2024_-_poder_executivo_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2139/plo_-_2024_-_0077-2024_-_poder_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>AUTORIZA REAJUSTE SALARIAL A SERVIDORES, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>2117</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2117/plo_-_2024_-_0145__-_2024_-_ver_valdinei_siqueira_-_denominacao_quadra_escola_castalia.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2117/plo_-_2024_-_0145__-_2024_-_ver_valdinei_siqueira_-_denominacao_quadra_escola_castalia.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A QUADRA DA ESCOLA MUNICIPALIZADA DA CASTÁLIA, CACHOEIRAS DE MACACU-RJ.</t>
   </si>
   <si>
     <t>2136</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2136/plo_-_2024_-_0152-2024_-_poder_executivo_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2136/plo_-_2024_-_0152-2024_-_poder_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>Cria os componentes do Município de Cachoeiras de Macacu, Estado do Rio de Janeiro, do Sistema Nacional de Segurança Alimentar, define os parâmetros para elaboração e Implementação do Plano Municipal de Segurança Alimentar e Nutricional e dá outras providências</t>
   </si>
   <si>
     <t>2138</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2138/plo_-_2024_-_0160-2024_-_poder_executivo_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2138/plo_-_2024_-_0160-2024_-_poder_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇAO AO GINASIO POLIESPORTIVO DO COLEGIO MUNICIPAL ALBERTO MONTEIRO BARBOSA</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1987/plo_-_2024_-_0163-2024_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1987/plo_-_2024_-_0163-2024_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ADAOÇÃO DA AGENDA 2023 PARA O DESENVOLVIMENTO SUSTENTÁVEL DA ORGANIZAÇÃO DAS NAÇÕES UNIDAS - ONU COMO DIRETRIZ DE POLÍTICAS PÚBLICAS NO MUNICIPIO DE CACHOEIRAS DE MACACU - RJ</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2087/plo_-_2024_-_0197__-_2023_-_ver_ivan_dionizio_-_retirado_pelo_autor__autoriza_transportar_idosos_gestantes_deficientes_onibus_transporte_escolar.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2087/plo_-_2024_-_0197__-_2023_-_ver_ivan_dionizio_-_retirado_pelo_autor__autoriza_transportar_idosos_gestantes_deficientes_onibus_transporte_escolar.pdf</t>
   </si>
   <si>
     <t>&lt;&lt;&lt; RETIRADO PELO AUTOR &gt;&gt;&gt; AUTORIZA O CHEFE DO EXECUTIVO MUNICIPAL A TRANSPORTAR CIDADAOS IDOSOS, DEFICIENTES E GESTANTES ATRAVES DOS ONIBUS DO TRANSPORTE ESCOLAR DE CACHOEIRAS DE MACACU E DA OUTRAS &lt;&lt;&lt; RETIRADO PELO AUTOR &gt;&gt;&gt;</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1988/plo_-_2024_-_0208-2024_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1988/plo_-_2024_-_0208-2024_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>CRIA O SISTEMA MUNICIPAL DE PROTEÇÃO E DEFESA CIVIL (SIMPDEC), O CONSELHO MUNICIPAL DE PROTEÇÃO E DEFESA CIVIL (COMPDEC), A COORDENADORIA MUNICIPAL DE PROTEÇÃO E DEFESA CIVIL (COMDEC) E O FUNDO MUNICIPAL DE PROTEÇÃO E DEFESA CIVIL (FUMDEC).</t>
   </si>
   <si>
     <t>2059</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2059/plo_-_2024_-_0228_-_2024_-_ver_jose_lucas_stutz_-_dispoe_criacao_banco_racao_smma.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2059/plo_-_2024_-_0228_-_2024_-_ver_jose_lucas_stutz_-_dispoe_criacao_banco_racao_smma.pdf</t>
   </si>
   <si>
     <t>DISPÕE CRIAÇÃO BANCO RAÇAO SMMA</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2062/plo_-_2024_-_0254_-_2024_-_ver_jose_lucas_stutz_delgado_pinto_-_denomina_no_ganguri_rua_ricardo_jorge_neto_da_costa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2062/plo_-_2024_-_0254_-_2024_-_ver_jose_lucas_stutz_delgado_pinto_-_denomina_no_ganguri_rua_ricardo_jorge_neto_da_costa.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO A RUA NO BAIRRO GANGURI DE BAIXO CACHOEIRAS DE MACACU-RJ</t>
   </si>
   <si>
     <t>2130</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2130/plo_-_2024_-_0255-2024_-_poder_executivo_municipal_-_ldo.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2130/plo_-_2024_-_0255-2024_-_poder_executivo_municipal_-_ldo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Dlretrizes orçamentárias para o exercício de 2025 e dá outras providências</t>
   </si>
   <si>
     <t>2057</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2057/plo_-_2024_-_0306_-_2024_-_ver_fabricio_de_araujo_-_denomina_altair_pires_rua_em_sao_francisco_de_assis.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2057/plo_-_2024_-_0306_-_2024_-_ver_fabricio_de_araujo_-_denomina_altair_pires_rua_em_sao_francisco_de_assis.pdf</t>
   </si>
   <si>
     <t>DENOMINA ALTAIR PIRES RUA EM SAO FRANCISCO DE ASSIS</t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2058/plo_-_2024_-_0307_-_2024_-_ver_fabricio_de_araujo_-_denomina_farmaceutico_jose_branco_rua_no_ganguri.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2058/plo_-_2024_-_0307_-_2024_-_ver_fabricio_de_araujo_-_denomina_farmaceutico_jose_branco_rua_no_ganguri.pdf</t>
   </si>
   <si>
     <t>DENOMINA FARMACEUTICO JOSÉ BRANCO RUA NO GANGURI</t>
   </si>
   <si>
     <t>2135</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2135/plo_-_2024_-_0378-2024_-_poder_executivo_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2135/plo_-_2024_-_0378-2024_-_poder_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO AO CENTRO ESPECIALIZADO DE REABILITAÇÃO.</t>
   </si>
   <si>
     <t>2134</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2134/plo_-_2024_-_0379-2024_-_poder_executivo_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2134/plo_-_2024_-_0379-2024_-_poder_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO A PRAÇA NO BAIRRO VILAGE, NUCLEO URBANO JAPUIBA, EM CACHOEIRAS DE MACACU/RJ</t>
   </si>
   <si>
     <t>2131</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2131/plo_-_2024_-_0406-2024_-_poder_executivo_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2131/plo_-_2024_-_0406-2024_-_poder_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Função Gratinada de Agente de Contratação a fim de atender o que determina o art.8o da Lei No14133, de 01 de abril de 2021</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1211/plo_-_2024_-_0432-2024_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1211/plo_-_2024_-_0432-2024_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO À RUA RUY MARINHO FALCÃO, BAIRRO BETEL EM CACHOEIRAS DE MACACU - RJ</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1280/plo_-_2024_-_0451-2024_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1280/plo_-_2024_-_0451-2024_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>“DA DENOMINAÇÃO A RUA THEODORO PINTO BARRETO NO BAIRRO BOA VISTA, EM CACHOEIRAS DE MACACU-RJ”.</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1068/plo_-_2024_-_0457-2024_-_vilmar_pereira_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1068/plo_-_2024_-_0457-2024_-_vilmar_pereira_da_silva.pdf</t>
   </si>
   <si>
     <t>Inclui no calendário de datas comemorativas do Município de Cachoeiras de Macacu/RJ, o dia municipal do profissional da contabilidade e o dia do contador.</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1995/plo_-_2024_-_0495-2024_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1995/plo_-_2024_-_0495-2024_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A RUA VICENTE DE OLIVEIRA MARTINS DA SILVA, NO BAIRRO VIRACOPOS, CACHOEIRAS DE MACACU-RJ</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1281/plo_-_2024_-_0556-2024_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1281/plo_-_2024_-_0556-2024_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>“DÁ DENOMINAÇÃO A RUA ALCIDES LEITE DE MATTOS No BAIRRO BOCA DO MATO, EM CACHOEIRAS DE MACACU-RJ".</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1277/plo_-_2024_-_0557-2024_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1277/plo_-_2024_-_0557-2024_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A PRAÇA IRENE GESTEIRA NO BAIRRO BOCA DO MATO, EM CACHOEIRAS DE MACACU-RJ</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2000/plo_-_2024_-_0562-2024_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2000/plo_-_2024_-_0562-2024_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O TOMBAMENTO DO PRÉDIO HISTÓRICO DO QUINTINO BOCAIÚVA LOCALIZADO EM CACHOEIRAS DE MACACU E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1069/plo_-_2024_-_0609-2024_-_poder_executivo_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1069/plo_-_2024_-_0609-2024_-_poder_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Artigo 8º Caput da Lei Municipal nº 1.961 de 27 de junho de 2013, e dá outras providências.</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1252/plo_-_2024_-_0610-2024_-_poder_executivo.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1252/plo_-_2024_-_0610-2024_-_poder_executivo.pdf</t>
   </si>
   <si>
     <t>“DÁ DENOMINAÇAO DE CENTRO CULTURAL QUINTINO BOCAIUVA"</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1253/plo_-_2024_-_0627-2024_-_poder_executivo.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1253/plo_-_2024_-_0627-2024_-_poder_executivo.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CRIAÇAO DO FUNDO MUNICIPAL DE DEFESA DOS DIREITOS DIFUSOS E COLETIVOS -FMDDC, E DA OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1254/plo_-_2024_-_0660-2024_-_poder_executivo_municipal_-_loa_2025.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1254/plo_-_2024_-_0660-2024_-_poder_executivo_municipal_-_loa_2025.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE CACHOEIRAS DE MACACU PARA O EXERCÍCIO FINANCEIRO DE 2025</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1278/plo_-_2024_-_0662-2024_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1278/plo_-_2024_-_0662-2024_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>DENOMINA LOGRADOURO PÚBLICO A RUA N (SEM NOME), LOCALIZADO NO BAIRRO DE RIBEIRA, CACHOEIRAS DE MACACU/RJ PARA RUA LUIZ EDVAL CUELLO.</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2011/plo_-_2024_-_0675-2024_-_vilmar_pereira_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2011/plo_-_2024_-_0675-2024_-_vilmar_pereira_da_silva.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMNAÇÃO À RUA SÃO JORGE, BAIRRO BETEL EM CACHOEIRAS DE MACACU-RJ.</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1283/plo_-_2024_-_0716-2024_-_jose_lucas_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1283/plo_-_2024_-_0716-2024_-_jose_lucas_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAÇÃO A RUA EM AGROBRASIL, CACHOEIRAS DE MACACU-RJ.</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1250/plo_-_2024_-_0727-2024_-_poder_executivo_municipal_-_denominacao_escola_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1250/plo_-_2024_-_0727-2024_-_poder_executivo_municipal_-_denominacao_escola_municipal.pdf</t>
   </si>
   <si>
     <t>“DÁ DENOMINAÇAO A ESCOLA MUNICIPAL CRIADA PELO DECRETO MUNICIPAL Nº 5.157 DE 25 DE SETEMBRO DE 2024."</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1282/plo_-_2024_-_0756-2024_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1282/plo_-_2024_-_0756-2024_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>ALTERA DENOMINAÇÃO DE LOGRADOURO PÚBLICO, NA LOCALIDADE DE AGRO BRASIL, CACHOEIRAS DE MACACU/RJ, DE RUA PAPOULA (RUA 21) PARA RUA VALE DAS ÁGUAS.</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1249/plo_-_2024_-_0769-2024_-_poder_executivo_municipal_-_revoga_lei_2629-2024.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1249/plo_-_2024_-_0769-2024_-_poder_executivo_municipal_-_revoga_lei_2629-2024.pdf</t>
   </si>
   <si>
     <t>REVOGA EM SEU INTEIRO TEOR A LEI MUNICIPAL Nº 2.629 DE 31 DE JULHO DE 2024.</t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2069/plo_-_2024_-_0776_-_2024_-_ver_jose_lucas_stutz_delgado_pinto_-_denomina_no_centro_praca_zeca_maia.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2069/plo_-_2024_-_0776_-_2024_-_ver_jose_lucas_stutz_delgado_pinto_-_denomina_no_centro_praca_zeca_maia.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DE PRAÇA NO BAIRRO CENTRO DE CACHOEIRAS DE MACACU-RJ.</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1251/plo_-_2024_-_0817-2024_-_poder_executivo_municipal_-_altera_lei_conselho_idoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1251/plo_-_2024_-_0817-2024_-_poder_executivo_municipal_-_altera_lei_conselho_idoso.pdf</t>
   </si>
   <si>
     <t>“ALTERA A REDAÇÃO DO ART.1º, ART.3º, INCISOS I; II E [II E ACRESCENTA INCISO IV NO ART.5º, ART.6º, INCISO I E 11, ALINEA “d”, ACRESCENTA 5125? E ê3º NO ART.8º E REVOGA O PARÁGRAFO ÚNICO, ART.9º, ART.11, ART.18, ART.19, AR.20, ART.24 E 25, E REVOGA OS ARTIGOS 4ª; 12; E 23 DA LEI ORDINÁRIA Nº 2.402, DE 18 DE DEZEMBRO DE 2018 E DÁ NOVA REDAÇÃO”.</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1279/plo_-_2024_-_0827-2024_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1279/plo_-_2024_-_0827-2024_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 876 DE 29 DE NOVEMBRO DE 1993, RUA BUGANVÍLIA, SITUADA NA LOCALIDADE DE AGRO BRASIL, CACHOEIRAS DE MACACU-RJ</t>
   </si>
   <si>
     <t>2070</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2070/plo_-_2024_-_0847_-_2024_-_ver_alexandre_ferreira_da_fonseca_-_institui_dia_cadadora_catador.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2070/plo_-_2024_-_0847_-_2024_-_ver_alexandre_ferreira_da_fonseca_-_institui_dia_cadadora_catador.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAL DA CATADORA E DO CATADOR DE RESIDUOS RECICLAVEIS’ DE CACHOEIRAS DE MACACU- E_ DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>2045</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2045/plo_-_2024_-_1023_-_2024_-_ver_ailtons_telles_-_da_denominacao_rua_japuiba_-_rua_enilda_ferreira_oliveira__retirada_de_oficio_duplicidade.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2045/plo_-_2024_-_1023_-_2024_-_ver_ailtons_telles_-_da_denominacao_rua_japuiba_-_rua_enilda_ferreira_oliveira__retirada_de_oficio_duplicidade.pdf</t>
   </si>
   <si>
     <t>2161</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2161/prs_-_2024_-_0085_-_2024_-_ver_edivaldo_pereira_de_souza_-_altera_redacao_art_21_do_ri_cmcm__prot_cancelado_15abr24.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2161/prs_-_2024_-_0085_-_2024_-_ver_edivaldo_pereira_de_souza_-_altera_redacao_art_21_do_ri_cmcm__prot_cancelado_15abr24.pdf</t>
   </si>
   <si>
     <t>2140</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2140/prs_-_2024_-_0198_-_2024_-_mesa_diretora_-_destinacao_a_valor_r300.0000.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2140/prs_-_2024_-_0198_-_2024_-_mesa_diretora_-_destinacao_a_valor_r300.0000.pdf</t>
   </si>
   <si>
     <t>DETERMINA A DESTINAÇAO DO VALOR R$ 300.000,00 (TREZENTOS MIL REAIS) DA CAMARA MUNICIPAL DE CACHOEIRAS DE MACACU AO MUNICIPIO DE CACHOEIRAS DE MACACU, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>2160</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>Marcos Vinícius Ferreira Romero (Vinicius Romero), Edivaldo Pereira de Souza (Dudu do Povão), José Cândido Fragoso (Professor José Cândido), Tiago da Silva Teixeira (Tiago do Gás)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2160/prs_-_2024_-_0257_-_2024_-_ver_marcos_vinicius_ferreira_-_altera_redacao_art_21_do_ri_cmcm.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2160/prs_-_2024_-_0257_-_2024_-_ver_marcos_vinicius_ferreira_-_altera_redacao_art_21_do_ri_cmcm.pdf</t>
   </si>
   <si>
     <t>Altera a redação do Artigo 21 do Regimento Interno da Câmara Municipal de Cachoeiras de Macacu-RJ</t>
   </si>
   <si>
     <t>2170</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Vetos do Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2170/vet_-_2024_-_0078_-_2024_-_veto_total_-_porde_executivo_-_ao_projeto_de_lei_0659_-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2170/vet_-_2024_-_0078_-_2024_-_veto_total_-_porde_executivo_-_ao_projeto_de_lei_0659_-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Veto total ao Projeto de Lei Ordindria, aprovado na sessdo ordinaria, realizada no dia 12 de Dezembro de 2023, que “AUTORIZA A ADOÇAO DO REGIME DE TELETRABALHO E A REDUGAO PROPORCIONAL DA JORNADA PARA SERVIDORES PUBLICOS ESTATUTARIOS OU CELETISTAS COM FILHO COM ESPECTRO DE AUTISMO E OUTRAS DEFICIENCIAS NO MUNICIPIO DE CACHOEIRAS DE MACACU-RJ” - sob processo n°0659/2023.</t>
   </si>
   <si>
     <t>2169</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2169/vet_-_2024_-_0079_-_2024_-_executivo_-_veto_total_-_projeto_de_lei_0832_-_2023_-_ver_tiago_da_silva_teixeira.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2169/vet_-_2024_-_0079_-_2024_-_executivo_-_veto_total_-_projeto_de_lei_0832_-_2023_-_ver_tiago_da_silva_teixeira.pdf</t>
   </si>
   <si>
     <t>Veto total ao Projeto de Lei Ordinaria, aprovado na sessdo ordinaria, realizada no dia 12 de Dezembro de 2023, que “DECLARA DE UTILIDADE PUBLICA A ASSOCIAGAO PAPUCAIA ESPORTE CLUBE” - sob processo n° 0832/2023, de autoria do Vereador Tiago da Silva Teixeira</t>
   </si>
   <si>
     <t>2168</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2168/vet_-_2024_-_0297_-_2024_-_executivo_-_veto_parcial__-_projeto_de_lei_0601_-_2023_-_ver_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2168/vet_-_2024_-_0297_-_2024_-_executivo_-_veto_parcial__-_projeto_de_lei_0601_-_2023_-_ver_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A GARANTIA DE ATENDIMENTO PRIORITÁRIO AS PESSOAS COM TRANSTORNO DO ESPECTRO AUTISTA (TEA) NOS SERVIÇOS DE SAÚDE DE CACHOEIRAS DE MACACU - sob processo no. 0601/2023, Projeto de Lei Ordinária de autoria do Ver Marcos Vinícius Ferrreira Romero - PMB</t>
   </si>
   <si>
     <t>2167</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2167/vet_-_2024_-_0363_-_2024_-_veto_total_do_porde_executivo_ao_projeto_de_lei_0302-2023_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2167/vet_-_2024_-_0363_-_2024_-_veto_total_do_porde_executivo_ao_projeto_de_lei_0302-2023_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>DISPõE SOBRE A CRIAÇÃO DO PROGRAMA BRIGADA ESCOLAR DE DEFESA CIVIL NO ÃMBITO DA REDE MUNICIPAL DE ENSINO", sob processo no. 0302/2023.  Projeto de Lei Ordinária (Darcileia Ulerísch da Silva- Vereadora PSC).</t>
   </si>
   <si>
     <t>2166</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2166/vet_-_2024_-_0364_-_2024_-_veto_total_do_porde_executivo_ao_projeto_de_lei_0613-2023_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2166/vet_-_2024_-_0364_-_2024_-_veto_total_do_porde_executivo_ao_projeto_de_lei_0613-2023_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Veto Total ao Projeto de Lei Ordinária, aprovado na 7a sessão ordinária, realizada no dia 09 de abril de 2024, que "DISPÓE SOBRE A ASSISTENCIA INTEGRAL A MULHER EM ESTADO DO CLIMATÉRIO ou MENOPAUSA E DÁ OUTRAS PROVIDENCIAS" - sob processo no0613/2023.  Autora: Darcileia Ulerisch da Silva- Vereadora (PSC)</t>
   </si>
   <si>
     <t>1552</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>EML</t>
   </si>
   <si>
     <t>Emenda à Projeto de Lei (Ordinária ou Complementa)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1552/esb_-_2024_-_0859-2024_-_edivaldo_pereira_de_souza_-_plo_0752-2024.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1552/esb_-_2024_-_0859-2024_-_edivaldo_pereira_de_souza_-_plo_0752-2024.pdf</t>
   </si>
   <si>
     <t>Emenda Substitutiva às tabelas constantes no texto original do §1º do artigo 27 do Projeto de Lei Ordinária protocolado sob o nº 0752/2024, que Dispõe sobre o Código Tributário Municipal.</t>
   </si>
   <si>
     <t>1553</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1553/esb_-_2024_-_0860-2024_-_edivaldo_pereira_de_souza_-_plo_0753-2024.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1553/esb_-_2024_-_0860-2024_-_edivaldo_pereira_de_souza_-_plo_0753-2024.pdf</t>
   </si>
   <si>
     <t>Emenda Substitutiva às tabelas constantes no texto original do §1º do artigo 8º do Projeto de Lei protocolado sob o nº 0753/2024, que Dispõe sobre a edição da Nova Planta Genérica de Valores do Município de Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>1589</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>TCERJ</t>
   </si>
   <si>
     <t>Parecer referente à Prestação de Contas de Governo</t>
   </si>
   <si>
     <t>TCE-RJ - Tribunal de Contas do Estado do Rio de Janeiro</t>
   </si>
   <si>
     <t>PROCESSO DO TCE-RJ nº 810.542-9/2016 referente à Prestação de Contas de Governo da Prefeitura Municipal de Cachoeiras de Macacu, que abrange as contas do Poder Executivo, relativas ao exercício de 2015, sob a responsabilidade do Chefe do Poder Executivo, o Sr. WALDECY FRAGA MACHADO, em que o Tribunal de Contas do Estado do Rio de Janeiro decidiu pela emissão de PARECER PRÉVIO FAVORÁVEL sobre as contas do Chefe do Poder Executivo</t>
   </si>
 </sst>
 </file>
 
@@ -3185,67 +3185,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/787/ind_-_2024_-_0002-2024_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/733/ind_-_2024_-_0015-2024_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/545/ind_-_2024_-_0016-2024_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/544/ind_-_2024_-_0017-2024_-_marcos_vinicius_ferreira_romero_-_retirada_por_duplicidade.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/563/ind_-_2024_-_0018-2024_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/564/ind_-_2024_-_0019-2024_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/797/ind_-_2024_-_0023_-_2024_-_marcos_antonio_freitas_pereira.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/796/ind_-_2024_-_0024_-_2024_-_marcos_antonio_freitas_pereira.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/795/ind_-_2024_-_0025_-_2024_-_marcos_antonio_freitas_pereira.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/734/ind_-_2024_-_0030-2024_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1374/ind_-_2024_-_0054_-_2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/547/ind_-_2024_-_0055-2024_-_ivan_dionizio_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/781/ind_-_2024_-_0056-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/554/ind_-_2024_-_0057-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/565/ind_-_2024_-_0058-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/929/ind_-_2024_-_0060-2024_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/794/ind_-_2024_-_0074-2024_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/793/ind_-_2024_-_0075-2024_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/792/ind_-_2024_-_0076-2024_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/791/ind_-_2024_-_0109_-_2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1373/ind_-_2024_-_0113-2024_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/749/ind_-_2024_-_0113-2024_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/750/ind_-_2024_-_0148-2024_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/790/ind_-_2024_-_0157-2024_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/735/ind_-_2024_-_0168-2024_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/755/ind_-_2024_-_0170-2024_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/753/ind_-_2024_-_0172-2024_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/566/ind_-_2024_-_0173-2024_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/754/ind_-_2024_-_0174-2024_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/562/ind_-_2024_-_0175-2024_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/557/ind_-_2024_-_0182-2024_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/785/ind_-_2024_-_0201-2024_-_valdinei_pires_de_siqueira.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/784/ind_-_2024_-_0202-2024_-_valdinei_pires_de_siqueira_e_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/783/ind_-_2024_-_0203-2024_-_valdinei_pires_de_siqueira.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/759/ind_-_2024_-_0205-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/786/ind_-_2024_-_0206-2024_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/546/ind_-_2024_-_0207-2024_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/556/ind_-_2024_-_0213-2024_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/555/ind_-_2024_-_0214-2024_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/553/ind_-_2024_-_0215-2024_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/549/ind_-_2024_-_0217-2024_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/561/ind_-_2024_-_0219-2024_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/548/ind_-_2024_-_0220-2024_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/552/ind_-_2024_-_0221-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/551/ind_-_2024_-_0222-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/550/ind_-_2024_-_0223-2024_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/543/ind_-_2024_-_0227-2024_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/910/ind_-_2024_-_0248-2024_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/540/ind_-_2024_-_0249-2024_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/927/ind_-_2024_-_0251-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/926/ind_-_2024_-_0252-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/906/ind_-_2024_-_0265-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/905/ind_-_2024_-_0322-2024_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/925/ind_-_2024_-_0267-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/923/ind_-_2024_-_0301-2024_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/922/ind_-_2024_-_0302-2024_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/928/ind_-_2024_-_0303-2024_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1376/ind_-_2024_-_0305-2024_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/908/ind_-_2024_-_0308-2024_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/909/ind_-_2024_-_0318-2024_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/812/ind_-_2024_-_0319-2024_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/907/ind_-_2024_-_0321-2024_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/904/ind_-_2024_-_0322-2024_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/912/ind_-_2024_-_0365-2024_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/902/ind_-_2024_-_0372-2024_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/817/ind_-_2024_-_0373-2024_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/816/ind_-_2024_-_0374-2024_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/918/ind_-_2024_-_0375-2024_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/917/ind_-_2024_-_0376-2024_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/916/ind_-_2024_-_0377-2024_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/903/ind_-_2024_-_0386-2024_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/921/ind_-_2024_-_0387-2024_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/920/ind_-_2024_-_0388-2024_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/815/ind_-_2024_-_0390-2024_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/915/ind_-_2024_-_0403-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/914/ind_-_2024_-_0404-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/919/ind_-_2024_-_0405-2024_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/913/ind_-_2024_-_0427-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/779/ind_-_2024_-_0444-2024_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/777/ind_-_2024_-_0445-2024_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/360/ind_-_2024_-_0449-2024_-_jose_lucas_stutz_delgado_pinto_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/911/ind_-_2024_-_0450-2024_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/326/ind_-_2024_-_0456-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/327/ind_-_2024_-_0458_-_2024_-_ver_vilmar_pereira_da_silva_-_atendimento_preferncial_profissionais_contabilidade.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/358/ind_-_2024_-_0461-2024_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/359/ind_-_2024_-_0462-2024_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1375/ind_-_2024_-_0465-2024_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/813/ind_-_2024_-_0468-2024_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/325/ind_-_2024_-_0485_-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/776/ind_-_2024_-_0499-2024_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/823/ind_-_2024_-_0500-2024_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/824/ind_-_2024_-_0521-2024_-_tiago_da_silva_teixeira_1.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/805/ind_-_2024_-_0525-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/822/ind_-_2024_-_0527-2024_-_edivaldo_pereira_de_souza_1.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/821/ind_-_2024_-_0528-2024_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/806/ind_-_2024_-_0529-2024_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1066/ind_-_2024_-_0530-2024_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/820/ind_-_2024_-_0531-2024_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1065/ind_-_2024_-_0532-2024_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1064/ind_-_2024_-_0533-2024_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1101/ind_-_2024_-_0534-2024_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1100/ind_-_2024_-_0535-2024_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1099/ind_-_2024_-_0536-2024_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1382/ind_-_2024_-_0537_-_2024_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1391/ind_-_2024_-_0538_-_2024_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1392/ind_-_2024_-_0539_-_2024_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1244/ind_-_2024_-_0540-2024_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1381/ind_-_2024_-_0541-2024_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1245/ind_-_2024_-_0542-2024_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1256/ind_-_2024_-_0543-2024_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1272/ind_-_2024_-_0544-2024_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1257/ind_-_2024_-_0545-2024_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1258/ind_-_2024_-_0546-2024_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/810/ind_-_2024_-_0548-2024_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/811/ind_-_2024_-_0549-2024_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/809/ind_-_2024_-_0558-2024_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/808/ind_-_2024_-_0559-2024_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/807/ind_-_2024_-_0560-2024_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/814/ind_-_2024_-_0465-2024_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/819/ind_-_2024_-_0575-_2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/933/ind_-_2024_-_0587-2024_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/818/ind_-_2024_-_0606-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/924/ind_-_2024_-_0608-2024_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/930/ind_-_2024_-_0613-2024_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/931/ind_-_2024_-_0614-2024_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/932/ind_-_2024_-_0615-2024_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1096/ind_-_2024_-_0628-2024_-_retirada_-__ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1062/ind_-_2024_-_0635-2024_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1393/ind_-_2024_-_0655_-_2024_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1067/ind_-_2024_-_0661-2024_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1063/ind_-_2024_-_0665-2024_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1061/ind_-_2024_-_0671-2024_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1394/ind_-_2024_-_0680_-_2024_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1248/ind_-_2024_-_0682-2024_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1396/ind_-_2024_-_0684_-_2024_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1397/ind_-_2024_-_0685_-_2024_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1398/ind_-_2024_-_0686_-_2024_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1399/ind_-_2024_-_0701_-_2024_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1400/ind_-_2024_-_0712_-_2024_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1401/ind_-_2024_-_0713_-2024_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1402/ind_-_2024_-_0714_-2024_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1403/ind_-_2024_-_0733_-_2024_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1098/ind_-_2024_-_0737-2024_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1097/ind_-_2024_-_0738-2023_-_marcos_vinicius_ferreira_romero_-_retirada_por_duplicidade.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1269/ind_-_2024_-_0739-2023_-_retirada_-_marcos_vinicius_ferreira_romero_-_retirada_por_duplicidade.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1247/ind_-_2024_-_0754-2024_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1243/ind_-_2024_-_0755-2024_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1267/ind_-_2024_-_0757-_2024_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1266/ind_-_2024_-_0761-_2024_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1246/ind_-_2024_-_0762-2024_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1265/ind_-_2024_-_0765-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1264/ind_-_2024_-_0766-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1255/ind_-_2024_-_0776-_2024_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1260/ind_-_2024_-_0777-2024_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1261/ind_-_2024_-_0778-2024_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1262/ind_-_2024_-_0779-2024_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1259/ind_-_2024_-_0789-2024_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1263/ind_-_2024_-_0794-2024_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1268/ind_-_2024_-_0819-2024_-_retirada_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1273/ind_-_2024_-_0820-2024_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1270/ind_-_2024_-_0821-2024_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1271/ind_-_2024_-_0833-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1291/ind_-_2024_-_0846-2024_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1290/ind_-_2024_-_0847-2024_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1289/ind_-_2024_-_0848-2024_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1293/ind_-_2024_-_0850-2024_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1292/ind_-_2024_-_0851-2024_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1285/moc_-_2024_-_0315-2024_-_marcos_vinicius_ferreira_romero_-_luiz_rogick.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1275/moc_-_2024_-_0798-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1276/moc_-_2024_-_0818-2024_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1284/moc_-_2024_-_0834-2024_-_fabricio_de_araujo_sousa_-_guardas_cgm.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2165/plc_-_2024_-_0107_-_2024_-_mesa_diretora_-_altera_estrutura_administrativa_cmcm.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2163/plc_-_2024_-_0108_-_2024_-_mesa_diretora_-_dispoe_sobre_controladoria_do_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2162/plc_-_2024_-_0250_-_2024_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2164/plc_-_2024_-_0332_-_2024_-_ver_edivaldo_pereira_de_souza_-_reulamenta_a_lei_federal_13.465de2017.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1241/plc_-_2024_-_0752-2024_-_poder_executivo_municipal_-_codigo_tributario_municipal.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1242/plc_-_2024_-_0753-2024_-_poder_executivo_municipal_-_pgv_2025_-_planta_generica_de_valores.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2137/plo_-_2024_-_0026_-_2024_-_poder_executivo_municipal_-_promocao_valorizacao_protetores_cuidadores_animais.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2119/plo_-_2024_-_0053__-_2024_-_ver_ivan_dionizio_-_denomina_logradouro_rua_joao_dutra_pereira.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2139/plo_-_2024_-_0077-2024_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2117/plo_-_2024_-_0145__-_2024_-_ver_valdinei_siqueira_-_denominacao_quadra_escola_castalia.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2136/plo_-_2024_-_0152-2024_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2138/plo_-_2024_-_0160-2024_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1987/plo_-_2024_-_0163-2024_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2087/plo_-_2024_-_0197__-_2023_-_ver_ivan_dionizio_-_retirado_pelo_autor__autoriza_transportar_idosos_gestantes_deficientes_onibus_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1988/plo_-_2024_-_0208-2024_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2059/plo_-_2024_-_0228_-_2024_-_ver_jose_lucas_stutz_-_dispoe_criacao_banco_racao_smma.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2062/plo_-_2024_-_0254_-_2024_-_ver_jose_lucas_stutz_delgado_pinto_-_denomina_no_ganguri_rua_ricardo_jorge_neto_da_costa.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2130/plo_-_2024_-_0255-2024_-_poder_executivo_municipal_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2057/plo_-_2024_-_0306_-_2024_-_ver_fabricio_de_araujo_-_denomina_altair_pires_rua_em_sao_francisco_de_assis.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2058/plo_-_2024_-_0307_-_2024_-_ver_fabricio_de_araujo_-_denomina_farmaceutico_jose_branco_rua_no_ganguri.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2135/plo_-_2024_-_0378-2024_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2134/plo_-_2024_-_0379-2024_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2131/plo_-_2024_-_0406-2024_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1211/plo_-_2024_-_0432-2024_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1280/plo_-_2024_-_0451-2024_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1068/plo_-_2024_-_0457-2024_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1995/plo_-_2024_-_0495-2024_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1281/plo_-_2024_-_0556-2024_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1277/plo_-_2024_-_0557-2024_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2000/plo_-_2024_-_0562-2024_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1069/plo_-_2024_-_0609-2024_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1252/plo_-_2024_-_0610-2024_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1253/plo_-_2024_-_0627-2024_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1254/plo_-_2024_-_0660-2024_-_poder_executivo_municipal_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1278/plo_-_2024_-_0662-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2011/plo_-_2024_-_0675-2024_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1283/plo_-_2024_-_0716-2024_-_jose_lucas_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1250/plo_-_2024_-_0727-2024_-_poder_executivo_municipal_-_denominacao_escola_municipal.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1282/plo_-_2024_-_0756-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1249/plo_-_2024_-_0769-2024_-_poder_executivo_municipal_-_revoga_lei_2629-2024.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2069/plo_-_2024_-_0776_-_2024_-_ver_jose_lucas_stutz_delgado_pinto_-_denomina_no_centro_praca_zeca_maia.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1251/plo_-_2024_-_0817-2024_-_poder_executivo_municipal_-_altera_lei_conselho_idoso.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1279/plo_-_2024_-_0827-2024_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2070/plo_-_2024_-_0847_-_2024_-_ver_alexandre_ferreira_da_fonseca_-_institui_dia_cadadora_catador.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2045/plo_-_2024_-_1023_-_2024_-_ver_ailtons_telles_-_da_denominacao_rua_japuiba_-_rua_enilda_ferreira_oliveira__retirada_de_oficio_duplicidade.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2161/prs_-_2024_-_0085_-_2024_-_ver_edivaldo_pereira_de_souza_-_altera_redacao_art_21_do_ri_cmcm__prot_cancelado_15abr24.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2140/prs_-_2024_-_0198_-_2024_-_mesa_diretora_-_destinacao_a_valor_r300.0000.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2160/prs_-_2024_-_0257_-_2024_-_ver_marcos_vinicius_ferreira_-_altera_redacao_art_21_do_ri_cmcm.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2170/vet_-_2024_-_0078_-_2024_-_veto_total_-_porde_executivo_-_ao_projeto_de_lei_0659_-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2169/vet_-_2024_-_0079_-_2024_-_executivo_-_veto_total_-_projeto_de_lei_0832_-_2023_-_ver_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2168/vet_-_2024_-_0297_-_2024_-_executivo_-_veto_parcial__-_projeto_de_lei_0601_-_2023_-_ver_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2167/vet_-_2024_-_0363_-_2024_-_veto_total_do_porde_executivo_ao_projeto_de_lei_0302-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2166/vet_-_2024_-_0364_-_2024_-_veto_total_do_porde_executivo_ao_projeto_de_lei_0613-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1552/esb_-_2024_-_0859-2024_-_edivaldo_pereira_de_souza_-_plo_0752-2024.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1553/esb_-_2024_-_0860-2024_-_edivaldo_pereira_de_souza_-_plo_0753-2024.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/787/ind_-_2024_-_0002-2024_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/733/ind_-_2024_-_0015-2024_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/545/ind_-_2024_-_0016-2024_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/544/ind_-_2024_-_0017-2024_-_marcos_vinicius_ferreira_romero_-_retirada_por_duplicidade.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/563/ind_-_2024_-_0018-2024_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/564/ind_-_2024_-_0019-2024_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/797/ind_-_2024_-_0023_-_2024_-_marcos_antonio_freitas_pereira.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/796/ind_-_2024_-_0024_-_2024_-_marcos_antonio_freitas_pereira.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/795/ind_-_2024_-_0025_-_2024_-_marcos_antonio_freitas_pereira.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/734/ind_-_2024_-_0030-2024_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1374/ind_-_2024_-_0054_-_2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/547/ind_-_2024_-_0055-2024_-_ivan_dionizio_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/781/ind_-_2024_-_0056-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/554/ind_-_2024_-_0057-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/565/ind_-_2024_-_0058-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/929/ind_-_2024_-_0060-2024_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/794/ind_-_2024_-_0074-2024_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/793/ind_-_2024_-_0075-2024_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/792/ind_-_2024_-_0076-2024_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/791/ind_-_2024_-_0109_-_2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1373/ind_-_2024_-_0113-2024_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/749/ind_-_2024_-_0113-2024_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/750/ind_-_2024_-_0148-2024_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/790/ind_-_2024_-_0157-2024_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/735/ind_-_2024_-_0168-2024_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/755/ind_-_2024_-_0170-2024_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/753/ind_-_2024_-_0172-2024_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/566/ind_-_2024_-_0173-2024_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/754/ind_-_2024_-_0174-2024_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/562/ind_-_2024_-_0175-2024_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/557/ind_-_2024_-_0182-2024_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/785/ind_-_2024_-_0201-2024_-_valdinei_pires_de_siqueira.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/784/ind_-_2024_-_0202-2024_-_valdinei_pires_de_siqueira_e_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/783/ind_-_2024_-_0203-2024_-_valdinei_pires_de_siqueira.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/759/ind_-_2024_-_0205-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/786/ind_-_2024_-_0206-2024_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/546/ind_-_2024_-_0207-2024_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/556/ind_-_2024_-_0213-2024_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/555/ind_-_2024_-_0214-2024_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/553/ind_-_2024_-_0215-2024_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/549/ind_-_2024_-_0217-2024_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/561/ind_-_2024_-_0219-2024_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/548/ind_-_2024_-_0220-2024_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/552/ind_-_2024_-_0221-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/551/ind_-_2024_-_0222-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/550/ind_-_2024_-_0223-2024_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/543/ind_-_2024_-_0227-2024_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/910/ind_-_2024_-_0248-2024_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/540/ind_-_2024_-_0249-2024_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/927/ind_-_2024_-_0251-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/926/ind_-_2024_-_0252-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/906/ind_-_2024_-_0265-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/905/ind_-_2024_-_0322-2024_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/925/ind_-_2024_-_0267-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/923/ind_-_2024_-_0301-2024_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/922/ind_-_2024_-_0302-2024_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/928/ind_-_2024_-_0303-2024_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1376/ind_-_2024_-_0305-2024_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/908/ind_-_2024_-_0308-2024_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/909/ind_-_2024_-_0318-2024_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/812/ind_-_2024_-_0319-2024_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/907/ind_-_2024_-_0321-2024_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/904/ind_-_2024_-_0322-2024_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/912/ind_-_2024_-_0365-2024_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/902/ind_-_2024_-_0372-2024_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/817/ind_-_2024_-_0373-2024_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/816/ind_-_2024_-_0374-2024_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/918/ind_-_2024_-_0375-2024_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/917/ind_-_2024_-_0376-2024_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/916/ind_-_2024_-_0377-2024_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/903/ind_-_2024_-_0386-2024_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/921/ind_-_2024_-_0387-2024_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/920/ind_-_2024_-_0388-2024_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/815/ind_-_2024_-_0390-2024_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/915/ind_-_2024_-_0403-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/914/ind_-_2024_-_0404-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/919/ind_-_2024_-_0405-2024_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/913/ind_-_2024_-_0427-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/779/ind_-_2024_-_0444-2024_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/777/ind_-_2024_-_0445-2024_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/360/ind_-_2024_-_0449-2024_-_jose_lucas_stutz_delgado_pinto_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/911/ind_-_2024_-_0450-2024_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/326/ind_-_2024_-_0456-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/327/ind_-_2024_-_0458_-_2024_-_ver_vilmar_pereira_da_silva_-_atendimento_preferncial_profissionais_contabilidade.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/358/ind_-_2024_-_0461-2024_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/359/ind_-_2024_-_0462-2024_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1375/ind_-_2024_-_0465-2024_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/813/ind_-_2024_-_0468-2024_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/325/ind_-_2024_-_0485_-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/776/ind_-_2024_-_0499-2024_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/823/ind_-_2024_-_0500-2024_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/824/ind_-_2024_-_0521-2024_-_tiago_da_silva_teixeira_1.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/805/ind_-_2024_-_0525-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/822/ind_-_2024_-_0527-2024_-_edivaldo_pereira_de_souza_1.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/821/ind_-_2024_-_0528-2024_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/806/ind_-_2024_-_0529-2024_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1066/ind_-_2024_-_0530-2024_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/820/ind_-_2024_-_0531-2024_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1065/ind_-_2024_-_0532-2024_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1064/ind_-_2024_-_0533-2024_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1101/ind_-_2024_-_0534-2024_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1100/ind_-_2024_-_0535-2024_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1099/ind_-_2024_-_0536-2024_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1382/ind_-_2024_-_0537_-_2024_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1391/ind_-_2024_-_0538_-_2024_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1392/ind_-_2024_-_0539_-_2024_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1244/ind_-_2024_-_0540-2024_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1381/ind_-_2024_-_0541-2024_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1245/ind_-_2024_-_0542-2024_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1256/ind_-_2024_-_0543-2024_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1272/ind_-_2024_-_0544-2024_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1257/ind_-_2024_-_0545-2024_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1258/ind_-_2024_-_0546-2024_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/810/ind_-_2024_-_0548-2024_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/811/ind_-_2024_-_0549-2024_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/809/ind_-_2024_-_0558-2024_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/808/ind_-_2024_-_0559-2024_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/807/ind_-_2024_-_0560-2024_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/814/ind_-_2024_-_0465-2024_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/819/ind_-_2024_-_0575-_2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/933/ind_-_2024_-_0587-2024_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/818/ind_-_2024_-_0606-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/924/ind_-_2024_-_0608-2024_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/930/ind_-_2024_-_0613-2024_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/931/ind_-_2024_-_0614-2024_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/932/ind_-_2024_-_0615-2024_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1096/ind_-_2024_-_0628-2024_-_retirada_-__ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1062/ind_-_2024_-_0635-2024_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1393/ind_-_2024_-_0655_-_2024_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1067/ind_-_2024_-_0661-2024_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1063/ind_-_2024_-_0665-2024_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1061/ind_-_2024_-_0671-2024_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1394/ind_-_2024_-_0680_-_2024_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1248/ind_-_2024_-_0682-2024_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1396/ind_-_2024_-_0684_-_2024_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1397/ind_-_2024_-_0685_-_2024_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1398/ind_-_2024_-_0686_-_2024_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1399/ind_-_2024_-_0701_-_2024_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1400/ind_-_2024_-_0712_-_2024_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1401/ind_-_2024_-_0713_-2024_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1402/ind_-_2024_-_0714_-2024_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1403/ind_-_2024_-_0733_-_2024_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1098/ind_-_2024_-_0737-2024_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1097/ind_-_2024_-_0738-2023_-_marcos_vinicius_ferreira_romero_-_retirada_por_duplicidade.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1269/ind_-_2024_-_0739-2023_-_retirada_-_marcos_vinicius_ferreira_romero_-_retirada_por_duplicidade.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1247/ind_-_2024_-_0754-2024_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1243/ind_-_2024_-_0755-2024_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1267/ind_-_2024_-_0757-_2024_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1266/ind_-_2024_-_0761-_2024_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1246/ind_-_2024_-_0762-2024_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1265/ind_-_2024_-_0765-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1264/ind_-_2024_-_0766-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1255/ind_-_2024_-_0776-_2024_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1260/ind_-_2024_-_0777-2024_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1261/ind_-_2024_-_0778-2024_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1262/ind_-_2024_-_0779-2024_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1259/ind_-_2024_-_0789-2024_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1263/ind_-_2024_-_0794-2024_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1268/ind_-_2024_-_0819-2024_-_retirada_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1273/ind_-_2024_-_0820-2024_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1270/ind_-_2024_-_0821-2024_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1271/ind_-_2024_-_0833-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1291/ind_-_2024_-_0846-2024_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1290/ind_-_2024_-_0847-2024_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1289/ind_-_2024_-_0848-2024_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1293/ind_-_2024_-_0850-2024_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1292/ind_-_2024_-_0851-2024_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1285/moc_-_2024_-_0315-2024_-_marcos_vinicius_ferreira_romero_-_luiz_rogick.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1275/moc_-_2024_-_0798-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1276/moc_-_2024_-_0818-2024_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1284/moc_-_2024_-_0834-2024_-_fabricio_de_araujo_sousa_-_guardas_cgm.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2165/plc_-_2024_-_0107_-_2024_-_mesa_diretora_-_altera_estrutura_administrativa_cmcm.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2163/plc_-_2024_-_0108_-_2024_-_mesa_diretora_-_dispoe_sobre_controladoria_do_poder_legislativo.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2162/plc_-_2024_-_0250_-_2024_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2164/plc_-_2024_-_0332_-_2024_-_ver_edivaldo_pereira_de_souza_-_reulamenta_a_lei_federal_13.465de2017.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1241/plc_-_2024_-_0752-2024_-_poder_executivo_municipal_-_codigo_tributario_municipal.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1242/plc_-_2024_-_0753-2024_-_poder_executivo_municipal_-_pgv_2025_-_planta_generica_de_valores.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2137/plo_-_2024_-_0026_-_2024_-_poder_executivo_municipal_-_promocao_valorizacao_protetores_cuidadores_animais.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2119/plo_-_2024_-_0053__-_2024_-_ver_ivan_dionizio_-_denomina_logradouro_rua_joao_dutra_pereira.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2139/plo_-_2024_-_0077-2024_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2117/plo_-_2024_-_0145__-_2024_-_ver_valdinei_siqueira_-_denominacao_quadra_escola_castalia.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2136/plo_-_2024_-_0152-2024_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2138/plo_-_2024_-_0160-2024_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1987/plo_-_2024_-_0163-2024_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2087/plo_-_2024_-_0197__-_2023_-_ver_ivan_dionizio_-_retirado_pelo_autor__autoriza_transportar_idosos_gestantes_deficientes_onibus_transporte_escolar.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1988/plo_-_2024_-_0208-2024_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2059/plo_-_2024_-_0228_-_2024_-_ver_jose_lucas_stutz_-_dispoe_criacao_banco_racao_smma.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2062/plo_-_2024_-_0254_-_2024_-_ver_jose_lucas_stutz_delgado_pinto_-_denomina_no_ganguri_rua_ricardo_jorge_neto_da_costa.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2130/plo_-_2024_-_0255-2024_-_poder_executivo_municipal_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2057/plo_-_2024_-_0306_-_2024_-_ver_fabricio_de_araujo_-_denomina_altair_pires_rua_em_sao_francisco_de_assis.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2058/plo_-_2024_-_0307_-_2024_-_ver_fabricio_de_araujo_-_denomina_farmaceutico_jose_branco_rua_no_ganguri.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2135/plo_-_2024_-_0378-2024_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2134/plo_-_2024_-_0379-2024_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2131/plo_-_2024_-_0406-2024_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1211/plo_-_2024_-_0432-2024_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1280/plo_-_2024_-_0451-2024_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1068/plo_-_2024_-_0457-2024_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1995/plo_-_2024_-_0495-2024_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1281/plo_-_2024_-_0556-2024_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1277/plo_-_2024_-_0557-2024_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2000/plo_-_2024_-_0562-2024_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1069/plo_-_2024_-_0609-2024_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1252/plo_-_2024_-_0610-2024_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1253/plo_-_2024_-_0627-2024_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1254/plo_-_2024_-_0660-2024_-_poder_executivo_municipal_-_loa_2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1278/plo_-_2024_-_0662-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2011/plo_-_2024_-_0675-2024_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1283/plo_-_2024_-_0716-2024_-_jose_lucas_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1250/plo_-_2024_-_0727-2024_-_poder_executivo_municipal_-_denominacao_escola_municipal.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1282/plo_-_2024_-_0756-2024_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1249/plo_-_2024_-_0769-2024_-_poder_executivo_municipal_-_revoga_lei_2629-2024.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2069/plo_-_2024_-_0776_-_2024_-_ver_jose_lucas_stutz_delgado_pinto_-_denomina_no_centro_praca_zeca_maia.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1251/plo_-_2024_-_0817-2024_-_poder_executivo_municipal_-_altera_lei_conselho_idoso.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1279/plo_-_2024_-_0827-2024_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2070/plo_-_2024_-_0847_-_2024_-_ver_alexandre_ferreira_da_fonseca_-_institui_dia_cadadora_catador.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2045/plo_-_2024_-_1023_-_2024_-_ver_ailtons_telles_-_da_denominacao_rua_japuiba_-_rua_enilda_ferreira_oliveira__retirada_de_oficio_duplicidade.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2161/prs_-_2024_-_0085_-_2024_-_ver_edivaldo_pereira_de_souza_-_altera_redacao_art_21_do_ri_cmcm__prot_cancelado_15abr24.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2140/prs_-_2024_-_0198_-_2024_-_mesa_diretora_-_destinacao_a_valor_r300.0000.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2160/prs_-_2024_-_0257_-_2024_-_ver_marcos_vinicius_ferreira_-_altera_redacao_art_21_do_ri_cmcm.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2170/vet_-_2024_-_0078_-_2024_-_veto_total_-_porde_executivo_-_ao_projeto_de_lei_0659_-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2169/vet_-_2024_-_0079_-_2024_-_executivo_-_veto_total_-_projeto_de_lei_0832_-_2023_-_ver_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2168/vet_-_2024_-_0297_-_2024_-_executivo_-_veto_parcial__-_projeto_de_lei_0601_-_2023_-_ver_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2167/vet_-_2024_-_0363_-_2024_-_veto_total_do_porde_executivo_ao_projeto_de_lei_0302-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/2166/vet_-_2024_-_0364_-_2024_-_veto_total_do_porde_executivo_ao_projeto_de_lei_0613-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1552/esb_-_2024_-_0859-2024_-_edivaldo_pereira_de_souza_-_plo_0752-2024.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/1553/esb_-_2024_-_0860-2024_-_edivaldo_pereira_de_souza_-_plo_0753-2024.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H231"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="48.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="161.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="220.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="219.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>