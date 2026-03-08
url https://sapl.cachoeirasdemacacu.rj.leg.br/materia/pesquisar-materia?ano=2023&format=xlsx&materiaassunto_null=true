--- v0 (2025-12-06)
+++ v1 (2026-03-08)
@@ -54,4068 +54,4068 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Valdinei Pires de Siqueira (Neizinho do Posto)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/146/ind_-_2023_-_0021-2023_-_valdinei_pires_de_siqueira.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/146/ind_-_2023_-_0021-2023_-_valdinei_pires_de_siqueira.pdf</t>
   </si>
   <si>
     <t>Atender demandas para o Bairro Valério, tais como áreas de lazer, reforma dos pontos de ônibus, calçadas para atender os pedestres, podas de árvores, iluminação, corrimão nas escadas e revitalização em áreas degradadas.</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>Darcileia Ulerisch da Silva (Darcileia Ulerisch)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/133/ind_-_2023_-_0023-2023_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/133/ind_-_2023_-_0023-2023_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Aumento do muro em volta de toda a Escola Estadual Municipalizada José Laurindo de Oliveira, localizada em Papucaia.</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/134/ind_-_2023_-_0024-2023_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/134/ind_-_2023_-_0024-2023_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Melhorias em todas as ruas do Bairro Gleba Colégio, que se encontra com um grande número de buracos.</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/135/ind_-_2023_-_0025-2023_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/135/ind_-_2023_-_0025-2023_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Melhorias nas ruas da Expansão B, localizada em Papucaia.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/136/ind_-_2023_-_0026-2023_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/136/ind_-_2023_-_0026-2023_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Execução de serviços de pavimentação asfáltica nas estradas do Marubaí.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/137/ind_-_2023_-_0027-2023_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/137/ind_-_2023_-_0027-2023_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Melhorias nas estradas da Granada.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/138/ind_-_2023_-_0030-2023_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/138/ind_-_2023_-_0030-2023_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Disponibilização de Pediatra, Ginecologista, Obstetra, Ortopedista e Cardiologista nas Unidades Básicas de Saúde da Ribeira.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/139/ind_-_2023_-_0031-2023_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/139/ind_-_2023_-_0031-2023_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Instalação de caixas eletrônicos de Banco 24 horas nas localidades de Ribeira e Papucaia.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/140/ind_-_2023_-_0032-2023_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/140/ind_-_2023_-_0032-2023_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Disponibilização de uma unidade móvel do Centro de Referência de Assistência Social (CRAS).</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/141/ind_-_2023_-_0033-2023_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/141/ind_-_2023_-_0033-2023_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Criação de carteirinha e atendimento preferencial para pacientes com fibromialgia, em órgãos e empresas privadas, públicas e estacionamentos do Município.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/142/ind_-_2023_-_0034-2023_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/142/ind_-_2023_-_0034-2023_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Criação de um projeto de esporte para a melhor idade com a organização de campeonatos municipais.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/147/ind_-_2023_-_0039-2023_-_valdinei_pires_de_siqueira.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/147/ind_-_2023_-_0039-2023_-_valdinei_pires_de_siqueira.pdf</t>
   </si>
   <si>
     <t>Pavimentação de um pequeno trecho no Bairro Valério, na Avenida Castelo Branco, precisamente a parte que liga o Valério ao Bairro Rasgo.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>José Lucas Stutz Delgado Pinto (Lucas Stutz)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/143/ind_-_2023_-_0041-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/143/ind_-_2023_-_0041-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Construção de uma ESTAÇÃO DE TRATAMENTO DE ÁGUA "ETA", para distribuição de água potável.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/144/ind_-_2023_-_0042-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/144/ind_-_2023_-_0042-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Providenciar com urgência no terreno entre as Ruas Oswaldo Aranha e Romeu Caetano Guida, Bairro Campo do Prado, Cachoeiras de Macacu "muro e limpeza".</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/145/ind_-_2023_-_0043-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/145/ind_-_2023_-_0043-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Pactuar junto aos órgãos competentes cirurgias de Joelho "menisco", ligamentos e outros.</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Marcos Vinícius Ferreira Romero (Vinicius Romero)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/148/ind_-_2023_-_0045-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/148/ind_-_2023_-_0045-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Manilhamento do esgoto no Bairro Forno Velho entre Papucaia e Japuíba.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/149/ind_-_2023_-_0071-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/149/ind_-_2023_-_0071-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Reforma dos prédios da EMATER no âmbito de Cachoeiras de Macacu.</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/151/ind_-_2023_-_0078-2023_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/151/ind_-_2023_-_0078-2023_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Viabilizar um auxílio para mulheres em situação de violência doméstica ou sob proteção de medida judicial.</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>Ivan Dionizio (Ivan Dionizio)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/152/ind_-_2023_-_0082-2023_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/152/ind_-_2023_-_0082-2023_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>Implantação de uma FAETEC em Papucaia.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/153/ind_-_2023_-_0086-2023_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/153/ind_-_2023_-_0086-2023_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>Implantação de uma GALERIA CELULAR DE CONCRETO na Rua A Um, do Bairro de Papucaia, conforme geolocalização de nº- 22.596745 e - 42.743623 (foto em anexo).</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/154/ind_-_2023_-_0087_-_2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/154/ind_-_2023_-_0087_-_2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Adquirir uma área de terra para construção de área de lazer "campo para prática de esportes em geral e pracinha", no Bairro Tuim.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/155/ind_-_2023_-_0089-2023_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/155/ind_-_2023_-_0089-2023_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Construir um ponto de ônibus na entrada da Estrada do Ipiranga, do lado direito.</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/156/ind_-_2023_-_0090-2023_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/156/ind_-_2023_-_0090-2023_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Construir um ponto de ônibus em frente ao posto de gasolina DX, localizado em Agro-Brasil.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/168/ind_-_2023_-_0091-2023_-_darcileia_ulerish_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/168/ind_-_2023_-_0091-2023_-_darcileia_ulerish_da_silva.pdf</t>
   </si>
   <si>
     <t>Construir um ponto de ônibus no Recanto dos Pássaros, lado esquerdo.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/169/ind_-_2023_-_0092-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/169/ind_-_2023_-_0092-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Enviar equipe técnica na Reta dos Ipês RJ 116, Km 39, Betel, Rua Próximo ao Fórum e próximo a loja de piscinas, providenciar levantamento de todo saneamento básico "asfalto ou paralelo".</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/170/ind_-_2023_-_0103-2023_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/170/ind_-_2023_-_0103-2023_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Reforma do Campo de Futebol, localizado em Agro Brasil, com colocação de grama, arquibancada, alambrado em volta do campo, vestiários, banheiros e refeitório.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/171/ind_-_2023_-_0104-2023_-_jose_lucas_stutz_delgado_pinto_-_retirada.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/171/ind_-_2023_-_0104-2023_-_jose_lucas_stutz_delgado_pinto_-_retirada.pdf</t>
   </si>
   <si>
     <t>Providenciar planilha de custos para o Saneamento Básico "calçamento ou asfaltamento" no local conhecido como MANAIN, Rua Leovegildo José Falcão, Bairro Castália, Cachoeiras de Macacu.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/</t>
   </si>
   <si>
     <t>Reforma e ampliação no Posto de Saúde em Japuíba — (Unidade Básica de Saúde e Pronto Socorro 12 horas de Japuíba).</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/173/ind_-_2023_-_0125-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/173/ind_-_2023_-_0125-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Compra de um terreno ou um imóvel no âmbito do município de Cachoeiras de Macacu para a instituição do CAPS.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/174/ind_-_2023_-_0130-2023_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/174/ind_-_2023_-_0130-2023_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>Criação de um APLICATIVO PARA CELULARES, que contém informações CULTURAIS e TURÍSTICAS de Cachoeiras de Macacu.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
     <t>Juscelino Rodrigues de Barcelos (Celino)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/175/ind_-_2023_-_0131-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/175/ind_-_2023_-_0131-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>Atender aos moradores do Bairro Valério, no que tange a serviços de recuperação do piso da rua Dolores Duran.</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>Tiago da Silva Teixeira (Tiago do Gás)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/176/ind_-_2023_-_0133-2023_-_tiago_da_silva_teixeira.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/176/ind_-_2023_-_0133-2023_-_tiago_da_silva_teixeira.pdf</t>
   </si>
   <si>
     <t>Providenciar transporte para os pacientes que saem de Cachoeiras de Macacu para realizar seus exames no Município de Guapimirim, através de convênio firmado pela Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>José Cândido Fragoso (Professor José Cândido)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/177/ind_-_2023_-_0135-2023_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/177/ind_-_2023_-_0135-2023_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>Providenciar os devidos reparos infraestruturais, desobstrução e o desassoreamento das redes de Esgoto em Parque Ribeira e Jardim Ribeira.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/178/ind_-_2023_-_0136-2023_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/178/ind_-_2023_-_0136-2023_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>Promover ações de ordenamento no trânsito de veículos da Rua Padre Antônio da Costa Carvalho, principalmente no trecho em mão dupla.</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/179/ind_-_2023_-_0137-2023_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/179/ind_-_2023_-_0137-2023_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>Providenciar os devidos preparos infraestruturais e o calçamento da Rua Gessy Menezes, no bairro da Ribeira.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/180/ind_-_2023_-_0138-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/180/ind_-_2023_-_0138-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Encaminhar equipe Técnica dessa conceituada Secretaria no local denominado TRAVESSA JOSEFA FERREIRA, Bairro Ganguri de Cima, próximo a residência do Ex Prefeito Dr. Manoel da Silva, para recuperação do calçamento que está AFUNDANDO.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>Fabrício de Araujo Sousa (Fabrício Português)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/181/ind_-_2023_-_0147-2023_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/181/ind_-_2023_-_0147-2023_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Interceder junto ao Serviço Nacional de Apoio a Industria (SENAI), que é, respeitada Instituição com a qual a Prefeitura detém acordo assinado para ofertas de cursos profissionalizantes, no sentido de providenciar a implantação de cursos em informática, manutenção de computadores, administração, eletricista e em especial (padaria e confeitaria), junto a estrutura já existente da Unidade de Cursos Profissionalizante da FAETEC de Cachoeiras de Macacu.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/182/ind_-_2023_-_0148_-_2023_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/182/ind_-_2023_-_0148_-_2023_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>Interceder junto ao Governo do Estado do Rio de Janeiro para efetivação de CONVENIO com o Departamento de Estradas de Rodagem (DER-RJ) e PARCERIA com a concessionária ROTA 116 para receber doações de INSUMO ASFÁLTICO.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/183/ind_-_2023_-_0149-2023_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/183/ind_-_2023_-_0149-2023_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>Implantação de um Centro de Recursos Educacional Especializado municipal - CREEM no bairro da Ribeira ou Papucaia.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>Ailton Telles Machado (Ailton Machado)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/184/ind_-_2023_-_0150-2023_-_ailton_telles_machado.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/184/ind_-_2023_-_0150-2023_-_ailton_telles_machado.pdf</t>
   </si>
   <si>
     <t>Providenciar a troca de manilhas por galerias prontas nas Ruas Porciúncula, Rua da Marreca e toda extensão da Rua João Cardoso Filho, em Japuíba, Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/185/ind_-_2023_-_0157-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/185/ind_-_2023_-_0157-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Encaminhar equipe Técnica para fazer o levantamento para a PAVIMENTAÇÃO da Rua Dr. Cris, Bairro Castália, Cachoeiras de Macacu.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/186/ind_-_2023_-_0158-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/186/ind_-_2023_-_0158-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Enviar com URGENCIA equipe técnica na Rua Agostinho Mendes também conhecida como Estrada da Pedreira, Bairro Rasgo, Cachoeiras de Macacu, a Rua encontra-se em estado lastimável, principalmente o final dela.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/187/ind_-_2023_-_0163-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/187/ind_-_2023_-_0163-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Construir uma Sede Própria ESF (Estratégia de Saúde da Família), no Bairro Parque Veneza, Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>Edgar Rosa da Silva (Professor Edgar)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/188/ind_-_2023_-_0165-2023_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/188/ind_-_2023_-_0165-2023_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>Proceder a substituição de manilhas por galerias do sistema de escoamento das águas Pluviais no bairro Japuíba, na rua Coronel Bastos.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/189/ind_-_2023_-_0166-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/189/ind_-_2023_-_0166-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Prestar atendimento a 08 (oito) famílias que estão com suas casas interditas pela Defesa Civil desde as chuvas de início do ano de 2022, algumas recebendo o auxílio moradia.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/190/ind_-_2023_-_0170-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/190/ind_-_2023_-_0170-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Viabilizar as construções de passarelas ou túneis de animais silvestres, com intermédio da Rota 116.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/191/ind_-_2023_-_0174-2023_-_valdinei_pires_de_siqueira_-_retirada.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/191/ind_-_2023_-_0174-2023_-_valdinei_pires_de_siqueira_-_retirada.pdf</t>
   </si>
   <si>
     <t>Obras de saneamento básico na Rua Dr. Cris, no bairro Castália.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/192/ind_-_2023_-_0175-2023_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/192/ind_-_2023_-_0175-2023_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Disponibilizar patrulha Maria da Penha no Município.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/193/ind_-_2023_-_0177-2023_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/193/ind_-_2023_-_0177-2023_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Implantar um “poupa tempo” no Município.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/194/ind_-_2023_-_0178-2023_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/194/ind_-_2023_-_0178-2023_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Implantação de atividades esportivas voltada para pessoas com deficiência no esporte.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/195/ind_-_2023_-_0180_-_2023_-_ivan_dionizio_-_materia_retirada_pelo_autor.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/195/ind_-_2023_-_0180_-_2023_-_ivan_dionizio_-_materia_retirada_pelo_autor.pdf</t>
   </si>
   <si>
     <t>RETORNO DE UM GUARDA MUNICIPAL EM FRENTE AO CIEP 353 - Centro Integrado de Educação Pública no bairro da Ribeira, com escopo de auxiliar as crianças e adolescente na travessia da RJ-116 em horário escolar.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/196/ind_-_2023_-_0181-2023_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/196/ind_-_2023_-_0181-2023_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>Implantação de um Centro de Recursos Educacional Especializado municipal — CREEM no bairro da Ribeira ou Papucaia.</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/197/ind_-_2023_-_0182-2023_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/197/ind_-_2023_-_0182-2023_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>Firmar o CONVÊNIO junto com o Departamento de Estradas de Rodagem (DER-RJ) e PARCERIA com a concessionária ROTA 116 para receber doações de_x000D_
 INSUMO ASFÁLTICO.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/198/ind_-_2023_-_0184-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/198/ind_-_2023_-_0184-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Implantação de uma ESF (Estratégia de Saúde da Família na localidade de Parque Santa Luiza - Goiabal, Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/199/ind_-_2023_-_0187-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/199/ind_-_2023_-_0187-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Levantamento de custos de "Pavimentação "asfáltica ou paralelos", drenagem, saneamento na Rua Dolores Duran, Bairro Valério, Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/294/ind_-_2023_-_0194-2023_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/294/ind_-_2023_-_0194-2023_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>Providenciar a os reparos infraestruturais e o calçamento da Rua Waldemar Torres, antiga Rua U, no Bairro da Ribeira.</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/295/ind_-_2023_-_0195-2023_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/295/ind_-_2023_-_0195-2023_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>Elaborar um programa de apoio técnico e financeiro para construção e padronização de calçadas no Município, “Programa Calçada Legal”.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/296/ind_-_2023_-_0196-2023_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/296/ind_-_2023_-_0196-2023_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>Providenciar um redutor de velocidade na Rua Naotaro Kawae, nas proximidades da Padaria Primeira de Papucaia.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/297/ind_-_2023_-_0203-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/297/ind_-_2023_-_0203-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Colocar no calendário de festividades do município um dia para celebrar o dia do Cristão.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/298/ind_-_2023_-_0207-2023_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/298/ind_-_2023_-_0207-2023_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>interceder junto ao SENAI, SENAC e demais instituições de formação profissional, para aumento da ofertas de cursos profissionalizantes e ampliação dos serviços da mesma para o bairro de Papucaia, no sentido de providenciar a implantação de cursos profissionalizantes, junto a estrutura já existente do Colégio Sarah Bocão no bairro de Papucaia, Cachoeiras de Macacu.</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>Ailton Telles Machado (Ailton Machado), Nilton Matozo Viana (Dunga)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/328/ind_-_2023_-_0208-2023_-_ailton_telles_machado.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/328/ind_-_2023_-_0208-2023_-_ailton_telles_machado.pdf</t>
   </si>
   <si>
     <t>Implementar obras de PAVIMENTAÇÃO na rua lateral ao SÍTIO JEN E BIA na localidade do Forno Velho em Japuíba.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/329/ind_-_2023_-_0209-2023_-_ailton_telles_machado_-_nilton_matozo_viana.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/329/ind_-_2023_-_0209-2023_-_ailton_telles_machado_-_nilton_matozo_viana.pdf</t>
   </si>
   <si>
     <t>Promover REPAROS nas redes de manilhamento com afundamento, bem como RECAPEAMENTO ASFÁLTICO em Japuíba, nas ruas: Coronel Bastos;  Joaquim Vieira Filho; Agostinho Pinheiro de Moura; Dário de Castro; Atescor Neves Figueira; Rua M da Silva.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>Nilton Matozo Viana (Dunga), Ailton Telles Machado (Ailton Machado)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/330/ind_-_2023_-_0210-2023_-_ailton_telles_machado_e_nilton_matozo_viana.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/330/ind_-_2023_-_0210-2023_-_ailton_telles_machado_e_nilton_matozo_viana.pdf</t>
   </si>
   <si>
     <t>Providenciar o recapeamento asfáltico das ruas: João Pereira da Silva Neto; Vira Copo; Antônio Trajano, Santa Cecília; Lorival Candido, Areia Branca e Antônio Benedito Barroso.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>Nilton Matozo Viana (Dunga)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/331/ind_-_2023_-_0211-2023_-_nilton_matozo_viana_-_materia_retirada_por_solicitacao_do_autor.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/331/ind_-_2023_-_0211-2023_-_nilton_matozo_viana_-_materia_retirada_por_solicitacao_do_autor.pdf</t>
   </si>
   <si>
     <t>NOMEAR LOGRADOURO, rua lateral ao SÍTIO JEN E BIA que liga a Rodovia RJ 116 à Rua Maestro Eduardo Guimarães na localidade do Forno Velho em Japuíba, como RUA MIL TON CALCANHA.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/299/ind_-_2023_-_0212-2023_-_nilton_matozo_viana.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/299/ind_-_2023_-_0212-2023_-_nilton_matozo_viana.pdf</t>
   </si>
   <si>
     <t>Intermediação junto à SECRETARIA MUNICIPAL DE OBRAS para a CONSTRUÇÃODE NOVA BASE DO SAMU EM PRÓPRIO MUNICIPAL.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/300/ind_-_2023_-_0213-2023_-_nilton_matozo_viana.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/300/ind_-_2023_-_0213-2023_-_nilton_matozo_viana.pdf</t>
   </si>
   <si>
     <t>Verificar a disponibilidade técnica orçamentária e financeira para a CONSTRUÇÃO DE UMA CICLOVIA no trecho compreendido entre a ponte em JAPUIBA, altura do DPO, até o bairro do GUAPIAÇÚ.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/301/ind_-_2023_-_0220-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/301/ind_-_2023_-_0220-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>Atender a comunidade da Boa Vista melhorando a oferta de água.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/302/ind_-_2023_-_0221-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/302/ind_-_2023_-_0221-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>Atender aos moradores do Bairro Campo do Prado, com serviços de recuperação do piso da Rua Romeu Caetano Guida.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/303/ind_-_2023_-_0222-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/303/ind_-_2023_-_0222-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>Atender aos moradores do Bairro Cidade Alta, no que tange a serviços de troca de manilhas.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/304/ind_-_2023_-_0223-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/304/ind_-_2023_-_0223-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>Construir uma Escola Municipal na comunidade do Bairro Boa vista, na localidade do bairro Felicidade (Boqueirão).</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/305/ind_-_2023_-_0225-2023_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/305/ind_-_2023_-_0225-2023_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Interceder junto à Secretaria de Educação e Secretaria de Esportes, para que seja promovido anualmente torneios, campeonatos e outros tipos de competições desportivas entre as escolas do município, públicas e particulares, e entidades educacionais.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>Interceder junto à Secretaria de Saúde, para que seja feita a implantação de uma comissão de curativos no Hospital Municipal.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>Alexandre Ferreira da Fonseca (Didico)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/307/ind_-_2023_-_0242-2023_-_alexandre_ferreira_da_fonseca.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/307/ind_-_2023_-_0242-2023_-_alexandre_ferreira_da_fonseca.pdf</t>
   </si>
   <si>
     <t>Realizar o calçamento da Rua Sete no bairro Valério, tendo em vista que essa ação irá proporcionar maior facilidade no trânsito de pedestres na via citada acima.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/308/ind_-_2023_-_0243-2023_-_alexandre_ferreira_da_fonseca.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/308/ind_-_2023_-_0243-2023_-_alexandre_ferreira_da_fonseca.pdf</t>
   </si>
   <si>
     <t>Criação de um estacionamento na casa Diah, presente no pátio da unidade, tendo em vista que essa ação irá proporcionar melhor trânsito na via citada acima.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/309/ind_-_2023_-_0245-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/309/ind_-_2023_-_0245-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Reservar recursos no Orçamento da Secretaria de Educação para reforma geral no COLÉGIO MUNICIPAL PROFESSOR CARLOS BRANDÃO.</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/310/ind_-_2023_-_0248-2023_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/310/ind_-_2023_-_0248-2023_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Implantação um CREAM (Centro de Referência de Atendimento à Mulher).</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/312/ind_-_2023_-_0254-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/312/ind_-_2023_-_0254-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Levantar custos para o recapeamento das Seguintes Ruas no Ganguri de Cima: RUA IDUINO JOSÉ PEREIRA e RUA VALDOMIRO BITTENCOURT.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/311/ind_-_2023_-_0257-2023_-_valdinei_pires_de_siqueira.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/311/ind_-_2023_-_0257-2023_-_valdinei_pires_de_siqueira.pdf</t>
   </si>
   <si>
     <t>Interceder junto ao Exmo. Sr. Governador do Estado do Rio de Janeiro solicitando a criação de uma Companhia Independente de Polícia Militar, com_x000D_
 sede neste município.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/313/ind_-_2023_-_0260-2023_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/313/ind_-_2023_-_0260-2023_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>providenciar um programa de fiscalização de terrenos baldios em áreas urbanas, seguindo às diretrizes da Lei Municipal nº 1.118/97, o Código de Posturas, que obriga donos de imóveis a preservar em perfeito estado de asseio, sob pena de multa, os seus quintais, pátios, prédios e terrenos, de modo a não prejudicar a saúde pública.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/314/ind_-_2023_-_0261-2023_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/314/ind_-_2023_-_0261-2023_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>Garantir o Transporte de Pacientes com doenças crônicas, residentes em áreas rurais do município, com a finalidade de garantir o acesso ao tratamento médico ambulatorial intramunicipal, até que se reestabeleçam as atividades do SERVIÇO MUNICIPAL DE TRANSPORTE URBANO E RURAL (S.M.T.U.R.—EXPRESSO MACACU), que segundo a Lei Municipal nº 2.013/2014, tem por obrigação proporcionar a prestação direta de serviços de transporte a pessoas e bens nas áreas urbanas e rurais.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/315/ind_-_2023_-_0262-2023_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/315/ind_-_2023_-_0262-2023_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>Estudar a viabiliade financeira, com a finalidade de implementar o Programa de Integração na Segurança Pública - (PROEIS), no Município de Cachoeiras de Macacu.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/316/ind_-_2023_-_0264-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/316/ind_-_2023_-_0264-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Realizar a limpeza e drenagem do rio e córregos que corta o bairro Porto do Taboado que vem transbordando e causando transtorno, afetando assim às vidas dos moradores da região.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/317/ind_-_2023_-_0265-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/317/ind_-_2023_-_0265-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Instalação de canaletas em toda a extensão do bairro do Estreito.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/318/ind_-_2023_-_0277-2023_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/318/ind_-_2023_-_0277-2023_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>Estudo de Viabilidade e consequente construção de uma creche e um posto de saúde nos espaços não utilizados do Estádio Municipal desta cidade.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/319/ind_-_2023_-_0281-2023_-_nilton_matozo_viana.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/319/ind_-_2023_-_0281-2023_-_nilton_matozo_viana.pdf</t>
   </si>
   <si>
     <t>Calçamento da Rua nº 36, sem saída, localizada na Rua Antiga da Usina, Bairro Castália.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/320/ind_-_2023_-_0286-2023_-_fabricio_de_araujo_sousa_.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/320/ind_-_2023_-_0286-2023_-_fabricio_de_araujo_sousa_.pdf</t>
   </si>
   <si>
     <t>Interceder junto ao Instituto Federal de Educação Ciência e Tecnologia (IFRJ), que venha celebrar convênio com o mesmo para ofertas de cursos profissionalizantes, técnico e superior no sentido de providenciar a implantação de uma Unidade para Cachoeiras de Macacu.</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/321/ind_-_2023_-_0292-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/321/ind_-_2023_-_0292-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Consertar ou instalar um ar— condicionado no centro cirúrgico no Hospital Doutor Celso Martins com urgência!</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/322/ind_-_2023_-_0293-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/322/ind_-_2023_-_0293-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>encaminhado expediente ao Vice Governador e Secretário do Ambiente e Sustentabilidade THIAGO PAMPOLHA, no sentido de implantar em nosso Município o programa LIMPARIO com parceria com o INEA Instituto Estadual do Ambiente.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/323/ind_-_2023_-_0296-2023_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/323/ind_-_2023_-_0296-2023_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Execução de serviço de pavimentação asfáltica nas rua Gessy Menezes, localizada na Ribeira.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>Instalação de uma farmácia Municipal 24 horas no Município de Cachoeiras de Macacu.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/332/ind_-_2023_-_0298-2023_-_darcileia_ulerisch_da_silva_1.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/332/ind_-_2023_-_0298-2023_-_darcileia_ulerisch_da_silva_1.pdf</t>
   </si>
   <si>
     <t>Execução dos serviços de restauração de vias em toda extensão da Estrada da Granada.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/333/ind_-_2023_-_0299-2023_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/333/ind_-_2023_-_0299-2023_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Execução dos serviços de restauração das vias em toda extensão da Estrada do Soarinho.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/334/ind_-_2023_-_0300-2023_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/334/ind_-_2023_-_0300-2023_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Execução de serviços de restauração das vias em toda extensão da Estrada do Ipiranga (abrangendo ao Tatus e Parapente).</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/803/ind_-_2024_-_0301-2023_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/803/ind_-_2024_-_0301-2023_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Parceria com o SENAI para oferecer cursos profissionalizantes à Mulheres no Município.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/335/ind_-_2023_-_0303-2023_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/335/ind_-_2023_-_0303-2023_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Verificar a possibilidade de viabilizar veículos para deslocar pessoas dos velórios até os cemitérios.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/336/ind_-_2023_-_0305-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/336/ind_-_2023_-_0305-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Construção de uma ponte ligando o Bairro Bengala a Estrada da Serra de Bertoldo.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/337/ind_-_2023_-_0306-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/337/ind_-_2023_-_0306-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>Atender aos moradores do Bairro Tuim, no que tange a construção de uma Quadra Poliesportiva.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/338/ind_-_2023_-_0307-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/338/ind_-_2023_-_0307-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>Atender aos moradores de nosso município no que tange a disponibilizar um veículo, tipo van, para levar pessoas para doação de sangue em Nova Friburgo.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/339/ind_-_2023_-_0311-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/339/ind_-_2023_-_0311-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Indicação de Anteprojeto de Lei que: “SOLICITA A SECRETARIA DE SEGURANÇA QUE COLOQUE UM GUARDA MUNICIPAL EM CADA INSTITUIÇÃO DE ENSINO de Cachoeiras de Macacu e dá outras providências.”</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/340/ind_-_2023_-_0312-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/340/ind_-_2023_-_0312-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Colocar mais um pediatra na UPA da Ribeira, em Papucaia.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/341/ind_-_2023_-_0313-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/341/ind_-_2023_-_0313-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Colocar um Guarda Municipal em cada instituição de ensino presente e ativa em nossa cidade.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/342/ind_-_2023_-_0314-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/342/ind_-_2023_-_0314-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/343/ind_-_2023_-_0315-2023_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/343/ind_-_2023_-_0315-2023_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>Estudos de viabilidade organizacional, com a finalidade de implementar um Programa de Ronda Escolar, nas Escolas Públicas Municipais.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/395/ind_-_2023_-_0316-2023_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/395/ind_-_2023_-_0316-2023_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>Estudo de viabilidade técnica e financeira com a finalidade de implementar um Sistema de Segurança e Monitoramento Eletrônico nas Escolas Municipais.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>Providenciar Processo Seletivo para contratação de Profissional de Educação Física para atender na ESF Estratégia de Saúde da Família.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/397/ind_-_2023_-_0320-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/397/ind_-_2023_-_0320-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Enviar equipe técnica dessa conceituada Secretaría na Rua Antônio Pinto, Bairro Ganguri de Cima, que está precisando ser RECAPEADA devido ao desgaste da massa asfáltica.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/398/ind_-_2023_-_0322-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/398/ind_-_2023_-_0322-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Encaminhar equipe técnica na localidade de Agro Brasil para fazer levantamento de custo e previsão orçamentária para pavimentação com paralelo ou massa asfáltica nas Ruas 22 e 25.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/399/ind_-_2023_-_0323-2023_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/399/ind_-_2023_-_0323-2023_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>ANTEPROJETO DE LEI que institui e AUTORIZA O EXECUTIVO MUNICIPAL A CRIAR A CIPTEA - CARTEIRA DE IDENTIFICAÇÃO DA PESSOA COM AUTISMO.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/400/ind_-_2023_-_0333-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/400/ind_-_2023_-_0333-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Estudo de viabilidade técnica e orçamentária no sentido que seja feita, uma reformulação do portal da Cidade.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/401/ind_-_2023_-_0334-2023_-_marcos_vinicius_ferreira_romero_-_retirada.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/401/ind_-_2023_-_0334-2023_-_marcos_vinicius_ferreira_romero_-_retirada.pdf</t>
   </si>
   <si>
     <t>Interceder junto à Secretaria de Saúde, para que haja uma casa de orientação para os pais dos autistas em Cachoeiras de Macacu.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>Reforma e revitalização, a iluminação pública na praça da boa vista dedicado à prática de Skate próxima ao Cowntry Clube.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/403/ind_-_2023_-_0337-2023_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/403/ind_-_2023_-_0337-2023_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Efetuar uma (operação tapa buraco) de manutenção das ruas na localidade de Sete (07) Quedas em Boca do Mato, no sentido de providenciar dentro das possibilidades, observando urgência dessa solicitação.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/404/ind_-_2023_-_0351-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/404/ind_-_2023_-_0351-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>Construir um muro no Colégio Municipal Lucy Campelo, no Bairro Boa Vista.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/405/ind_-_2023_-_0352-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/405/ind_-_2023_-_0352-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>Construir um muro entre o Ambulatório Padre Batalha e o Colégio Barãozinho.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/406/ind_-_2023_-_0353-2023_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/406/ind_-_2023_-_0353-2023_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>Seja providenciada a urbanização e a construção e um novo pórtico na entrada da cidade.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/407/ind_-_2023_-_0354-2023_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/407/ind_-_2023_-_0354-2023_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>Implantação de um setor de Terapia Ocupacional (TO) no Posto de Saúde da Ribeira, com escopo no tratamento e reabilitação de crianças portadoras de alterações cognitivas, afetivas, perceptivas e psicomotoras, decorrentes ou não de distúrbios genéticos, traumáticos ou de doenças adquiridas.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/408/ind_-_2023_-_0356-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/408/ind_-_2023_-_0356-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Indicação de Anteprojeto de Lei que “SOLICITA A SECRETARIA DE SEGURANÇA QUE COLOQUE UM GUARDA MUNICIPAL EM CADA INSTITUIÇÃO DE ENSINO de Cachoeiras de Macacu e dá outras providências.”</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/409/ind_-_2023_-_0358-2023_-_marcos_vinicius_ferreira_romero_-_retirada.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/409/ind_-_2023_-_0358-2023_-_marcos_vinicius_ferreira_romero_-_retirada.pdf</t>
   </si>
   <si>
     <t>Reforma do parquinho da Praça de Papucaia - Praça dos Colonos.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/410/ind_-_2023_-_0362-2023_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/410/ind_-_2023_-_0362-2023_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>TROCA DAS LÂMPADAS QUEIMADAS E A MANUTENÇÃO DOS BRAÇOS DA ILUMINAÇÃO PÚBLICA DA AVENIDA PAULO FRANCISCO TORRES, no bairro de Papucaia, que compreende o trecho do clube do Colonial Esporte Clube até as proximidades da Rua Genésio da Rocha, conforme a foto em anexo.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/411/ind_-_2023_-_0363-2023_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/411/ind_-_2023_-_0363-2023_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Reforma da quadra com revitalização da praça ao entorno em Boca do Mato, ao final da Ladeira do Imperador.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/412/ind_-_2023_-_0364-2023_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/412/ind_-_2023_-_0364-2023_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>Providenciar a implantação de uma Farmácia para Dispensação de Medicamentos na UPA da Ribeira, com o objetivo exclusivo de servir aos pacientes atendidos nesta Unidade de Saúde.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/413/ind_-_2023_-_0365-2023_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/413/ind_-_2023_-_0365-2023_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>Providenciar o recapeamento das ruas na localidade Coletivo do Incra, na Ribeira.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/414/ind_-_2023_-_0366-2023_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/414/ind_-_2023_-_0366-2023_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>Promover uma Avaliação Diagnóstica de Aprendizagem dos Alunos da Rede Municipal de Educação.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/415/ind_-_2023_-_0400-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/415/ind_-_2023_-_0400-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Providenciar a DRAGAGEM do Rio Ganguri que está colocando em risco os moradores do Bairro Goiabal.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/416/ind_-_2023_-_0401-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/416/ind_-_2023_-_0401-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Fazer levantamento de custos - para construção de Muro de Contenção na Rua Joaquim Gonçalves Ledo, Bairro Goiabal, para conter as enchentes do Rio Ganguri.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/417/ind_-_2023_-_0403-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/417/ind_-_2023_-_0403-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Parceria com a Secretaria Municipal de Esporte para que seja feita uma arena de artes marciais no Município de Cachoeiras de Macacu.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/418/ind_-_2023_-_0404-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/418/ind_-_2023_-_0404-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Interceder junto à Nova AMAE para que coloque lixeira nas casinhas que ficam no Bairro Porto do Tabuado.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/419/ind_-_2023_-_0410-2023_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/419/ind_-_2023_-_0410-2023_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>Construção de uma quadra esportiva para a prática de basquetebol nos espaços do Parque da Cidade.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/420/ind_-_2023_-_0411-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/420/ind_-_2023_-_0411-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Limpeza no Rio Piabas, localizado em Agro-Brasil.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/421/ind_-_2023_-_0414-2023_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/421/ind_-_2023_-_0414-2023_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/422/ind_-_2023_-_0423-2023_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/422/ind_-_2023_-_0423-2023_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Implantação de uma Unidade CEJA pertencente ao Consórcio CECIERJ em Cachoeiras de Macacu.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/423/ind_-_2023_-_0426-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/423/ind_-_2023_-_0426-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Enviar equipe técnica no final da Av. Governador Roberto Silveira “lado esquerdo”, e início do local conhecido como rua 10, para colocação de uma grade de proteção margeando a calçada que é uma pirambeira.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/424/ind_-_2023_-_0427-2023_-_tiago_da_silva_teixeira_-_retirada.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/424/ind_-_2023_-_0427-2023_-_tiago_da_silva_teixeira_-_retirada.pdf</t>
   </si>
   <si>
     <t>Criar um setor de transporte gratuito para conduzir os moradores de Papucaia aos velórios e sepultamentos de seus entes queridos.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/428/ind_-_2023_-_0433-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/428/ind_-_2023_-_0433-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Encaminhar equipe técnica com URGÉNCIA, na Rua Norvalino Custódio, Bairro Morro do Cleber, Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/425/ind_-_2023_-_0434-2023_-_jose_lucas_stutz_delgado_pinto_-_retirada.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/425/ind_-_2023_-_0434-2023_-_jose_lucas_stutz_delgado_pinto_-_retirada.pdf</t>
   </si>
   <si>
     <t>Encaminhar equipe técnica na Pracinha do Ganguri de Cima, que precisa de uma grande reforma.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/426/ind_-_2023_-_0441-2023_-_nilton_matozo_viana.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/426/ind_-_2023_-_0441-2023_-_nilton_matozo_viana.pdf</t>
   </si>
   <si>
     <t>Providenciar recuperação do piso irregular e com afundamentos na Rua Dr. Porciúncula no trecho compreendido entre a Oficina de Bicicleta de Latão ate' a Quadra Poliesportiva em Japuíba.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/427/ind_-_2023_-_0442-2023_-_nilton_matozo_viana_-_retirada.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/427/ind_-_2023_-_0442-2023_-_nilton_matozo_viana_-_retirada.pdf</t>
   </si>
   <si>
     <t>Viabilizar ILUMINAÇÃO AO LONGO DA CICLOVIA paralela à Rodovia RJ 116 no trecho compreendido entre a Ribeira e Papucaia.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/429/ind_-_2023_-_0443-2023_-_nilton_matozo_viana.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/429/ind_-_2023_-_0443-2023_-_nilton_matozo_viana.pdf</t>
   </si>
   <si>
     <t>Implementação, próximo ao Chafariz, na Praça de Japuíba, de um bebedouro aos moldes do que existe no centro da cidade (Bica do Leão).</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/430/ind_-_2023_-_0458-2023_-_alexandre_ferreira_da_fonseca.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/430/ind_-_2023_-_0458-2023_-_alexandre_ferreira_da_fonseca.pdf</t>
   </si>
   <si>
     <t>Construção de uma ponte na Rua 26 km 13 na localidade de Agro Brasil, tendo em vista que essa ação irá proporcionar melhora trânsito na via citada.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/431/ind_-_2023_-_0459-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/431/ind_-_2023_-_0459-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Fazer uma visita com sua equipe técnica para com URGÊNCIA atender a ESCOLA MUNICIPAL FUNCHAL, que precisa de algumas providências essenciais ao bom funcionamento dessa unidade escolar, conforme abaixo descrito “anexo foto”._x000D_
 _x000D_
 1) Providenciar com a maior URGENCIA possível a substituição de cerca de arame por um muro, hoje os Educadores e Alunos ficam sem segurança nenhuma._x000D_
 2) Providenciar o concerto geral da tela de proteção da Quadra de Esportes que está toda danificada, inclusive a possibilidade de colocar tela até o telhado, para evitar que as bolas caiam toda hora fora da quadra._x000D_
 3) Substituir lâmpadas que estão queimadas e fracas na quadra e em alguma salas, prejudicando a todos._x000D_
 4) Encaminhar expediente para o Secretário de Obras, Senhor Luiz Fernando Muzzi de Miranda, solicitando que passe a máquina para espalhar a lama, se_x000D_
 possível colocar saibro, os ônibus estão ficando atolados nos dias de chuva._x000D_
 5) E por fim fazer uma vistoria em toda a UNIDADE ESCOLAR.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/432/ind_-_2023_-_0461-2023_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/432/ind_-_2023_-_0461-2023_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>Implantação de VAGAS DE ESTACIONAMENTOS EXCLUSIVAS PARA DEFICIENTES FÍSICOS nas proximidades do Hospital Municipal Doutor Celso Martins, posto de saúde, setores de reabilitações e ambulatoriais do município de Cachoeiras de Macacu, garantindo a reserva legal prevista na Lei Federal nº 10.098 de 2000.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/433/ind_-_2023_-_0462-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/433/ind_-_2023_-_0462-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>Atender a Comunidade do Bairro Cidade Alta.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/434/ind_-_2023_-_0463-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/434/ind_-_2023_-_0463-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/435/ind_-_2023_-_0470-2023_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/435/ind_-_2023_-_0470-2023_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Efetuar a Instalação de grade de proteção embaixo do Mirante, evitando acesso as estruturas por parte da população.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/436/ind_-_2023_-_0471-2023_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/436/ind_-_2023_-_0471-2023_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Efetuar o controle e cessão de autorização de ambulantes do Município com fiscalização no Mirante.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/437/ind_-_2023_-_0472-2023_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/437/ind_-_2023_-_0472-2023_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Instalação de placas de sinalização com a proibição de subir no mirante da serra com bicicletas, e por consequência, as colocarem nas grades do Mirante.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/438/ind_-_2023_-_0473-2023_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/438/ind_-_2023_-_0473-2023_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Instalação de um Centro de Apoio da Guarda Municipal para manter a ordem no Mirante com Sanitários de Apoio ao Turista.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/439/ind_-_2023_-_0474-2023_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/439/ind_-_2023_-_0474-2023_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Instalação de um bicicletário no mirante da serra.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/440/ind_-_2023_-_0475-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/440/ind_-_2023_-_0475-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Construir banheiros públicos no Parque da Cidade.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/441/ind_-_2023_-_0485-2023_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/441/ind_-_2023_-_0485-2023_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Interceder junto à Secretaria de Administração, Secretaria de Planejamento, Secretaria de Desenvolvimento Econômico, ou a outro órgão competente, para que o município venha a aderir ao TRATAMENTO TRIBUTARIO ESPECIAL DE CARÁTER REGIONAL APLICADO A ESTABELECIMENTOS INDUSTRIAIS DO ESTADO DO RIO DE JANEIRO</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/443/ind_-_2023_-_0493-2023_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/443/ind_-_2023_-_0493-2023_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>Reformar o Ambiente de Recursos Tecnológicos / Sala de Informática da Escola Municipal São Sebastião.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/444/ind_-_2023_-_0495-2023_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/444/ind_-_2023_-_0495-2023_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>Reformar o Ambiente de Recursos Tecnológicos / Sala de Informática da Escola Municipal São Francisco de Assis.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/442/ind_-_2023_-_0496-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/442/ind_-_2023_-_0496-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Providenciar o mais rápido possível a continuação da calçada próxima à antiga Capela Mortuária da Igreja Batista "início da Rua Oswaldo Aranha com Avenida Plínio Casado", apesar de nunca ter acontecido acidente, fica muito perigoso para os pedestres que precisam se desviar de carros estacionados.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/445/ind_-_2023_-_0497-2023_-_alexandre_ferreira_da_fonseca.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/445/ind_-_2023_-_0497-2023_-_alexandre_ferreira_da_fonseca.pdf</t>
   </si>
   <si>
     <t>Realizar a reforma das seguintes pontes do bairro Valério: a do início da Estrada de São Joaquim em frente ao campo e a da Av. Castelo Branco (sentido Boca do Mato), tendo em vista que apesar de aparentemente estarem em bom estado suas estruturas encontram-se deterioradas.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/446/ind_-_2023_-_0498-2023_-_valdinei_pires_de_siqueira.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/446/ind_-_2023_-_0498-2023_-_valdinei_pires_de_siqueira.pdf</t>
   </si>
   <si>
     <t>Interceder junto à CERCI e a Secretaria de Obras, Saneamento e Urbanismo, para que seja feito rede baixa tensão para atender com iluminação pública o povo do logradouro conhecido como Coletivo no Bairro Ribeira em Papucaia.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/447/ind_-_2023_-_0500-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/447/ind_-_2023_-_0500-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Encaminhar equipe técnica na Rua Reginaldo José da Silva, Ganguri de Cima, Cachoeiras de Macacu, no sentido de vistoriar os corrimões de madeira que_x000D_
 estão bem danificados, emendados e feio, colocando em risco as pessoas que por ali transitam.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/448/ind_-_2023_-_0501-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/448/ind_-_2023_-_0501-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Fazer urgentemente o calçamento das ruas B1, B2 e Julieta Busquet Saldanha, localizadas no Parque Ribeira, em Papucaia.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/449/ind_-_2023_-_0504-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/449/ind_-_2023_-_0504-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Religação e manutenção da rede elétrica e dos refletores do Campo Juarez Campos, conhecido como Marrecão, localizado em Japuíba.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/450/ind_-_2023_-_0505-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/450/ind_-_2023_-_0505-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Providênciar urgente uma campanha de conscientização contra a dengue, Zika e Chikungunya.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/451/ind_-_2023_-_0507-2023_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/451/ind_-_2023_-_0507-2023_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>Encaminhar o expediente ao Excelentíssimo Prefeito Municipal Sr. Rafael Muzzi de Miranda para que o mesmo interceda junto a Secretaria Municipal de Obras e a subprefeitura de Papucaia para executar o serviço de PODA URGENTE DAS ÁRVORES que compõem a arborização das vias públicas da Avenida Paulo Francisco Torres, bairro Papucaia, que compreende o trecho do clube do Colonial Esporte Clube até a Rua Genésio da Rocha (próximo a cabeceira de ponte).</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/452/ind_-_2023_-_0508-2023_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/452/ind_-_2023_-_0508-2023_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>Encaminhar expediente ao Excelentíssimo Prefeito Municipal Sr. Rafael Muzzi de Miranda para que o mesmo interceda junto a Fundação Macatur e Secretaria de Obras no sentido de instalar novas mesas com bancos no Parque da Cidade (APA Macacu).</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/453/ind_-_2023_-_0511-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/453/ind_-_2023_-_0511-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>Atender a comunidade do Bairro São Francisco de Assis.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/454/ind_-_2023_-_0512-2023_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/454/ind_-_2023_-_0512-2023_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Tomar providências quanto a precariedade dos banheiros públicos localizados na Rodoviária de Papucaia.</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/802/ind_-_2024_-_0513-2023_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/802/ind_-_2024_-_0513-2023_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Criação do Projeto Currículo do Bem.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/455/ind_-_2023_-_0514-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/455/ind_-_2023_-_0514-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Construir uma praça no bairro Arcal / Morro frio, em Cachoeiras de Macacu, pois a criação de um espaço de convívio e lazer nessa região trará diversos_x000D_
 benefícios para a comunidade local, promovendo a qualidade de vida e fortalecendo os laços sociais.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/456/ind_-_2023_-_0522-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/456/ind_-_2023_-_0522-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Encaminhar expediente ao Superintendente da AMAE Autarquia Municipal de Água e Esgoto, Senhor Anderson Reis, no sentido de encaminhar equipe desta conceituada Autarquia no Bairro Cidade Alta para inspecionar a tubulação de agua que vem da localidade conhecida como TOCAS que abastece o referido Bairro.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/457/ind_-_2023_-_0543-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/457/ind_-_2023_-_0543-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>Atender a comunidade da Boa Vista.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/458/ind_-_2023_-_0544-2023_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/458/ind_-_2023_-_0544-2023_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Doar aparelhos de Ar-condicionado ao posto avançado do Detran em Cachoeiras de Macacu, situado na Rua Desembargador Moacir Braga Land, no Bairro Santa Luíza em Cachoeiras de Macacu.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/459/ind_-_2023_-_0545-2023_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/459/ind_-_2023_-_0545-2023_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>Realizar a QUALIFICAÇÃO DOS PROFISSIONAIS QUE ATUAM COMO MEDIADORES NAS ESCOLAS e CRECHES DO MUNICÍPIO E A CONTRATAÇÃO DE NOVOS PROFISSIONAIS NESTA ÁREA para auxiliar no processo de ensino-aprendizagem de alunos com deficiências.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/460/ind_-_2023_-_0546-2023_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/460/ind_-_2023_-_0546-2023_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>Realizar o patrolamento na Estrada de acesso à RAMPA ESCOLA DE VOO LIVRE do bairro Boa Vista para garantir a melhor trafegabilidade e o acesso dos esportistas e visitantes.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/461/ind_-_2023_-_0553-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/461/ind_-_2023_-_0553-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>Atender a comunidade do Bairro Ganguri de Cima.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/462/ind_-_2023_-_0554-2023_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/462/ind_-_2023_-_0554-2023_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Estudar a viabilidade técnica de ampliação da ponte do bairro São Francisco de Assis, próximo ao CIEP 140.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/463/ind_-_2023_-_0555-2023_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/463/ind_-_2023_-_0555-2023_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Instalar quebra-molas na Avenida Boqueirão, no Bairro Boa Vista.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/464/ind_-_2023_-_0556-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/464/ind_-_2023_-_0556-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Indicação de Anteprojeto de Lei que: "SOLICITA AO EXECUTIVO UM AUMENTO DO SALÁRIO DOS APOIADORES E O ADMINISTRATIVO COLEGIAIS."</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/470/ind_-_2023_-_0562-2023_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/470/ind_-_2023_-_0562-2023_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>Indica o Anteprojeto de Lei que: “DISPÕE SOBRE A PROMOÇÃO E A VALORIZAÇÃO DE PROTETORES E CUIDADORES DE ANIMAIS NO MUNICÍPIO D CACHOEIRAS DE MACACU, EM CONFORMIDADE COM A LEI ESTDUAL Nº 8.644 DE 05 DE DEZEMBRO DE 2019, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/471/ind_-_2023_-_0563-2023_-_tiago_da_silva_teixeira.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/471/ind_-_2023_-_0563-2023_-_tiago_da_silva_teixeira.pdf</t>
   </si>
   <si>
     <t>Construção de um sistema de escoamento de águas pluviais com caixas e manilhamento das ruas da localidade Pedra Lisa, no Guapiaçu.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/472/ind_-_2022_-_0565-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/472/ind_-_2022_-_0565-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Drenagem e pavimentação da Banda São João e RJ 126 (Estrada do Bertholdo), que são as principais vias de acesso a Serra do Bertholdo em Cachoeiras de Macacu.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/473/ind_-_2023_-_0567-2023_-_alexandre_ferreira_da_fonseca.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/473/ind_-_2023_-_0567-2023_-_alexandre_ferreira_da_fonseca.pdf</t>
   </si>
   <si>
     <t>Construção de uma faixa elevada de pedestres na rua Plinio Casado na altura do Colégio Estadual Quintino Bocaiúva, tendo em vista que a construção dessa faixa torne mais segura a travessia de transeuntes e alunos do colégio acima referido.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/474/ind_-_2023_-_0568-2023_-_alexandre_ferreira_da_fonseca.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/474/ind_-_2023_-_0568-2023_-_alexandre_ferreira_da_fonseca.pdf</t>
   </si>
   <si>
     <t>Reforma da escada entre as ruas Adalgisa Veloso e Washington Luiz, ligando os bairros do centro ao Morro de Kléber, tendo em vista que a mesma necessita de uma nova manutenção.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/475/ind_-_2023_-_0569-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/475/ind_-_2023_-_0569-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Acionar o responsável pela Vigilância em Saúde Ambiental, para implantar o Projeto de 2017 de “Diagnóstico e tratamento itinerante da ESPOROTRICOSE em felinos".</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/476/ind_-_2023_-_0570-2023_-_alexandre_ferreira_da_fonseca.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/476/ind_-_2023_-_0570-2023_-_alexandre_ferreira_da_fonseca.pdf</t>
   </si>
   <si>
     <t>Indicação de Anteprojeto de Lei que "Dispõe sobre a criação do Programa Empreenda Verde Macacu de Cachoeiras de Macacu e dá outras providências."</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/477/ind_-_2022_-_0579-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/477/ind_-_2022_-_0579-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Implantação de uma Academia da Terceira Idade na praça localizada no bairro Parque Veneza. em Cachoeiras de Macacu. Essa iniciativa visa promover o bem-estar, a saúde e a qualidade de vida dos idosos residentes no bairro.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/478/ind_-_2022_-_0580-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/478/ind_-_2022_-_0580-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Reconstrução do muro lateral do cemitério municipal, no bairro Parque Veneza em Cachoeiras de Macacu.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/479/ind_-_2022_-_0581-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/479/ind_-_2022_-_0581-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Poda das árvores na praça do bairro Parque Veneza em Cachoeiras de Macacu. visando a segurança e o bem-estar dos cidadãos que frequentam o local.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/480/ind_-_2023_-_0583-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/480/ind_-_2023_-_0583-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Encaminhar Equipe Técnica na Barragem de Captação, Caixa d'água do "ZACARIAS", Bairro Ganguri de Cima, para as seguintes providências: _x000D_
 _x000D_
 1) O abastecimento de água não consegue subir para encher as caixas dos moradores, precisa de equipe para descobrir algum entupimento. _x000D_
 2) O local precisa ser vistoriado para substituição de canos "maiores", na saída de distribuição da barragem. _x000D_
 3) Precisa de limpeza na caixa de areia. _x000D_
 4) Para finalizar informo que existe água à vontade, precisando de investimento devido ao crescimento da população local.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/481/ind_-_2023_-_0589-2023_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/481/ind_-_2023_-_0589-2023_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>REALIZAÇÃO DA MANUTENÇÃO na Rua Orlando Alves da Silva, altura do It.07 - Qd.08 no bairro Ribeira.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/482/ind_-_2023_-_0590-2023_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/482/ind_-_2023_-_0590-2023_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>Encaminhar expediente ao Excelentíssimo Prefeito Municipal Sr. Rafael Muzzi de Miranda para que o mesmo interceda junto a Fundação Macatur para realização de um estudo visando a IMPLANTAÇÃO DE AULAS DE INSTRUMENTOS MUSICAIS E/OU CANTO em uma das salas da Quadra Poliesportiva Irineu Castro Leal - bairro da Ribeira.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/483/ind_-_2023_-_0593-2023_-_alexandre_ferreira_da_fonseca.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/483/ind_-_2023_-_0593-2023_-_alexandre_ferreira_da_fonseca.pdf</t>
   </si>
   <si>
     <t>Instalação de uma nova Biblioteca Municipal.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/484/ind_-_2023_-_0594-2023_-_alexandre_ferreira_da_fonseca.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/484/ind_-_2023_-_0594-2023_-_alexandre_ferreira_da_fonseca.pdf</t>
   </si>
   <si>
     <t>Introdução do curso Técnico de Contabilidade nas escolas do município.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/485/ind_-_2023_-_0595-2023_-_alexandre_ferreira_da_fonseca.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/485/ind_-_2023_-_0595-2023_-_alexandre_ferreira_da_fonseca.pdf</t>
   </si>
   <si>
     <t>Construção de pontos de ônibus com cobertura na RJ 122, no km 33, próximo à entrada do Funchal.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/486/ind_-_2023_-_0596-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/486/ind_-_2023_-_0596-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>Atender a Comunidade do Bairro Parque Veneza, na Rua da Igualdade, no que tange a troca de manilhas, pois existem vários afundamentos no seu piso.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/487/ind_-_2023_-_0597-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/487/ind_-_2023_-_0597-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>Atender a Comunidade do Bom Jardim do Faraó no que tange à reforma da Escola Municipalizada Bom Jardim do Faraó, pois está sem melhorias há bastante tempo.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/488/ind_-_2023_-_0600-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/488/ind_-_2023_-_0600-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Aquisição do terreno localizado próximo a Sapucaeira e construção de uma Praça ao seu entorno.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/489/ind_-_2023_-_0606-2023_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/489/ind_-_2023_-_0606-2023_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>Interceder junto ao Secretário Municipal de Saúde, com a finalidade de desburocratizar o atendimento aos usuários do Sistema Único de Saúde, já que para a realização de alguns procedimentos, o cidadão precisa entregar, repetidamente, cópias de documentos com informações já inseridas nos sistemas_x000D_
 utilizados pelo SUS.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/560/ind_-_2023_-_0614-2023_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/560/ind_-_2023_-_0614-2023_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Contratação deum profissional de fonoaudiologia para o Bairro Papucaia.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/801/ind_-_2024_-_0615-2023_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/801/ind_-_2024_-_0615-2023_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Mutirão para realização de exames que possibilitem o encaminhamento de pacientes de baixa renda para procedimentos de laqueadura e vasectomia.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/756/ind_-_2023_-_0616-2023_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/756/ind_-_2023_-_0616-2023_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Viabilizar a contratação de um Médico Cardiologista para atendimentos na Unidade Básica de Saúde (UBS) Ribeira.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/758/ind_-_2024_-_0618-2023_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/758/ind_-_2024_-_0618-2023_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Contratação de um Médico Ortopedista para atendimento nos Bairros Ribeira e Papucaia .</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/490/ind_-_2023_-_0639-2023_-_edgar_rosa_da_silva_1.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/490/ind_-_2023_-_0639-2023_-_edgar_rosa_da_silva_1.pdf</t>
   </si>
   <si>
     <t>Intervir junto ao Secretariado Municipal, para que possam construir lombadas, na Estrada do Carmo Km 02, no Bairro Funchal em Cachoeiras de Macacu.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/757/ind_-_2024_-_0658-2023_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/757/ind_-_2024_-_0658-2023_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Fornecer cursos profissionalizantes para trabalhadores que atuam na limpeza da cidade.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/559/ind_-_2023_-_0666-2023_-_darcileia_ulerish_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/559/ind_-_2023_-_0666-2023_-_darcileia_ulerish_da_silva.pdf</t>
   </si>
   <si>
     <t>Reforma da ponte existente na Rua Antônio Valadares, no loteamento Coqueiral, em Papucaia.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/491/ind_-_2023_-_0667-2023_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/491/ind_-_2023_-_0667-2023_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>Providenciar o calçamento da Rua Nicola Politof, no trecho que compreende entre as Ruas Oswaldo Rui Marques e a Rua Mario Nichiguchi.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/492/ind_-_2023_-_0668-2023_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/492/ind_-_2023_-_0668-2023_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>Providenciar o calçamento da Rua Osvaldir Vicente Siqueitra , no trecho que compreende entre as Ruas Oswaldo Rui Marques e a Rua Mario Nichiguchi.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/493/ind_-_2023_-_0669-2023_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/493/ind_-_2023_-_0669-2023_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>Providenciar o calçamento da Avenida Henrique Laje, no trecho que compreende entre as Ruas Oswaldo Rui Marques e a Rua Mario Nichiguchi.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/494/ind_-_2023_-_0670-2023_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/494/ind_-_2023_-_0670-2023_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>Providenciar o calçamento da Rua Mario Nichiguchi, em toda a sua extensão.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/495/ind_-_2023_-_0683-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/495/ind_-_2023_-_0683-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>Atender a comunidade do Bairro São Francisco de Assis, no que tange ao recapeamento asfáltico em várias ruas do bairro, pois em algumas delas já há vários trechos com buracos e desgaste natural do piso.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/496/ind_-_2023_-_0684-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/496/ind_-_2023_-_0684-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>Atender as Comunidades dos Bairros Parque Veneza e São Francisco de Assis, pois os moradores utilizam da Passarela metálica instalada sobre o Rio Macacu, e naquele trecho, está surgindo uma ilha, que vem preocupando os moradores devido ao desvio que água tem feito para as margens, o que pode acarretar desmoronamentos nas laterais e possível comprometimento das bases da mesma.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/497/ind_-_2023_-_0713-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/497/ind_-_2023_-_0713-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Encaminhar expediente à Secretaria Municipal de Educação para que implemente medidas para assegurar que todos os condutores envolvidos no transporte escolar municipal estejam devidamente identificados e em conformidade com as resoluções vigentes.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/498/ind_-_2023_-_0714-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/498/ind_-_2023_-_0714-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Implantar a Lei Lucas em todo o município.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/800/ind_-_2024_-_0716-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/800/ind_-_2024_-_0716-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Adotar medidas de manutenção preventiva e corretiva na rede de distribuição de água, para assegurar um fornecimento contínuo, seguro e de qualidade aos moradores dos bairros Vira-Copos e Serra de Bertholdo em Japuíba, Cachoeiras de Macacu.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/499/ind_-_2023_-_0721-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/499/ind_-_2023_-_0721-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Enviar equipe para as devidas providências no final da Rua Moacir Nunes, Bairro Castália, Cachoeiras de Macacu.</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/500/ind_-_2023_-_0726-2023_-_valdinei_pires_de_siqueira.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/500/ind_-_2023_-_0726-2023_-_valdinei_pires_de_siqueira.pdf</t>
   </si>
   <si>
     <t>Construção de um parquinho com brinquedos na Avenida Castelo Branco, Bairro Castália, ao lado da Quadra.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/501/ind_-_2023_-_0733-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/501/ind_-_2023_-_0733-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Recapeamento asfáltico na Rua João Pereira da Silva, em Japuíba.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/799/ind_-_2024_-_0734_-_2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/799/ind_-_2024_-_0734_-_2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Recapeamento asfáltico na Rua Marcos Vicente, em Japuíba.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/541/ind_-_2024_-_0735-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/541/ind_-_2024_-_0735-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Recapeamento asfáltico na Rua Idalina de Castro, em Japuíba.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/804/ind_-_2024_-_0736-2023_-_marcos_vinicius_ferreira_romero_-_retirada_por_duplicidade.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/804/ind_-_2024_-_0736-2023_-_marcos_vinicius_ferreira_romero_-_retirada_por_duplicidade.pdf</t>
   </si>
   <si>
     <t>Recapeamento asfáltico na Rua Augustinho Pinheiro de Moura, em Japuíba.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/502/ind_-_2023_-_0742-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/502/ind_-_2023_-_0742-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Encaminhar Equipe Técnica no Final da Rua Joaquim Gonçalves Ledo, Bairro Goiabal, providenciar levantamento de custos e previsão Orçamentária para revitalização as margens do Rio Ganguri.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/503/ind_-_2023_-_0743-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/503/ind_-_2023_-_0743-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Interceder junto ao Secretário Estadual do Ambiente e Sustentabilidade Senhor Licenciado Vice Governador Thiago Pampolha, para que viabilize previsão orçamentária para construção de “Muro de Gabião” da Ponte para cima, passando pela barraca de Madalena até o encontro da primeira residência, sito na Rua Pastor Lota, Bairro Tuim, Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/504/ind_-_2023_-_0747-2023_-_nilton_matozo_viana.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/504/ind_-_2023_-_0747-2023_-_nilton_matozo_viana.pdf</t>
   </si>
   <si>
     <t>Intermediar junto à Secretaria Municipal de Obras e Planejamento e Meio Ambiente para verificar disponibilidade técnica orçamentária e financeira, para que seja feita a CONSTRUÇÃO DE UMA PISTA DE CICLOVIA no começo da RUA 13 até a divisa do Município na lateral da RJ 116.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/505/ind_-_2023_-_0750-2023_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/505/ind_-_2023_-_0750-2023_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>Providenciar a instalação de um Totem com a Inscrição “Eu Amo Ribeira”, no bairro da Ribeira.</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1288/ind_-_2023_-_0754-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1288/ind_-_2023_-_0754-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado a secretaria de ordem pública para que a rua Marcos Vicente, em Japuíba, passe a ter mão única.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/558/ind_-_2023_-_0780-2023_-_darcileia_ulericsh_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/558/ind_-_2023_-_0780-2023_-_darcileia_ulericsh_da_silva.pdf</t>
   </si>
   <si>
     <t>Providenciar aparelhos de ar condicionado para o Centro de Referência de Assistência Social (CRAS) de Papucaia.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/506/ind_-_2023_-_0784-2023_-_nilton_matozo_viana.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/506/ind_-_2023_-_0784-2023_-_nilton_matozo_viana.pdf</t>
   </si>
   <si>
     <t>Intermediar junto à SECRETARIA MUNICIPAL DE OBRAS para providenciar a MANUTENÇÃO DE TODA VIA DE PARARELO DA RUA ESCRIVÃO ALBERT0 MARTINS VIANA.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/507/ind_-_2023_-_0785-2023_-_nilton_matozo_viana_-_ailton_telles_machado.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/507/ind_-_2023_-_0785-2023_-_nilton_matozo_viana_-_ailton_telles_machado.pdf</t>
   </si>
   <si>
     <t>Providenciar RECAPEAMENTO ASFÁLTICO das Ruas Marcos Vicente, João Pereira da Silva Neto, Vira Copo, Antônio Trajano, Santa Cecília, Lorival Cândido, Areia Branca, Antônio Benedito Barroso, Miguel Mota, Clemente Pereira, Idalina de Castro, João Pereira da Silva, Escrivão Alberto Martins Viana.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/508/ind_-_2023_-_0796-2023_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/508/ind_-_2023_-_0796-2023_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>CONSTRUIR UMA ORLA AS MARGENS DO RIO MACACU COM ÁREA DE ACADEMIA DA TERCEIRA IDADE, sito a Rua Ibrahim Fernandes Barroso, no bairro Parque Veneza em Cachoeiras de Macacu - RJ.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/509/ind_-_2023_-_0797-2023_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/509/ind_-_2023_-_0797-2023_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>Interceder junto à AMAE, para atender a demanda de SUBSTITUIÇÃO DAS MANILHAS DE BARRO DO SISTEMA DE ESGOTO, sito a Rua Ibrahim Fernandes Barroso, no Bairro Parque Veneza, em Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/510/ind_-_2023_-_0798-2023_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/510/ind_-_2023_-_0798-2023_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>REFORMA E REVITALIZAÇÃO DA "PRAÇA DO PARQUE VENEZA" E SUBSTITUIÇÃO DOS BRINQUEDOS DA ÁREA DE LAZER, sito a Rua Ary Coelho de Freitas,  no Bairro Parque Veneza em Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/511/ind_-_2023_-_0799-2023_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/511/ind_-_2023_-_0799-2023_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>REFORMA E REVITALIZAÇÃO DO CAMPO DE GRAMA SINTÉTICA E APARELHOS DE GINÁSTICA ANEXOS AO CAMPO, sito a Rua Ary Coelho de Freitas, anexo ao Estádio Municipal Izaltino Carneiro Ribeiro, no bairro Parque Veneza em Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/512/ind_-_2023_-_0801-2023_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/512/ind_-_2023_-_0801-2023_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>Criação do PROGRAMA DE QUALIDADE DE VIDA DA MULHER DURANTE O CLIMATÉRIO E PÓS-CLIMATÉRIO nos estabelecimenos públicos de saúde do município de Cachoeiras de Macacu.</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/513/ind_-_2023_-_0802-2023_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/513/ind_-_2023_-_0802-2023_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>REFORMA DA PONTE DE USO EXCLUSIVO DE PEDESTRES, PONTE ESSA QUE LIGA "ILHA VECCHI" AO VECCHI, sito a Estrada do Vecchi, no Bairro Vecchi, em Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/514/ind_-_2023_-_0803-2023_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/514/ind_-_2023_-_0803-2023_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE EQUIPAMENTO DE AR-CONDCIONADO NA ÁREA DE DESCANSO DOS MAQUEIROS DO HOSPITAL MUNICIPAL DR. CELSO MARTINS DE CACHOEIRAS DE MACACU, sito a Rua Prefeito José da Silva, Hospital Municipal Dr. Celso Martins, no bairro Campo do Prado, em Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/515/ind_-_2023_-_0805-2023_-_nilton_matozo_viana.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/515/ind_-_2023_-_0805-2023_-_nilton_matozo_viana.pdf</t>
   </si>
   <si>
     <t>Aquisição de uma Ambulância para o Posto de Saúde de Agro-Brasil.</t>
   </si>
   <si>
     <t>1533</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1533/ind_-_2023_-_0817_-_2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1533/ind_-_2023_-_0817_-_2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Em conformidade com os preceitos regimentais desta casa legislativa e após ouvir o Douto plenário INDICO que seja encaminhado a secretaria municipal de educação para que seja incluído como incremento de ensino o tema VIOLENCIA CONTRA A MULHER, nas escolas do município.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/516/ind_-_2023_-_0841-2023_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/516/ind_-_2023_-_0841-2023_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>Providenciar instalação de novos equipamentos de recreação infantil ou Parquinhos no Coletivo do Incra, no bairro da Ribeira.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/517/ind_-_2023_-_0842-2023_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/517/ind_-_2023_-_0842-2023_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>Providenciar a construção de uma área de convivência social (Pracinha), na localidade do Coletivo, bairro da Ribeira, logo após a cabeceira da ponte sobre o Rio Macacu, área esta utilizada de forma precária, para esta finalidade.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/518/ind_-_2023_-_0846-2023_-_alexandre_ferreira_da_fonseca.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/518/ind_-_2023_-_0846-2023_-_alexandre_ferreira_da_fonseca.pdf</t>
   </si>
   <si>
     <t>Construção de cisternas nas Escolas municipais, tendo em vista que muita das escolas da rede não tem condições de funcionamento quando o fornecimento é interrompido pela concessionária acarretando a suspensão das aulas. Uma cisterna com capacidade aproximada de de 10 mil litros, tornaria o funcionamento da escola bem mais efetivo sem comprometer o calendário letivo.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/519/ind_-_2023_-_0854-2023_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/519/ind_-_2023_-_0854-2023_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE APARELHOS DE AR-CONDICIONADO na Escola Municipal São Sebastião, em Papucaia.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/520/ind_-_2023_-_0860-2023_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/520/ind_-_2023_-_0860-2023_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE BRAÇOS DE ILUMINAÇÃO PÚBLICA E A TROCA DAS LAMPADAS ATUAIS POR LÂMPADAS COM MAIOR CAPACIDADE DE ILUMINAÇÃO entre as esquinas das Ruas Gessi Menezes e Orlando Alves da Silva no Bairro da Ribeira (localização das coordenadas GPS -22.592656, -42.731485). conforme a foto em anexo.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/521/ind_-_2023_-_0863-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/521/ind_-_2023_-_0863-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>Atender a comunidade no Bairro Parque Santa Luiza, no que tange à colocação de uma Faixa de Pedestres na Rua Manoel Delfim Sarmento, nas proximidades do Posto Ipiranga, na altura da Rua Dr. Humberto de Moraes.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/522/ind_-_2023_-_0864-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/522/ind_-_2023_-_0864-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>Atender a Comunidade do Bairro Parque Santa Luzia, para que seja construído um ponto de ônibus nas proximidades com o Mercado Veneza, ao lado do borracheiro Senhor Ventania.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/523/ind_-_2023_-_0865-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/523/ind_-_2023_-_0865-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>Atender a Comunidade do Bairro Campo do Prado, para colocação de uma Faixa de Pedestres no Eixo Rodoviário, na altura da Rua dona Amélia.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/524/ind_-_2023_-_0878-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/524/ind_-_2023_-_0878-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>Atender a comunidade do Bairro Boa Vista, na pavimentação da Rua Nicanor Pinto, no Beco do Baiúca.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/525/ind_-_2023_-_0882-2023_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/525/ind_-_2023_-_0882-2023_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>Criar um mecanismo de contato telefônico (0800) para DENÚNCIAS DIVERSAS na municipalidade.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/526/ind_-_2023_-_0886-2023_-_edgar_rosa_da_silva_1.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/526/ind_-_2023_-_0886-2023_-_edgar_rosa_da_silva_1.pdf</t>
   </si>
   <si>
     <t>AUMENTAR O GUARDA CORPO DA PONTE, PRÓXIMO AO BANCO DO BRASIL, sito a Av. Lorde Baden Powel no Bairro Centro, em Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/527/ind_-_2023_-_0887-2023_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/527/ind_-_2023_-_0887-2023_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>INSTALAÇÃO DE APARELHOS DE AR-CONDICIONADO na Escola Municipal São Francisco de Assis.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/539/ind_-_2023_-_0889-2023_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/539/ind_-_2023_-_0889-2023_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>Indicação de Anteprojeto de Lei que: "FICA INSTITUIDA A SEMAN MUNICIPAL DO IDOSO, NO MUNICIPIO DE CACHOEIRAS DE MACACU, A 1ª SEMANA DO MÊS DE OUTUBRO.”</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/528/ind_-_2023_-_0890-2023_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/528/ind_-_2023_-_0890-2023_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>MANUTENÇÃO DOS POÇOS DE VISITA "BUEIROS" E MEIO FIO, na Rua José Custódio de Souza, no Bairro Ganguri de Cima, Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1287/ind_-_2023_-_0921-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1287/ind_-_2023_-_0921-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado ao gabinete do Prefeito Rafael Muzzi de Miranda para que seja implantado o programa médico em casa, no âmbito do município de Cachoeiras de Macacu.</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1286/ind_-_2023_-_0922-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1286/ind_-_2023_-_0922-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado ao gabinete do Prefeito Rafael Muzzi de Miranda para que para que os estabelecimentos farmacêuticos no âmbito do município de Cachoeiras de Macacu, passem a funcionar de forma ininterrupta, em formato de escala.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/529/ind_-_2023_-_0928-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/529/ind_-_2023_-_0928-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Construir no Estádio Municipal Izaltino Carneiro Ribeiro um espaço para guardar com muito carinho o ACERVO histórico dos clubes de futebol que marcaram momentos inesquecíveis em nosso Município ou "destinar algum espaço".</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/530/ind_-_2023_-_0929-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/530/ind_-_2023_-_0929-2023_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>Atender a Comunidade do Bairro Tuim, na manutenção de roçada e limpeza da Rua Pastor Lota, no trecho que liga o Bairro até no encontro com a Rodovia RJ 116, na localidade do Riviera.</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/531/ind_-_2023_-_0952-2023_-_ailton_telles_machado.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/531/ind_-_2023_-_0952-2023_-_ailton_telles_machado.pdf</t>
   </si>
   <si>
     <t>Providenciar a colocação de 02 (dois) quebra-molas ao lado da Cooperativa de Rã e outro próximo à ponte na entrada do Village 1, em frente ao Sacolão da Rosinéia, na Rua Doutor Porciúncula, Village 1, Japuíba, Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/782/ind_-_2024_-_0954-2023_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/782/ind_-_2024_-_0954-2023_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>Implantação de uma equipe de CHOQUE DE ORDEM que compreende-se na limpeza das ruas; recolhimento de entulhos em geral e veículos abandonados; poda de árvores; manutenção da iluminação pública e principalmente a conscientização dos moradores sobre a importância da limpeza urbana na qualidade de vida das pessoas.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/532/ind_-_2023_-_0963-2023_-_alexandre_ferreira_da_fonseca.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/532/ind_-_2023_-_0963-2023_-_alexandre_ferreira_da_fonseca.pdf</t>
   </si>
   <si>
     <t>Criação de vagas de túmulos, gavetas ou covas conforme a disponibilidade de espaço no Cemitério Municipal, uma vez que as vagas existentes estão prestes a chegar ao seu limite.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/533/ind_-_2023_-_0966-2023_-_tiago_da_silva_teixeira.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/533/ind_-_2023_-_0966-2023_-_tiago_da_silva_teixeira.pdf</t>
   </si>
   <si>
     <t>Ampliação e reforma da Escola Municipal São Sebastião - Em Papucaia.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/534/ind_-_2023_-_0967-2023_-_tiago_da_silva_teixeira.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/534/ind_-_2023_-_0967-2023_-_tiago_da_silva_teixeira.pdf</t>
   </si>
   <si>
     <t>Construção de um poço artesiano na entrada do Bairro Guararapes.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/788/ind_-_2024_-_0984-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/788/ind_-_2024_-_0984-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>solicitar a Secretaria Competente que é responsável pela sala do CIGEO (Centro de Informações Geográficas e Geoprocessamento), no sentido de destinar recursos orçamentários para aquisição de material de informática mais modernos e de melhor qualidade.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/789/ind_-_2024_-_0985-2023_-_jose_lucas_stutz_delgado_pinto_-_retirada_por_duplicidade.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/789/ind_-_2024_-_0985-2023_-_jose_lucas_stutz_delgado_pinto_-_retirada_por_duplicidade.pdf</t>
   </si>
   <si>
     <t>Encaminhar equipe técnica no local conhecido como Estrada/Caminho que leva as localidades de "Casa Redonda e Sete Quedas" Boca do Mato, para as seguintes melhorias: Recapeamento de toda a extensão do local por estar bem danificado e trazendo insatisfação para toda a comunidade; Recuperação das canaletas de água pluvial sem a devida cobertura com tampa de cimento e colocar grades em alguns lugares que trazem perigo à comunidade.</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/798/ind_-_2024_-_1027-2023_-_tiago_da_silva_teixeira.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/798/ind_-_2024_-_1027-2023_-_tiago_da_silva_teixeira.pdf</t>
   </si>
   <si>
     <t>Implantação da MOEDA SOCIAL no Município de Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
     <t>Em conformidade com os preceitos regimentais desta Casa Legislativa e após ouvir o Douto Planam INDICO, que seja encaminhado secretaria_x000D_
 municipal de obras para que seja feito o recapeamento asfáltico na Rua Pereira Faustino em Japuíba.</t>
   </si>
   <si>
     <t>1941</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Edivaldo Pereira de Souza (Dudu do Povão), José Cândido Fragoso (Professor José Cândido), Marcos Vinícius Ferreira Romero (Vinicius Romero), Tiago da Silva Teixeira (Tiago do Gás)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1941/plc_-_2023_-_0001_-_2023_-_legislativo_-_mesa_diretora_-_altera_a_estrutura_adm_da_camara_municipal_de_cachoeiras.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1941/plc_-_2023_-_0001_-_2023_-_legislativo_-_mesa_diretora_-_altera_a_estrutura_adm_da_camara_municipal_de_cachoeiras.pdf</t>
   </si>
   <si>
     <t>ALTERA A ESTRUTURA ADMINISTRATIVA DA CAMARA MUNICIPAL DE CACHOEIRASDE MACACU, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1940</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
     <t>Rafael Muzzi de Miranda</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1940/plc_-_2023_-_0048_-_2023_-_executivo_-_altera_anexo_xvi_da_lei_complementar_0052.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1940/plc_-_2023_-_0048_-_2023_-_executivo_-_altera_anexo_xvi_da_lei_complementar_0052.pdf</t>
   </si>
   <si>
     <t>ALTERA O ANEXO XVI DO ARTIGO 4º DA LEI COMPLEMENTAR NO. 0052, DE 14 DE NOVEMBRO DE 2017, E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1937</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1937/plc_-_2023_-_0256_-_2023_-_legislativo_-_mesa_diretora_-_altera_a_estrutura_da_camara_municipal_de_cachoeiras.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1937/plc_-_2023_-_0256_-_2023_-_legislativo_-_mesa_diretora_-_altera_a_estrutura_da_camara_municipal_de_cachoeiras.pdf</t>
   </si>
   <si>
     <t>ALTERA A ESTRUTURA ADMINISTRATIVA DA CÂMARA MUNICIPAL DE CACHOEIRAS DE MACACU , VISANDO ADEQUÁ-LA A LEI FEDERAL 14.133/2021, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1936</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1936/plc_-_2023_-_0456_-_2023_-_poder_executivo_-_altera_redacao_art_3_caput_e_1__e_art_20__1_da_lco_55_28jun2018.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1936/plc_-_2023_-_0456_-_2023_-_poder_executivo_-_altera_redacao_art_3_caput_e_1__e_art_20__1_da_lco_55_28jun2018.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDACAO DOS ARTS.3° CAPUT, E §1°, E ART.20, §1°, DA LEI COMPLEMENTAR MUNICIPAL N°0055 DE 28 DE JUNHO DE 2018, E DA OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
     <t>1934</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>ALTERA ANEXO I DA LEI COMPLEMENTAR N° 0080 DE 29 DE NOVEMBRO DE 2022, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1050/plo_-_2023_-_0049-2023_-_executivo_-_autoriza_reajuste_salarial_a_servidores.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1050/plo_-_2023_-_0049-2023_-_executivo_-_autoriza_reajuste_salarial_a_servidores.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA REAJUSTE SALARIAL A SERVIDORES E DA OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1049/plo_-_2023_-_0050_-_2023_-_executivo_-_abre_credito_adicional_por_anulacao.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1049/plo_-_2023_-_0050_-_2023_-_executivo_-_abre_credito_adicional_por_anulacao.pdf</t>
   </si>
   <si>
     <t>“ABRE CRÉDITO ADICIONAL ESPECIAL POR ANULAÇÃO DE DOTAÇÃO NO ORÇAMENTO-PROGRAMA DE 2023”.</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1048/plo_-_2023_-_0051_-_2023_-_poder_executivo_-_abre_credito_adicional_especial_por_anulacao_de_dotacao.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1048/plo_-_2023_-_0051_-_2023_-_poder_executivo_-_abre_credito_adicional_especial_por_anulacao_de_dotacao.pdf</t>
   </si>
   <si>
     <t>"ABRE CRÉDITO ADICIONAL ESPECIAL POR ANULAÇÃO DE DOTAÇÃO NO ORÇAMENTO-PROGRAMA DE 2023”.</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1047/plo_-_2023_-_0121_-_2023_-_poder_executivo_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1047/plo_-_2023_-_0121_-_2023_-_poder_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>"INSTITUI O PROGRAMA DE PARCELAMENTO ESPECIAL - PPE E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/970/plo_-_2023_-_0189-2023_-_edgar_rosa_da_silva_-_rua_waldemar_cabral_na_castalia.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/970/plo_-_2023_-_0189-2023_-_edgar_rosa_da_silva_-_rua_waldemar_cabral_na_castalia.pdf</t>
   </si>
   <si>
     <t>"DÁ NOME WALDEMAR CABRAL, AO LOGRADOURO PÚBLICO INOMINADO, LOCALIZADO NO BAIRRO CASTÁLIA, CACHOEIRAS DE MACACU-RJ."</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/971/plo_-_2023_-_0190-2023_-_edgar_rosa_da_silva_-_rua_minoru_beppu_bairro_parque_da_ribeira.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/971/plo_-_2023_-_0190-2023_-_edgar_rosa_da_silva_-_rua_minoru_beppu_bairro_parque_da_ribeira.pdf</t>
   </si>
   <si>
     <t>"DÁ NOME MINORU BEPPU AO LOGRADOURO PÚBLICO INOMINADO, LOCALIZADO NO BAIRRO DA RIBEIRA, CACHOEIRAS DE MACACU-RJ."</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/972/plc_-_2023_-_0255-2023_-_poder_legislativo_-_mesa_diretora.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/972/plc_-_2023_-_0255-2023_-_poder_legislativo_-_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A ORGANIZAÇÃO DO QUADRO PERMANENTE DO PODER LEGISLATIVO DE CACHOEIRAS DE MACACU."</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/974/plo_-_2023_-_0259-2023_-_legislativo_-_jose_candido_fragoso_-_educacao_ambiental_nas_escolas_publicas.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/974/plo_-_2023_-_0259-2023_-_legislativo_-_jose_candido_fragoso_-_educacao_ambiental_nas_escolas_publicas.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE INCLUSÃO DA TEMÁTICA DE EDUCAÇÃO AMBIENTAL NO PROGRAMA DE ENSINO DAS ESCOLAS DA REDE PÚBLICA DO MUNICÍPIO DE CACHOEIRAS DE MACACU."</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2086/plo_-_2023_-_0302_-_2023_-_ver_darcileia_ulerisch_da_silva_-_criacao_programa_brigada_escolar_defesa_civil.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2086/plo_-_2023_-_0302_-_2023_-_ver_darcileia_ulerisch_da_silva_-_criacao_programa_brigada_escolar_defesa_civil.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Programa Brigada Escolar de Defesa Civil no âmbito da Rede Municipal de Ensino</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/975/plo_-_2023_-_0304-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/975/plo_-_2023_-_0304-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>"INSTITUI SOBRE O PRAZO INDETERMINADO DO LAUDO PERICIAL QUE ATESTA O TRANSTORNO DO ESPECTRO AUTISTA de Cachoeiras de Macacu e dá outras providências."</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1046/plo_-_2023_-_0321-2023_-_poder_executivo_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1046/plo_-_2023_-_0321-2023_-_poder_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre as diretrizes orçamentárias para o exercício financeiro de 2024 e dá outras providências."</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1045/plo_-_2023_-_0541-2023_-_poder_executivo_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1045/plo_-_2023_-_0541-2023_-_poder_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>“AUTORIZA REAJUSTE SALARIAL A SERVIDORES E DA OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2114/plo_-_2023_-_0476_-_2023_-_ver_edgar_silva_-_relevante_o_montanhismo_conservacao_sinalizacao_protecao_trilhas_e_vias_de_escaladas.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2114/plo_-_2023_-_0476_-_2023_-_ver_edgar_silva_-_relevante_o_montanhismo_conservacao_sinalizacao_protecao_trilhas_e_vias_de_escaladas.pdf</t>
   </si>
   <si>
     <t>DECLARA DE RELEVANTE INTERESSE PARA O MUNICIPIO DE CACHOEIRAS DE MACACU O MONTANHISMO, A CONSERVAGAO, A SINALIZAÇAO E A_x000D_
 PROTEGAO DAS TRILHAS  E VIAS DE ESCALADAS DAS MONTANHAS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1996/plo_-_2023_-_0492-2023_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1996/plo_-_2023_-_0492-2023_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CRIAÇÃO E INDICA AS DIRETRIZES DO PROGRAMA CRECHE 12 MESES PARA O ANO LETIVO NAS UNIDADES DE EDUCAÇÃO INFANTIL DA REDE PÚBLICA MUNICIPAL DE ENSINO DE CACHOEIRAS DE MACACU.</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2091/plo_-_2023_-_0540__-_2023_-_ver_jose_lucas_stutz_-_da_denominacao_rua_parque_luiza.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2091/plo_-_2023_-_0540__-_2023_-_ver_jose_lucas_stutz_-_da_denominacao_rua_parque_luiza.pdf</t>
   </si>
   <si>
     <t>DA DENOMINAGAO A RUA NO BAIRRO PARQUE SANTA LUIZA, CACHOEIRAS DE MACACU-RJ.</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1044/plo_-_2023_-_0541-2023_-_poder_executivo_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1044/plo_-_2023_-_0541-2023_-_poder_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>“ABRE CRÉDITO ADICIONAL ESPECIAL POR ANULAÇAO DE DOTAÇAO NO ORÇAMENTO-PROGRAMA DE 2023."</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/976/plo_-_2023_-_0566-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/976/plo_-_2023_-_0566-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>"INCLUSÃO DO TEMA VIOLÊNCIA CONTRA MULHER NAS UNIDADES DE ENSINO PÚBLICAS E PARTICULARES DE CACHOEIRAS DE MACACU."</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1043/plo_-_2023_-_0576-2023_-_poder_executivo_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1043/plo_-_2023_-_0576-2023_-_poder_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>“ALTERA A REDAÇÃO DO §1º DO ARTIGO 4º DA Lei Municipal nº 2.382 de 28 DE  JUNHO DE 2018 - DISPÕE SOBRE REGIME JURÍDICO DE PESSOAL_x000D_
 CONTRATADO POR TEMPO DETERMINADO."</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1041/plo_-_2023_-_0584-2023_-_poder_executivo_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1041/plo_-_2023_-_0584-2023_-_poder_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a adquirir Imóvel de forma onerosa para Construção de Unidade de Saúde e uma Praça, e dá outras providências".</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2089/plo_-_2023_-_0601_-_2023_-_ver_marcos_vinicius_ferreira_-_atendimento_prioritario_transtorno_espectro_autista.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2089/plo_-_2023_-_0601_-_2023_-_ver_marcos_vinicius_ferreira_-_atendimento_prioritario_transtorno_espectro_autista.pdf</t>
   </si>
   <si>
     <t>DISPOE SOBRE A GARANTIA DE ATENDIMENTO PRIORITARIO A PESSOAS COM TRANSTORNO DO ESPECTRO AUTISTA (TEA) NOS SERVIÇOS DE SAÚDE DE CACHOEIRAS DE MACACU</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1989/plo_-_2023_-_0602-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1989/plo_-_2023_-_0602-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A GARANTIA DE ATENDIMENTO PRIORITÁRIO A PESOAS COM TRANSTORNO DO ESPECTRO AUTISTA (TEA) E/OU SEUS ACOMPANHANTES NOS ESTABELECIMENTOS COMERCIAIS DO MUNICÍPIO DE CACHOEIRAS DE MACACU.</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1040/plo_-_2023_-_0604-2023_-_poder_executivo_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1040/plo_-_2023_-_0604-2023_-_poder_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a adquirir Imóvel de forma onerosa para Fomento do Desenvolvimento Econômico Municipal, e dá outras providências."</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1039/plo_-_2023_-_0605-2023_-_poder_executivo_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1039/plo_-_2023_-_0605-2023_-_poder_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a adquirir Imóvel de forma onerosa para o Instituto de Aposentadoria e Pensões de Cachoeiras de Macacu —I.A.P.C.M., e dá_x000D_
 outras providências."</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/977/plo_-_2023_-__0610-2023_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/977/plo_-_2023_-__0610-2023_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>"DÁ NOME A RUA VEREADOR LUIZ BARROZO FILHO, SITO TRAVESSA AVENIDA GOVERNADOR ROBERTO SILVEIRA, LOCALIZADO NO BAIRRO CAMPO DO PRADO, EM CACHOEIRAS DE MACACU."</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1999/plo_-_2023_-_0617-2023_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1999/plo_-_2023_-_0617-2023_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE ATENDIMENTO MULTIDISCIPLINAR PARA DIAGNÓSTICO DE MIOMA UTERINO NO ÃMBITO DA SAÚDE DO MUNICÍPIO DE CACHOEIRAS DE MACACU.</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/978/plo_-_2023_-_0635-2023_-_legislativo_-_fabricio_de_araujo_sousa_-_controle_populacional_de_caes_e_gatos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/978/plo_-_2023_-_0635-2023_-_legislativo_-_fabricio_de_araujo_sousa_-_controle_populacional_de_caes_e_gatos.pdf</t>
   </si>
   <si>
     <t>"Altera a Lei nº 2.005 de 28 de março de 2014, para acrescentar parágrafos 3º, 4º, incisos I e II e 5º ao artigo 4º e acrescenta o inciso VII ao artigo 21 - Cria o programa permanente de controle populacional de cães e gatos, institui normas de proteção de bem-estar desses animais no município de Cachoeiras de Macacu e dá outras providências."</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1038/plo_-_2023_-_0653-2023_-_poder_executivo_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1038/plo_-_2023_-_0653-2023_-_poder_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>“Autoriza o Poder Executivo a adquirir Imóvel de forma onerosa para o Poder Legislativo instalar a Sede Administrativa da Câmara Municipal de Cachoeiras de Macacu, e dá outras providências.”</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>Nilton Matozo Viana (Dunga), José Lucas Stutz Delgado Pinto (Lucas Stutz)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/28/plo_-_2023_-_0659-2023_-_jose_lucas_stutz_delgado_pinto_e_nilton_matozo_viana.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/28/plo_-_2023_-_0659-2023_-_jose_lucas_stutz_delgado_pinto_e_nilton_matozo_viana.pdf</t>
   </si>
   <si>
     <t>"Autoriza a adoção do regime de teletrabalho e a redução proporcional da jornada para servidores públicos estatutários ou celetistas com filho com espectro de autismo e outras deficiências no município de Cachoeiras de Macacu-RJ."</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1209/plo_-_2024_-_0671-2023_-_marcus_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1209/plo_-_2024_-_0671-2023_-_marcus_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>DÁ A DENOMINAÇÃO EDSON NUNES DE OLIVEIRA À RUA INOMINADO NO BAIRRO RAPOSO - JAPUÍBA, CACHOEIRAS DE MACACU-RJ.</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1994/plo_-_2023_-_0672-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1994/plo_-_2023_-_0672-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO PAULO HENRIQUE FERREIRA À RUA ATUALMENTE CONHECIDO COMO RUA DA TORRE, NO BAIRRO CENTRO - JAPUÍBA, EM CACHOEIRAS DE MACACU-RJ</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1993/plo_-_2023_-_0673-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1993/plo_-_2023_-_0673-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO ESTELA DE CASTRO SOARES À RUA INOMINADO NO BAIRRO RAPOSO - JAPUÍBA, EM CACHOEIRAS DE MACACU-RJ</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1037/plo_-_2023_-_0700-2023_-_poder_executivo_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1037/plo_-_2023_-_0700-2023_-_poder_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>"Altera o Caput do artigo 3º da Lei nº 1.575, de 30 de junho de 2005."</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1036/plo_-_2023_-_0701-2023_-_poder_executivo_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1036/plo_-_2023_-_0701-2023_-_poder_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>"DÁ DENOMINAÇÃO AO PARQUE OLÍMPICO EM CACHOEIRAS DE MACACU/RJ."</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1035/plo_-_2023_-_0702-2023_-_poder_executivo_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1035/plo_-_2023_-_0702-2023_-_poder_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>“ABRE CRÉDITO ADICIONAL ESPECIAL FOR ANULAÇÃO DE DOTAÇÃO NO ORÇAMENTO-PROGRAMA DE 2023."</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1034/plo_-_2023_-_0703-2023_-_poder_executivo_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1034/plo_-_2023_-_0703-2023_-_poder_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>“ABRE CRÉDITO ADICIONAL ESPECIAL POR SUPERÁVIT DE ARRECADAÇÃO NO ORÇAMENTO-PROGRAMA DE 2023."</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1033/plo_-_2023_-_0706-2023_-_poder_executivo_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1033/plo_-_2023_-_0706-2023_-_poder_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>“ABRE CRÉDITO ADICIONAL ESPECIAL POR SUPERÁVIT FINANCEIRO NO ORÇAMENTO-PROGRAMA DE 2023."</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1031/plo_-_2023_-_0707-2023_-_poder_executivo_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1031/plo_-_2023_-_0707-2023_-_poder_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE DIREITO DE USO E DOAÇÃO DOS LOTES NOS DISTRITOS INDUSTRIAIS DO MUNICÍPIO, E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1212/plo_-_2024_-_0715-2023_-_marcus_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1212/plo_-_2024_-_0715-2023_-_marcus_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A TRANSFORMAÇÃO DO PROJETO FELIZ IDADE NO PARQUE EM LEI MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1030/plo_-_2023_-_0717-2023-_loa_-_lei_orcamentaria_anual_para_o_exercicio_de_2024.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1030/plo_-_2023_-_0717-2023-_loa_-_lei_orcamentaria_anual_para_o_exercicio_de_2024.pdf</t>
   </si>
   <si>
     <t>"ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE CACHOEIRAS DE MACACU PARA O EXERCÍCIO FINANCEIRO DE 2024."</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1997/plo_-_2023_-_0723-2023_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1997/plo_-_2023_-_0723-2023_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A QUADRA DE FUTEVÔLEI DE AREIA, PAPUCAIA, CACHOEIRAS DE MACACU/RJ</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1029/plo_-_2023_-_0782-2023_-_poder_executivo_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1029/plo_-_2023_-_0782-2023_-_poder_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>“DÁ DENOMINAÇÃO A LOGRADOURO NO BAIRRO BETEL, CACHOEIRAS DE MACACU/RJ”.</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/979/plo_-_2023_-_0749-2023_-_legislativo_-_jose_candido_fragoso_-_preservacao_do_rio_macacu.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/979/plo_-_2023_-_0749-2023_-_legislativo_-_jose_candido_fragoso_-_preservacao_do_rio_macacu.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A PROTEÇÃO E PRESERVAÇÃO DO RIO MACACU NO MUNICÍPIO DE CACHOEIRAS DE MACACU-RJ E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/983/plo_-_2023_-_0773-2023_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/983/plo_-_2023_-_0773-2023_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>"DÁ DENOMINAÇÃO À RUA NO BAIRRO BOA VISTA, EM CACHOEIRAS DE MACACU-RJ."</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/980/plo_-_2023_-__0774-2023_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/980/plo_-_2023_-__0774-2023_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE DENOMINAÇÃO DE ACADEMIA DA TERCEIRA IDADE VALTER DIAS CARVALHO LOCALIZADA NA ÁREA DE LAZER DOMINGAS DIONÍZIA, NO MUNICÍPIO DE CACHOEIRAS DE MACACU."</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1028/plo_-_2023_-_0782-2023_-_poder_executivo_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1028/plo_-_2023_-_0782-2023_-_poder_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>"ALTERA A LEI MUNICIPAL Nº 1.878/2011 ATUALIZANDO A TABELA DO QUADRO DOS FUNCIONÁRIOS ADMINISTRATIVOS DA EDUCAÇÃO MUNICIPAL (ANEXO IV - B) ."</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1027/plo_-_2023_-_0793-2023_-_executivo_-_abre_credito_adicional_por_excesso_de_arrecadacao.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1027/plo_-_2023_-_0793-2023_-_executivo_-_abre_credito_adicional_por_excesso_de_arrecadacao.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional ESPECIAL por EXCESSO DE ARRECADAÇÃO no Orçamento-Programa de 2023.</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1021/plo_-_2023_-_0800-2023_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1021/plo_-_2023_-_0800-2023_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>"DECLARA DE UTILIDADE PÚBLICA O INSITUITO AÇÃO SOCIOAMBIENTAL - ASA".</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1022/plo_-_2023_-_0815-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1022/plo_-_2023_-_0815-2023_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>"DÁ DENOMINAÇÃO DE ORLA NO BAIRRO CAMPO DO PRADO, NÚCLEO URBANO SEDE, DE CACHOEIRAS DE MACACU-RJ."</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1991/plo_-_2023_-_0818-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1991/plo_-_2023_-_0818-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INCLUSÃO DA GUARDA MUNICIPAL NO AUXÍLIO DA SEGURANÇA DAS ESCOLAS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1023/plo_-_2023_-_0832-2023_-_tiago_da_silva_teixeira.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1023/plo_-_2023_-_0832-2023_-_tiago_da_silva_teixeira.pdf</t>
   </si>
   <si>
     <t>"Declara de Utilidade Pública a Associação Papucaia Esporte Clube."</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1992/plo_-_2023_-_0876-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1992/plo_-_2023_-_0876-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A RUA MERCEDES LOURENÇO DOS SANTOS À RUA NO BAIRRO VILLAGE - JAPUÍBA, EM CACHOEIRAS DE MACACU-RJ</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1990/plo_-_2023_-_0877-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1990/plo_-_2023_-_0877-2023_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO ENILDA FERREIRA OLIVEIRA À RUA INOMINADO NO BAIRRO MARRECA - JAPUÍBA, EM CACHOEIRAS DE MACACU-RJ</t>
   </si>
   <si>
     <t>2094</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2094/plo_-_2023_-_0888_-_2023_-_ver_edgar_silva_-_da_nome_rua_pastor_scillas_pinto_no_valerio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2094/plo_-_2023_-_0888_-_2023_-_ver_edgar_silva_-_da_nome_rua_pastor_scillas_pinto_no_valerio.pdf</t>
   </si>
   <si>
     <t>DA NOME A RUA PASTOR SCYLLAS PINTO, SITO RUA A LOCALIZADO NO BAIRRO VALERIO EM CACHOEIRAS DE MACACU</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1026/plo_-_2023_-_0927-2023_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1026/plo_-_2023_-_0927-2023_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>"DÁ NOME A RUA LUCAS CORRÊA RANGEL DA SILVA, SITO LOCALIZADO NO BAIRRO MARAPORÃ EM CACHOEIRAS DE MACACU."</t>
   </si>
   <si>
     <t>2118</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2118/plo_-_2023_-_0969__-_2023_-_ver_valdinei_siqueira_-_denomina_rua_zali_pedro_da_silva_-_na_castalia.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2118/plo_-_2023_-_0969__-_2023_-_ver_valdinei_siqueira_-_denomina_rua_zali_pedro_da_silva_-_na_castalia.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A RUA NO BAIRRO CASTALIA, CACHOEIRAS DE MACACU.</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/973/plo_-_2023_-_0981-2023_-_mesa_diretora.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/973/plo_-_2023_-_0981-2023_-_mesa_diretora.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A CONCESSÃO DE AUXÍLIO ALIMENTAÇÃO NATALINO AOS SERVIDORES DA CÂMARA MUNICIPAL DE CACHOEIRAS DE MACACU, COMPETÊNCIA DEZEMBRO/2023."</t>
   </si>
   <si>
     <t>2076</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2076/plo_-_2023_-_0613_-_2023_-_ver_darcileia_ulerisch_da_silva_-_assistencia_integral_mulher_climaterio_menopausa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2076/plo_-_2023_-_0613_-_2023_-_ver_darcileia_ulerisch_da_silva_-_assistencia_integral_mulher_climaterio_menopausa.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a assisténcia integral a mulher em estado de climatério ou menopausa e da outras providéncias.</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1960/prs_-_2023_-_0205__-_2023_-_ver_darcileia_ulerisch_-_convoca_sec_saude_esclarecimentos_situacao_pasta.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1960/prs_-_2023_-_0205__-_2023_-_ver_darcileia_ulerisch_-_convoca_sec_saude_esclarecimentos_situacao_pasta.pdf</t>
   </si>
   <si>
     <t>------------------------------------------_x000D_
 PROPOSIÇÃO RETIRADA PELO AUTOR_x000D_
 ------------------------------------------_x000D_
 Dispõe sobre a convocação do Secretário Municipal de Saúde, o Ilmo.  Senhor CARLOS EDUARDO DA SILVA AGUIAR, no intuito de prestar esclarecimentos sobre a atual situaçao da pasta da Saude do Municipio</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1959/prs_-_2023_-_0258_-_2023_-_poder_legisl_-_mesa_diretora_-_regulamenta_lei_14.133_01abr21.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1959/prs_-_2023_-_0258_-_2023_-_poder_legisl_-_mesa_diretora_-_regulamenta_lei_14.133_01abr21.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A LEI No 14.133, DE 01 DE ABRIL DE 2021, QUE DISPÓE SOBRE LICITAÇÓES E CONTRATOS ADMINISTRATIVOS, NO PODER LEGISLATIVO DO MUNICÍPIO DE CACHOEIRAS DE MACACU/RJ</t>
   </si>
   <si>
     <t>1958</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1958/prs_-_2023_-_0280_-_2023_-_ver_edivaldo_pereira_-_altera_res_035de2023_da_lei_federal_14133_de_01abr2021.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1958/prs_-_2023_-_0280_-_2023_-_ver_edivaldo_pereira_-_altera_res_035de2023_da_lei_federal_14133_de_01abr2021.pdf</t>
   </si>
   <si>
     <t>ALTERA A RESOLUGAO N° 035/2023, A QUAL DISPOE SOBRE A REGULAMENTAGAO,  NA ESFERA DO PODER LEGISLATIVO DE CACHOEIRAS DE MACAGU, DA LEI FEDERAL N° 14.133, DE 01 DE ABRIL DE 2021</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1961/prs_-_2023_-_0371-2023_-_ver_fabricio_de_araujo_-_concede_medalha_honra_merito.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1961/prs_-_2023_-_0371-2023_-_ver_fabricio_de_araujo_-_concede_medalha_honra_merito.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE HONRA AO MÉRITO DR MÁRIO SiMÃO ASSAF</t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>Edivaldo Pereira de Souza (Dudu do Povão)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1950/prs_-_2023_-_0372-2023_-_ver_edivaldo_pereira_de_souza_-_concede_medalha_honra_merito.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1950/prs_-_2023_-_0372-2023_-_ver_edivaldo_pereira_de_souza_-_concede_medalha_honra_merito.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE HONRA AO MÉRITO DR MARIO SIMAO ASSAF</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2014/prs_-_2023_-_0373_-_2023_-_ver_marcos_vinicius_ferreira_-_concede_medalha_honra_merito_-_anderson_ferreira_reis.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2014/prs_-_2023_-_0373_-_2023_-_ver_marcos_vinicius_ferreira_-_concede_medalha_honra_merito_-_anderson_ferreira_reis.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE HORNRA AO MÉRITO MÁRIO SIMÃO ASSAF</t>
   </si>
   <si>
     <t>2029</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2029/prs_-_2023_-_0374_-_2023_-_ver_darcileia_ulerisch_-_concede_medalha_honra_merito_-_thayrone_da_silva_ribeiro.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2029/prs_-_2023_-_0374_-_2023_-_ver_darcileia_ulerisch_-_concede_medalha_honra_merito_-_thayrone_da_silva_ribeiro.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA HONRA MÉRITO - THAYRONE DA SILVA RIBEIRO</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2030/prs_-_2023_-_0375_-_2023_-_ver_edgar_da_silva_-_concede_medalha_honra_merito_-_tenorio_lima_costa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2030/prs_-_2023_-_0375_-_2023_-_ver_edgar_da_silva_-_concede_medalha_honra_merito_-_tenorio_lima_costa.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA HONRA MERITO - TENORIO LIMA COSTA</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2018/prs_-_2023_-_0376_-_2023_-_ver_jose_lucas_stutz_-_concede_titulos_de_cidadania_-_joao_paulo_de_oliveira_costa_e_outros.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2018/prs_-_2023_-_0376_-_2023_-_ver_jose_lucas_stutz_-_concede_titulos_de_cidadania_-_joao_paulo_de_oliveira_costa_e_outros.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULOS DE CIDADANIA CACHOEIRENSE A JOÃO PAULO DE OLIVEIRA COSTA E OUTROS</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1963/prs_-_2023_-_0377_-_2023_-_ver_ivan_dionizio_-_concede_titu_los_de_cidadania_-_helson_alves_e_outros.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1963/prs_-_2023_-_0377_-_2023_-_ver_ivan_dionizio_-_concede_titu_los_de_cidadania_-_helson_alves_e_outros.pdf</t>
   </si>
   <si>
     <t>CONCEDE TITULOS DE CIDADANIA CACHOEIRENSE</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1955/prs_-_2023_-_0378_-_2023_-_ver_ailton_telles_-_concede_titulos_de_cidadania.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1955/prs_-_2023_-_0378_-_2023_-_ver_ailton_telles_-_concede_titulos_de_cidadania.pdf</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2016/prs_-_2023_-_0379_-_2023_-_ver_tiago_da_silva_-_concede_medalha_honra_merito_-_dilmar_pinto_barroso_e_outra.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2016/prs_-_2023_-_0379_-_2023_-_ver_tiago_da_silva_-_concede_medalha_honra_merito_-_dilmar_pinto_barroso_e_outra.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA HONRA MÉRITO - DILMAR PINTO BARROSO E OUTRA</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2020/prs_-_2023_-_0380_-_2023_-_ver_valdinei_pires_-_concede_medalha_honra_merito_-_keila_duarte_jordao.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2020/prs_-_2023_-_0380_-_2023_-_ver_valdinei_pires_-_concede_medalha_honra_merito_-_keila_duarte_jordao.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA HONRA MÉRITO - KEILA DUARTE JORDÃO</t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1964/prs_-_2023_-_0381_-_2023_-_ver_van_dionizio_-_concede_medalha_honra_merito_-_izaac_sipriano_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1964/prs_-_2023_-_0381_-_2023_-_ver_van_dionizio_-_concede_medalha_honra_merito_-_izaac_sipriano_da_silva.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE HONRA AO MÉRITO</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2019/prs_-_2023_-_0382_-_2023_-_ver_valdinei_pires_-_concede_titulos_de_cidadania_-_sidnei_de_mattos_e_eoutros.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2019/prs_-_2023_-_0382_-_2023_-_ver_valdinei_pires_-_concede_titulos_de_cidadania_-_sidnei_de_mattos_e_eoutros.pdf</t>
   </si>
   <si>
     <t>VER VALDINEI PIRES - CONCEDE TÍTULOS DE CIDADANIA - SIDNEI DE MATTOS E OUTROS</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2017/prs_-_2023_-_0383_-_2023_-_ver_juscelino_rodrigues_-_concede_titulos_de_cidadania_-_enio_cesar_pimentel_da_silva_e_outros.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2017/prs_-_2023_-_0383_-_2023_-_ver_juscelino_rodrigues_-_concede_titulos_de_cidadania_-_enio_cesar_pimentel_da_silva_e_outros.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULOS DE CIDADANIA - ENIO CESAR PIMENTEL DA SILVA E OUTROS</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1952/prs_-_2023_-_0384-2023_-_ailton_telles_machado.pdf.crdownload</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1952/prs_-_2023_-_0384-2023_-_ailton_telles_machado.pdf.crdownload</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE HONRA AO MÉRITO DR. MARIO SIMÃO ASSAF</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2015/prs_-_2023_-_0385_-_2023_-_ver_marcos_vinicius_ferreira_-_concede_titulos_de_cidadania_-_robinson_nunes_alves_e_outros.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2015/prs_-_2023_-_0385_-_2023_-_ver_marcos_vinicius_ferreira_-_concede_titulos_de_cidadania_-_robinson_nunes_alves_e_outros.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULOS DE CIDADANIA - ROBINSON NUNES ALVES E OUTROS</t>
   </si>
   <si>
     <t>1962</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1962/prs_-_2023_-_0386_-_2023_-_ver_fabricio_araujo_-_concede_titulo_de_cidadania_-_luci_vieira_e_outros.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1962/prs_-_2023_-_0386_-_2023_-_ver_fabricio_araujo_-_concede_titulo_de_cidadania_-_luci_vieira_e_outros.pdf</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1965/prs_-_2023_-_0387_-_2023_-_ver_jose_candido_fragoso_-_concede_medalha_honra_merito_-_leonardo_francisco_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1965/prs_-_2023_-_0387_-_2023_-_ver_jose_candido_fragoso_-_concede_medalha_honra_merito_-_leonardo_francisco_da_silva.pdf</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1966/prs_-_2023_-_0388_-_2023_-_ver_jose_candido_fragoso_-_concede_titulos_cidadania_-_sostenes_silva_cavalcante_e_outros.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1966/prs_-_2023_-_0388_-_2023_-_ver_jose_candido_fragoso_-_concede_titulos_cidadania_-_sostenes_silva_cavalcante_e_outros.pdf</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2021/prs_-_2023_-_0389_-_2023_-_ver_tiago_da_silva_-_concede_titulos_de_cidadania_-_paulo_cesar_da_rocha_e_outros.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2021/prs_-_2023_-_0389_-_2023_-_ver_tiago_da_silva_-_concede_titulos_de_cidadania_-_paulo_cesar_da_rocha_e_outros.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULOS DE CIDADANIA - PAULO CESAR DA ROCHA E OUTROS</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1957/prs_-_2023_-_0390_-_2023_-_ver_nilton_matozo_-_concede_titulos_de_cidadania_-_outros.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1957/prs_-_2023_-_0390_-_2023_-_ver_nilton_matozo_-_concede_titulos_de_cidadania_-_outros.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULOS DE CIDADANIA CACHOEIRENSE A CARLOS ALBERTO BATISTA E OUTROS</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2026/prs_-_2023_-_0391_-_2023_-_ver_alexandre_ferreira_-_concede_medalha_honra_merito_-_deisi_lucia_rangel_serra.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2026/prs_-_2023_-_0391_-_2023_-_ver_alexandre_ferreira_-_concede_medalha_honra_merito_-_deisi_lucia_rangel_serra.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA HONRA MÉRITO - DEISI LUCIA RANGEL SERRA</t>
   </si>
   <si>
     <t>2027</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2027/prs_-_2023_-_0392_-_2023_-_ver_alexandre_ferreira_-_concede_medalhas_honra_merito_-_antonio_ricardo_f_mendonca_e_outros.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2027/prs_-_2023_-_0392_-_2023_-_ver_alexandre_ferreira_-_concede_medalhas_honra_merito_-_antonio_ricardo_f_mendonca_e_outros.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHAS HONRA MÉRITO - ANTONIO RICARDO F MENDONÇA E OUTROS</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2028/prs_-_2023_-_0393_-_2023_-_ver_darcileia_ulerisch_-_concede_titutlos_de_cidadania_-_francilene_de_oliveira_nunes_e_outras.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2028/prs_-_2023_-_0393_-_2023_-_ver_darcileia_ulerisch_-_concede_titutlos_de_cidadania_-_francilene_de_oliveira_nunes_e_outras.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTUTLOS DE CIDADANIA - FRANCILENE DE OLIVEIRA NUNES E OUTRAS</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2025/prs_-_2023_-_0394_-_2023_-_ver_edivaldo_pereira_de_souza_-_concede_titutlos_de_cidadania_-_rosevanda_pojo_da_silva_e_outros.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2025/prs_-_2023_-_0394_-_2023_-_ver_edivaldo_pereira_de_souza_-_concede_titutlos_de_cidadania_-_rosevanda_pojo_da_silva_e_outros.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTUTLOS DE CIDADANIA CACHOEIRENSE A ROSEVANDA POJO DA SILVA E OUTROS</t>
   </si>
   <si>
     <t>2031</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2031/prs_-_2023_-_0395_-_2023_-_ver_edgar_da_silva_-_concede_titulos_cidadania__-_sarah_de_lourdes_nunes_correa_fonseca_e_outros.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2031/prs_-_2023_-_0395_-_2023_-_ver_edgar_da_silva_-_concede_titulos_cidadania__-_sarah_de_lourdes_nunes_correa_fonseca_e_outros.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULOS CIDADANIA  - SARAH DE LOURDES NUNES CORREA FONSECA E OUTROS</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
     <t>Marco Antônio Freitas Pereira (Marquinho do Povo)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1967/prs_-_2023_-_0396_-_2023_-_ver_marcos_antonio_freitas_-_concede_titulos_de_cidadania_cachoeirense_-_haroldo_lima_costa_e_outro.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1967/prs_-_2023_-_0396_-_2023_-_ver_marcos_antonio_freitas_-_concede_titulos_de_cidadania_cachoeirense_-_haroldo_lima_costa_e_outro.pdf</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1956/prs_-_2023_-_0397-2023_-_ver_nilton_matozo_-_concede_titulos_de_cidadania_-_luiz_antonio_da_costa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1956/prs_-_2023_-_0397-2023_-_ver_nilton_matozo_-_concede_titulos_de_cidadania_-_luiz_antonio_da_costa.pdf</t>
   </si>
   <si>
     <t>CONCEDE TITULOS DE CIDADANIA CACHOEIRENSE A LUIZ ANTONIO DA COSTA</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2024/prs_-_2023_-_0398__-_2023_-_ver_juscelino_rodrigues_-_concede_medalha_honra_merito_-_natanael_de_oliveira.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2024/prs_-_2023_-_0398__-_2023_-_ver_juscelino_rodrigues_-_concede_medalha_honra_merito_-_natanael_de_oliveira.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA HONRA MERITO - NATANAEL DE OLIVEIRA</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1951/prs_-_2023_-_0399_-2023_-_ver_jose_lucas_-_concede_medalha_a_thiago_pampolha.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1951/prs_-_2023_-_0399_-2023_-_ver_jose_lucas_-_concede_medalha_a_thiago_pampolha.pdf</t>
   </si>
   <si>
     <t>CONCEDE MEDALHA DE HONRA AO MERITO DR. MARIO SIMAO ASSAF</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>Fabrício de Araujo Sousa (Fabrício Português), José Cândido Fragoso (Professor José Cândido), Tiago da Silva Teixeira (Tiago do Gás)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2022/prs_-_2023_-_0638_-_2023_-_ver_tiago_da_silva_-_comiss_fin_orc_-_aprova_contas_pref_rafael_miranda_-_exerc_2021.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2022/prs_-_2023_-_0638_-_2023_-_ver_tiago_da_silva_-_comiss_fin_orc_-_aprova_contas_pref_rafael_miranda_-_exerc_2021.pdf</t>
   </si>
   <si>
     <t>COMISSÃO FINANÇAS E ORÇAMENTO - APROVA CONTAS PREFEITO RAFAEL MIRANDA - EXERCÍCIO 2021</t>
   </si>
   <si>
     <t>1944</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Vetos do Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1944/vet_-_2023_-_0440_-_2023_-_parcial_-_executivo_-_prazo_laudo_pericial_transtorno_espectro_autista_-_plo_-_ver_marcos_vinicius.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1944/vet_-_2023_-_0440_-_2023_-_parcial_-_executivo_-_prazo_laudo_pericial_transtorno_espectro_autista_-_plo_-_ver_marcos_vinicius.pdf</t>
   </si>
   <si>
     <t>( *1 ) PROJETO DE LEI, de autoria do vereador MARCOS VINÍCIUS FERREIRA ROMERO, que: "INSTITUI SOBRE O PRAZO INDETERMINADO DO LAUDO PERICIAL QUE ATESTA O TRANSTORNO DO ESPECTRO AUTISTA DE CACHOEIRAS DE MACACU E DÁ OUTRAS PROVIDÊNCIAS.", protocolado sob o número 0304/2023, aprovado na sessão ordinária no dia 25 de abril de 2023;_x000D_
 _x000D_
 ( *2 ) VETO PARCIAL recebido através do OFÍCIO No 0046/GOV/2023 - 18MAI23 - REF  Oficio no065/GAB/2023 Projeto de Lei Ordinária (Marcos Vinícius Ferreira Romero)._x000D_
 _x000D_
 ( *3 ) a matéria (veto) relacionada foi REJEITADA na 13ª Sessão Ordinária do 1º Período Legislativo do ano de 2023, realizada em 06/06/2023:</t>
   </si>
   <si>
     <t>1942</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1942/vet_-_2023_-__0557_-_2023_-_total_-_executivo_-_plo_-_ver_jose_candido_-_promocao_protetores_animais.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1942/vet_-_2023_-__0557_-_2023_-_total_-_executivo_-_plo_-_ver_jose_candido_-_promocao_protetores_animais.pdf</t>
   </si>
   <si>
     <t>VETO TOTAL dado pelo Prefeito, protocolado sob o nº 0557/2023 em 30/06/2023, ao PROJETO DE LEI, de autoria do Vereador JOSÉ CÂNDIDO FRAGOSO, que: "DISPÕE SOBRE A PROMOÇÃO E A VALORIZAÇÃO DE PROTETORES E CUIDADORES DE ANIMAIS NO MUNICÍPIO DE CACHOEIRAS DE MACACU E DÁ OUTRAS PROVIDÊNCIAS", protocolado sob o número 0872/2022, em 03/10/2022 e aprovada na Sessão Ordinária em 06/06/2023._x000D_
 _x000D_
 - Ofício nº XXXX/GAB/2023, 04JUL23, ACOLHEU,  na 16ª Sessão Ordinária do 1º Período Legislativo do ano de 2023, realizada em 04/07/2023,</t>
   </si>
   <si>
     <t>1943</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1943/vet_-_2023_-_0810-2023_-_executivo_-_inclusao_tema_violencia_contra_mulher_nas_unidades_de_ensino.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1943/vet_-_2023_-_0810-2023_-_executivo_-_inclusao_tema_violencia_contra_mulher_nas_unidades_de_ensino.pdf</t>
   </si>
   <si>
     <t>Veto total ao Projeto de Lei Ordinária, aprovado na sessão ordinária, realizada no dia 19 de Setembro de 2023, que versa sobre “INCLUSÃO DO TEMA VIOLÊNCIA CONTRA MULHER NAS UNIDADES DE ENSINO PÚBLICAS E PARTICULARES DE CACHOEIRAS DE MACACU” - sob processo no0566/2023.</t>
   </si>
   <si>
     <t>1588</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
     <t>TCERJ</t>
   </si>
   <si>
     <t>Parecer referente à Prestação de Contas de Governo</t>
   </si>
   <si>
     <t>TCE-RJ - Tribunal de Contas do Estado do Rio de Janeiro</t>
   </si>
   <si>
     <t>PROCESSO DO TCE-RJ nº 210272-3/2022 referente à Prestação de Contas de Governo da Prefeitura Municipal de Cachoeiras de Macacu, que abrange as contas do Poder Executivo, relativas ao exercício de 2022, sob a responsabilidade do Chefe do Poder Executivo, o Sr. Rafael Muzzi de Miranda, em que o Tribunal de Contas do Estado do Rio de Janeiro decidiu pela emissão de parecer prévio favorável sobre as contas do Chefe do Poder Executivo</t>
   </si>
 </sst>
 </file>
 
@@ -4440,67 +4440,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/146/ind_-_2023_-_0021-2023_-_valdinei_pires_de_siqueira.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/133/ind_-_2023_-_0023-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/134/ind_-_2023_-_0024-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/135/ind_-_2023_-_0025-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/136/ind_-_2023_-_0026-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/137/ind_-_2023_-_0027-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/138/ind_-_2023_-_0030-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/139/ind_-_2023_-_0031-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/140/ind_-_2023_-_0032-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/141/ind_-_2023_-_0033-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/142/ind_-_2023_-_0034-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/147/ind_-_2023_-_0039-2023_-_valdinei_pires_de_siqueira.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/143/ind_-_2023_-_0041-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/144/ind_-_2023_-_0042-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/145/ind_-_2023_-_0043-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/148/ind_-_2023_-_0045-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/149/ind_-_2023_-_0071-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/151/ind_-_2023_-_0078-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/152/ind_-_2023_-_0082-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/153/ind_-_2023_-_0086-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/154/ind_-_2023_-_0087_-_2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/155/ind_-_2023_-_0089-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/156/ind_-_2023_-_0090-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/168/ind_-_2023_-_0091-2023_-_darcileia_ulerish_da_silva.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/169/ind_-_2023_-_0092-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/170/ind_-_2023_-_0103-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/171/ind_-_2023_-_0104-2023_-_jose_lucas_stutz_delgado_pinto_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/173/ind_-_2023_-_0125-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/174/ind_-_2023_-_0130-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/175/ind_-_2023_-_0131-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/176/ind_-_2023_-_0133-2023_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/177/ind_-_2023_-_0135-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/178/ind_-_2023_-_0136-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/179/ind_-_2023_-_0137-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/180/ind_-_2023_-_0138-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/181/ind_-_2023_-_0147-2023_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/182/ind_-_2023_-_0148_-_2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/183/ind_-_2023_-_0149-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/184/ind_-_2023_-_0150-2023_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/185/ind_-_2023_-_0157-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/186/ind_-_2023_-_0158-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/187/ind_-_2023_-_0163-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/188/ind_-_2023_-_0165-2023_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/189/ind_-_2023_-_0166-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/190/ind_-_2023_-_0170-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/191/ind_-_2023_-_0174-2023_-_valdinei_pires_de_siqueira_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/192/ind_-_2023_-_0175-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/193/ind_-_2023_-_0177-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/194/ind_-_2023_-_0178-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/195/ind_-_2023_-_0180_-_2023_-_ivan_dionizio_-_materia_retirada_pelo_autor.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/196/ind_-_2023_-_0181-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/197/ind_-_2023_-_0182-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/198/ind_-_2023_-_0184-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/199/ind_-_2023_-_0187-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/294/ind_-_2023_-_0194-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/295/ind_-_2023_-_0195-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/296/ind_-_2023_-_0196-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/297/ind_-_2023_-_0203-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/298/ind_-_2023_-_0207-2023_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/328/ind_-_2023_-_0208-2023_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/329/ind_-_2023_-_0209-2023_-_ailton_telles_machado_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/330/ind_-_2023_-_0210-2023_-_ailton_telles_machado_e_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/331/ind_-_2023_-_0211-2023_-_nilton_matozo_viana_-_materia_retirada_por_solicitacao_do_autor.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/299/ind_-_2023_-_0212-2023_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/300/ind_-_2023_-_0213-2023_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/301/ind_-_2023_-_0220-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/302/ind_-_2023_-_0221-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/303/ind_-_2023_-_0222-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/304/ind_-_2023_-_0223-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/305/ind_-_2023_-_0225-2023_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/307/ind_-_2023_-_0242-2023_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/308/ind_-_2023_-_0243-2023_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/309/ind_-_2023_-_0245-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/310/ind_-_2023_-_0248-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/312/ind_-_2023_-_0254-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/311/ind_-_2023_-_0257-2023_-_valdinei_pires_de_siqueira.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/313/ind_-_2023_-_0260-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/314/ind_-_2023_-_0261-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/315/ind_-_2023_-_0262-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/316/ind_-_2023_-_0264-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/317/ind_-_2023_-_0265-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/318/ind_-_2023_-_0277-2023_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/319/ind_-_2023_-_0281-2023_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/320/ind_-_2023_-_0286-2023_-_fabricio_de_araujo_sousa_.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/321/ind_-_2023_-_0292-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/322/ind_-_2023_-_0293-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/323/ind_-_2023_-_0296-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/332/ind_-_2023_-_0298-2023_-_darcileia_ulerisch_da_silva_1.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/333/ind_-_2023_-_0299-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/334/ind_-_2023_-_0300-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/803/ind_-_2024_-_0301-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/335/ind_-_2023_-_0303-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/336/ind_-_2023_-_0305-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/337/ind_-_2023_-_0306-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/338/ind_-_2023_-_0307-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/339/ind_-_2023_-_0311-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/340/ind_-_2023_-_0312-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/341/ind_-_2023_-_0313-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/342/ind_-_2023_-_0314-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/343/ind_-_2023_-_0315-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/395/ind_-_2023_-_0316-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/397/ind_-_2023_-_0320-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/398/ind_-_2023_-_0322-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/399/ind_-_2023_-_0323-2023_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/400/ind_-_2023_-_0333-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/401/ind_-_2023_-_0334-2023_-_marcos_vinicius_ferreira_romero_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/403/ind_-_2023_-_0337-2023_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/404/ind_-_2023_-_0351-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/405/ind_-_2023_-_0352-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/406/ind_-_2023_-_0353-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/407/ind_-_2023_-_0354-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/408/ind_-_2023_-_0356-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/409/ind_-_2023_-_0358-2023_-_marcos_vinicius_ferreira_romero_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/410/ind_-_2023_-_0362-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/411/ind_-_2023_-_0363-2023_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/412/ind_-_2023_-_0364-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/413/ind_-_2023_-_0365-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/414/ind_-_2023_-_0366-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/415/ind_-_2023_-_0400-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/416/ind_-_2023_-_0401-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/417/ind_-_2023_-_0403-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/418/ind_-_2023_-_0404-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/419/ind_-_2023_-_0410-2023_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/420/ind_-_2023_-_0411-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/421/ind_-_2023_-_0414-2023_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/422/ind_-_2023_-_0423-2023_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/423/ind_-_2023_-_0426-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/424/ind_-_2023_-_0427-2023_-_tiago_da_silva_teixeira_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/428/ind_-_2023_-_0433-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/425/ind_-_2023_-_0434-2023_-_jose_lucas_stutz_delgado_pinto_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/426/ind_-_2023_-_0441-2023_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/427/ind_-_2023_-_0442-2023_-_nilton_matozo_viana_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/429/ind_-_2023_-_0443-2023_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/430/ind_-_2023_-_0458-2023_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/431/ind_-_2023_-_0459-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/432/ind_-_2023_-_0461-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/433/ind_-_2023_-_0462-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/434/ind_-_2023_-_0463-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/435/ind_-_2023_-_0470-2023_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/436/ind_-_2023_-_0471-2023_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/437/ind_-_2023_-_0472-2023_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/438/ind_-_2023_-_0473-2023_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/439/ind_-_2023_-_0474-2023_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/440/ind_-_2023_-_0475-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/441/ind_-_2023_-_0485-2023_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/443/ind_-_2023_-_0493-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/444/ind_-_2023_-_0495-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/442/ind_-_2023_-_0496-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/445/ind_-_2023_-_0497-2023_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/446/ind_-_2023_-_0498-2023_-_valdinei_pires_de_siqueira.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/447/ind_-_2023_-_0500-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/448/ind_-_2023_-_0501-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/449/ind_-_2023_-_0504-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/450/ind_-_2023_-_0505-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/451/ind_-_2023_-_0507-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/452/ind_-_2023_-_0508-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/453/ind_-_2023_-_0511-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/454/ind_-_2023_-_0512-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/802/ind_-_2024_-_0513-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/455/ind_-_2023_-_0514-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/456/ind_-_2023_-_0522-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/457/ind_-_2023_-_0543-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/458/ind_-_2023_-_0544-2023_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/459/ind_-_2023_-_0545-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/460/ind_-_2023_-_0546-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/461/ind_-_2023_-_0553-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/462/ind_-_2023_-_0554-2023_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/463/ind_-_2023_-_0555-2023_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/464/ind_-_2023_-_0556-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/470/ind_-_2023_-_0562-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/471/ind_-_2023_-_0563-2023_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/472/ind_-_2022_-_0565-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/473/ind_-_2023_-_0567-2023_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/474/ind_-_2023_-_0568-2023_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/475/ind_-_2023_-_0569-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/476/ind_-_2023_-_0570-2023_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/477/ind_-_2022_-_0579-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/478/ind_-_2022_-_0580-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/479/ind_-_2022_-_0581-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/480/ind_-_2023_-_0583-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/481/ind_-_2023_-_0589-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/482/ind_-_2023_-_0590-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/483/ind_-_2023_-_0593-2023_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/484/ind_-_2023_-_0594-2023_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/485/ind_-_2023_-_0595-2023_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/486/ind_-_2023_-_0596-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/487/ind_-_2023_-_0597-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/488/ind_-_2023_-_0600-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/489/ind_-_2023_-_0606-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/560/ind_-_2023_-_0614-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/801/ind_-_2024_-_0615-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/756/ind_-_2023_-_0616-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/758/ind_-_2024_-_0618-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/490/ind_-_2023_-_0639-2023_-_edgar_rosa_da_silva_1.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/757/ind_-_2024_-_0658-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/559/ind_-_2023_-_0666-2023_-_darcileia_ulerish_da_silva.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/491/ind_-_2023_-_0667-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/492/ind_-_2023_-_0668-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/493/ind_-_2023_-_0669-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/494/ind_-_2023_-_0670-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/495/ind_-_2023_-_0683-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/496/ind_-_2023_-_0684-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/497/ind_-_2023_-_0713-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/498/ind_-_2023_-_0714-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/800/ind_-_2024_-_0716-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/499/ind_-_2023_-_0721-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/500/ind_-_2023_-_0726-2023_-_valdinei_pires_de_siqueira.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/501/ind_-_2023_-_0733-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/799/ind_-_2024_-_0734_-_2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/541/ind_-_2024_-_0735-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/804/ind_-_2024_-_0736-2023_-_marcos_vinicius_ferreira_romero_-_retirada_por_duplicidade.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/502/ind_-_2023_-_0742-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/503/ind_-_2023_-_0743-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/504/ind_-_2023_-_0747-2023_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/505/ind_-_2023_-_0750-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1288/ind_-_2023_-_0754-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/558/ind_-_2023_-_0780-2023_-_darcileia_ulericsh_da_silva.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/506/ind_-_2023_-_0784-2023_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/507/ind_-_2023_-_0785-2023_-_nilton_matozo_viana_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/508/ind_-_2023_-_0796-2023_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/509/ind_-_2023_-_0797-2023_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/510/ind_-_2023_-_0798-2023_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/511/ind_-_2023_-_0799-2023_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/512/ind_-_2023_-_0801-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/513/ind_-_2023_-_0802-2023_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/514/ind_-_2023_-_0803-2023_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/515/ind_-_2023_-_0805-2023_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1533/ind_-_2023_-_0817_-_2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/516/ind_-_2023_-_0841-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/517/ind_-_2023_-_0842-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/518/ind_-_2023_-_0846-2023_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/519/ind_-_2023_-_0854-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/520/ind_-_2023_-_0860-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/521/ind_-_2023_-_0863-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/522/ind_-_2023_-_0864-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/523/ind_-_2023_-_0865-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/524/ind_-_2023_-_0878-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/525/ind_-_2023_-_0882-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/526/ind_-_2023_-_0886-2023_-_edgar_rosa_da_silva_1.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/527/ind_-_2023_-_0887-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/539/ind_-_2023_-_0889-2023_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/528/ind_-_2023_-_0890-2023_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1287/ind_-_2023_-_0921-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1286/ind_-_2023_-_0922-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/529/ind_-_2023_-_0928-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/530/ind_-_2023_-_0929-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/531/ind_-_2023_-_0952-2023_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/782/ind_-_2024_-_0954-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/532/ind_-_2023_-_0963-2023_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/533/ind_-_2023_-_0966-2023_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/534/ind_-_2023_-_0967-2023_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/788/ind_-_2024_-_0984-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/789/ind_-_2024_-_0985-2023_-_jose_lucas_stutz_delgado_pinto_-_retirada_por_duplicidade.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/798/ind_-_2024_-_1027-2023_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1941/plc_-_2023_-_0001_-_2023_-_legislativo_-_mesa_diretora_-_altera_a_estrutura_adm_da_camara_municipal_de_cachoeiras.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1940/plc_-_2023_-_0048_-_2023_-_executivo_-_altera_anexo_xvi_da_lei_complementar_0052.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1937/plc_-_2023_-_0256_-_2023_-_legislativo_-_mesa_diretora_-_altera_a_estrutura_da_camara_municipal_de_cachoeiras.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1936/plc_-_2023_-_0456_-_2023_-_poder_executivo_-_altera_redacao_art_3_caput_e_1__e_art_20__1_da_lco_55_28jun2018.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1050/plo_-_2023_-_0049-2023_-_executivo_-_autoriza_reajuste_salarial_a_servidores.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1049/plo_-_2023_-_0050_-_2023_-_executivo_-_abre_credito_adicional_por_anulacao.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1048/plo_-_2023_-_0051_-_2023_-_poder_executivo_-_abre_credito_adicional_especial_por_anulacao_de_dotacao.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1047/plo_-_2023_-_0121_-_2023_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/970/plo_-_2023_-_0189-2023_-_edgar_rosa_da_silva_-_rua_waldemar_cabral_na_castalia.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/971/plo_-_2023_-_0190-2023_-_edgar_rosa_da_silva_-_rua_minoru_beppu_bairro_parque_da_ribeira.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/972/plc_-_2023_-_0255-2023_-_poder_legislativo_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/974/plo_-_2023_-_0259-2023_-_legislativo_-_jose_candido_fragoso_-_educacao_ambiental_nas_escolas_publicas.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2086/plo_-_2023_-_0302_-_2023_-_ver_darcileia_ulerisch_da_silva_-_criacao_programa_brigada_escolar_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/975/plo_-_2023_-_0304-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1046/plo_-_2023_-_0321-2023_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1045/plo_-_2023_-_0541-2023_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2114/plo_-_2023_-_0476_-_2023_-_ver_edgar_silva_-_relevante_o_montanhismo_conservacao_sinalizacao_protecao_trilhas_e_vias_de_escaladas.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1996/plo_-_2023_-_0492-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2091/plo_-_2023_-_0540__-_2023_-_ver_jose_lucas_stutz_-_da_denominacao_rua_parque_luiza.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1044/plo_-_2023_-_0541-2023_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/976/plo_-_2023_-_0566-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1043/plo_-_2023_-_0576-2023_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1041/plo_-_2023_-_0584-2023_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2089/plo_-_2023_-_0601_-_2023_-_ver_marcos_vinicius_ferreira_-_atendimento_prioritario_transtorno_espectro_autista.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1989/plo_-_2023_-_0602-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1040/plo_-_2023_-_0604-2023_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1039/plo_-_2023_-_0605-2023_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/977/plo_-_2023_-__0610-2023_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1999/plo_-_2023_-_0617-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/978/plo_-_2023_-_0635-2023_-_legislativo_-_fabricio_de_araujo_sousa_-_controle_populacional_de_caes_e_gatos.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1038/plo_-_2023_-_0653-2023_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/28/plo_-_2023_-_0659-2023_-_jose_lucas_stutz_delgado_pinto_e_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1209/plo_-_2024_-_0671-2023_-_marcus_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1994/plo_-_2023_-_0672-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1993/plo_-_2023_-_0673-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1037/plo_-_2023_-_0700-2023_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1036/plo_-_2023_-_0701-2023_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1035/plo_-_2023_-_0702-2023_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1034/plo_-_2023_-_0703-2023_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1033/plo_-_2023_-_0706-2023_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1031/plo_-_2023_-_0707-2023_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1212/plo_-_2024_-_0715-2023_-_marcus_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1030/plo_-_2023_-_0717-2023-_loa_-_lei_orcamentaria_anual_para_o_exercicio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1997/plo_-_2023_-_0723-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1029/plo_-_2023_-_0782-2023_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/979/plo_-_2023_-_0749-2023_-_legislativo_-_jose_candido_fragoso_-_preservacao_do_rio_macacu.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/983/plo_-_2023_-_0773-2023_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/980/plo_-_2023_-__0774-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1028/plo_-_2023_-_0782-2023_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1027/plo_-_2023_-_0793-2023_-_executivo_-_abre_credito_adicional_por_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1021/plo_-_2023_-_0800-2023_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1022/plo_-_2023_-_0815-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1991/plo_-_2023_-_0818-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1023/plo_-_2023_-_0832-2023_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1992/plo_-_2023_-_0876-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1990/plo_-_2023_-_0877-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2094/plo_-_2023_-_0888_-_2023_-_ver_edgar_silva_-_da_nome_rua_pastor_scillas_pinto_no_valerio.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1026/plo_-_2023_-_0927-2023_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2118/plo_-_2023_-_0969__-_2023_-_ver_valdinei_siqueira_-_denomina_rua_zali_pedro_da_silva_-_na_castalia.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/973/plo_-_2023_-_0981-2023_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2076/plo_-_2023_-_0613_-_2023_-_ver_darcileia_ulerisch_da_silva_-_assistencia_integral_mulher_climaterio_menopausa.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1960/prs_-_2023_-_0205__-_2023_-_ver_darcileia_ulerisch_-_convoca_sec_saude_esclarecimentos_situacao_pasta.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1959/prs_-_2023_-_0258_-_2023_-_poder_legisl_-_mesa_diretora_-_regulamenta_lei_14.133_01abr21.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1958/prs_-_2023_-_0280_-_2023_-_ver_edivaldo_pereira_-_altera_res_035de2023_da_lei_federal_14133_de_01abr2021.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1961/prs_-_2023_-_0371-2023_-_ver_fabricio_de_araujo_-_concede_medalha_honra_merito.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1950/prs_-_2023_-_0372-2023_-_ver_edivaldo_pereira_de_souza_-_concede_medalha_honra_merito.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2014/prs_-_2023_-_0373_-_2023_-_ver_marcos_vinicius_ferreira_-_concede_medalha_honra_merito_-_anderson_ferreira_reis.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2029/prs_-_2023_-_0374_-_2023_-_ver_darcileia_ulerisch_-_concede_medalha_honra_merito_-_thayrone_da_silva_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2030/prs_-_2023_-_0375_-_2023_-_ver_edgar_da_silva_-_concede_medalha_honra_merito_-_tenorio_lima_costa.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2018/prs_-_2023_-_0376_-_2023_-_ver_jose_lucas_stutz_-_concede_titulos_de_cidadania_-_joao_paulo_de_oliveira_costa_e_outros.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1963/prs_-_2023_-_0377_-_2023_-_ver_ivan_dionizio_-_concede_titu_los_de_cidadania_-_helson_alves_e_outros.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1955/prs_-_2023_-_0378_-_2023_-_ver_ailton_telles_-_concede_titulos_de_cidadania.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2016/prs_-_2023_-_0379_-_2023_-_ver_tiago_da_silva_-_concede_medalha_honra_merito_-_dilmar_pinto_barroso_e_outra.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2020/prs_-_2023_-_0380_-_2023_-_ver_valdinei_pires_-_concede_medalha_honra_merito_-_keila_duarte_jordao.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1964/prs_-_2023_-_0381_-_2023_-_ver_van_dionizio_-_concede_medalha_honra_merito_-_izaac_sipriano_da_silva.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2019/prs_-_2023_-_0382_-_2023_-_ver_valdinei_pires_-_concede_titulos_de_cidadania_-_sidnei_de_mattos_e_eoutros.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2017/prs_-_2023_-_0383_-_2023_-_ver_juscelino_rodrigues_-_concede_titulos_de_cidadania_-_enio_cesar_pimentel_da_silva_e_outros.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1952/prs_-_2023_-_0384-2023_-_ailton_telles_machado.pdf.crdownload" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2015/prs_-_2023_-_0385_-_2023_-_ver_marcos_vinicius_ferreira_-_concede_titulos_de_cidadania_-_robinson_nunes_alves_e_outros.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1962/prs_-_2023_-_0386_-_2023_-_ver_fabricio_araujo_-_concede_titulo_de_cidadania_-_luci_vieira_e_outros.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1965/prs_-_2023_-_0387_-_2023_-_ver_jose_candido_fragoso_-_concede_medalha_honra_merito_-_leonardo_francisco_da_silva.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1966/prs_-_2023_-_0388_-_2023_-_ver_jose_candido_fragoso_-_concede_titulos_cidadania_-_sostenes_silva_cavalcante_e_outros.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2021/prs_-_2023_-_0389_-_2023_-_ver_tiago_da_silva_-_concede_titulos_de_cidadania_-_paulo_cesar_da_rocha_e_outros.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1957/prs_-_2023_-_0390_-_2023_-_ver_nilton_matozo_-_concede_titulos_de_cidadania_-_outros.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2026/prs_-_2023_-_0391_-_2023_-_ver_alexandre_ferreira_-_concede_medalha_honra_merito_-_deisi_lucia_rangel_serra.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2027/prs_-_2023_-_0392_-_2023_-_ver_alexandre_ferreira_-_concede_medalhas_honra_merito_-_antonio_ricardo_f_mendonca_e_outros.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2028/prs_-_2023_-_0393_-_2023_-_ver_darcileia_ulerisch_-_concede_titutlos_de_cidadania_-_francilene_de_oliveira_nunes_e_outras.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2025/prs_-_2023_-_0394_-_2023_-_ver_edivaldo_pereira_de_souza_-_concede_titutlos_de_cidadania_-_rosevanda_pojo_da_silva_e_outros.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2031/prs_-_2023_-_0395_-_2023_-_ver_edgar_da_silva_-_concede_titulos_cidadania__-_sarah_de_lourdes_nunes_correa_fonseca_e_outros.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1967/prs_-_2023_-_0396_-_2023_-_ver_marcos_antonio_freitas_-_concede_titulos_de_cidadania_cachoeirense_-_haroldo_lima_costa_e_outro.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1956/prs_-_2023_-_0397-2023_-_ver_nilton_matozo_-_concede_titulos_de_cidadania_-_luiz_antonio_da_costa.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2024/prs_-_2023_-_0398__-_2023_-_ver_juscelino_rodrigues_-_concede_medalha_honra_merito_-_natanael_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1951/prs_-_2023_-_0399_-2023_-_ver_jose_lucas_-_concede_medalha_a_thiago_pampolha.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2022/prs_-_2023_-_0638_-_2023_-_ver_tiago_da_silva_-_comiss_fin_orc_-_aprova_contas_pref_rafael_miranda_-_exerc_2021.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1944/vet_-_2023_-_0440_-_2023_-_parcial_-_executivo_-_prazo_laudo_pericial_transtorno_espectro_autista_-_plo_-_ver_marcos_vinicius.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1942/vet_-_2023_-__0557_-_2023_-_total_-_executivo_-_plo_-_ver_jose_candido_-_promocao_protetores_animais.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1943/vet_-_2023_-_0810-2023_-_executivo_-_inclusao_tema_violencia_contra_mulher_nas_unidades_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/146/ind_-_2023_-_0021-2023_-_valdinei_pires_de_siqueira.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/133/ind_-_2023_-_0023-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/134/ind_-_2023_-_0024-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/135/ind_-_2023_-_0025-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/136/ind_-_2023_-_0026-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/137/ind_-_2023_-_0027-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/138/ind_-_2023_-_0030-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/139/ind_-_2023_-_0031-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/140/ind_-_2023_-_0032-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/141/ind_-_2023_-_0033-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/142/ind_-_2023_-_0034-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/147/ind_-_2023_-_0039-2023_-_valdinei_pires_de_siqueira.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/143/ind_-_2023_-_0041-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/144/ind_-_2023_-_0042-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/145/ind_-_2023_-_0043-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/148/ind_-_2023_-_0045-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/149/ind_-_2023_-_0071-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/151/ind_-_2023_-_0078-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/152/ind_-_2023_-_0082-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/153/ind_-_2023_-_0086-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/154/ind_-_2023_-_0087_-_2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/155/ind_-_2023_-_0089-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/156/ind_-_2023_-_0090-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/168/ind_-_2023_-_0091-2023_-_darcileia_ulerish_da_silva.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/169/ind_-_2023_-_0092-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/170/ind_-_2023_-_0103-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/171/ind_-_2023_-_0104-2023_-_jose_lucas_stutz_delgado_pinto_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/173/ind_-_2023_-_0125-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/174/ind_-_2023_-_0130-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/175/ind_-_2023_-_0131-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/176/ind_-_2023_-_0133-2023_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/177/ind_-_2023_-_0135-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/178/ind_-_2023_-_0136-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/179/ind_-_2023_-_0137-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/180/ind_-_2023_-_0138-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/181/ind_-_2023_-_0147-2023_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/182/ind_-_2023_-_0148_-_2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/183/ind_-_2023_-_0149-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/184/ind_-_2023_-_0150-2023_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/185/ind_-_2023_-_0157-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/186/ind_-_2023_-_0158-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/187/ind_-_2023_-_0163-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/188/ind_-_2023_-_0165-2023_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/189/ind_-_2023_-_0166-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/190/ind_-_2023_-_0170-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/191/ind_-_2023_-_0174-2023_-_valdinei_pires_de_siqueira_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/192/ind_-_2023_-_0175-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/193/ind_-_2023_-_0177-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/194/ind_-_2023_-_0178-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/195/ind_-_2023_-_0180_-_2023_-_ivan_dionizio_-_materia_retirada_pelo_autor.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/196/ind_-_2023_-_0181-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/197/ind_-_2023_-_0182-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/198/ind_-_2023_-_0184-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/199/ind_-_2023_-_0187-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/294/ind_-_2023_-_0194-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/295/ind_-_2023_-_0195-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/296/ind_-_2023_-_0196-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/297/ind_-_2023_-_0203-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/298/ind_-_2023_-_0207-2023_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/328/ind_-_2023_-_0208-2023_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/329/ind_-_2023_-_0209-2023_-_ailton_telles_machado_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/330/ind_-_2023_-_0210-2023_-_ailton_telles_machado_e_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/331/ind_-_2023_-_0211-2023_-_nilton_matozo_viana_-_materia_retirada_por_solicitacao_do_autor.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/299/ind_-_2023_-_0212-2023_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/300/ind_-_2023_-_0213-2023_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/301/ind_-_2023_-_0220-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/302/ind_-_2023_-_0221-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/303/ind_-_2023_-_0222-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/304/ind_-_2023_-_0223-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/305/ind_-_2023_-_0225-2023_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/307/ind_-_2023_-_0242-2023_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/308/ind_-_2023_-_0243-2023_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/309/ind_-_2023_-_0245-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/310/ind_-_2023_-_0248-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/312/ind_-_2023_-_0254-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/311/ind_-_2023_-_0257-2023_-_valdinei_pires_de_siqueira.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/313/ind_-_2023_-_0260-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/314/ind_-_2023_-_0261-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/315/ind_-_2023_-_0262-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/316/ind_-_2023_-_0264-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/317/ind_-_2023_-_0265-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/318/ind_-_2023_-_0277-2023_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/319/ind_-_2023_-_0281-2023_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/320/ind_-_2023_-_0286-2023_-_fabricio_de_araujo_sousa_.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/321/ind_-_2023_-_0292-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/322/ind_-_2023_-_0293-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/323/ind_-_2023_-_0296-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/332/ind_-_2023_-_0298-2023_-_darcileia_ulerisch_da_silva_1.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/333/ind_-_2023_-_0299-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/334/ind_-_2023_-_0300-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/803/ind_-_2024_-_0301-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/335/ind_-_2023_-_0303-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/336/ind_-_2023_-_0305-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/337/ind_-_2023_-_0306-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/338/ind_-_2023_-_0307-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/339/ind_-_2023_-_0311-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/340/ind_-_2023_-_0312-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/341/ind_-_2023_-_0313-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/342/ind_-_2023_-_0314-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/343/ind_-_2023_-_0315-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/395/ind_-_2023_-_0316-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/397/ind_-_2023_-_0320-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/398/ind_-_2023_-_0322-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/399/ind_-_2023_-_0323-2023_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/400/ind_-_2023_-_0333-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/401/ind_-_2023_-_0334-2023_-_marcos_vinicius_ferreira_romero_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/403/ind_-_2023_-_0337-2023_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/404/ind_-_2023_-_0351-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/405/ind_-_2023_-_0352-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/406/ind_-_2023_-_0353-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/407/ind_-_2023_-_0354-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/408/ind_-_2023_-_0356-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/409/ind_-_2023_-_0358-2023_-_marcos_vinicius_ferreira_romero_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/410/ind_-_2023_-_0362-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/411/ind_-_2023_-_0363-2023_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/412/ind_-_2023_-_0364-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/413/ind_-_2023_-_0365-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/414/ind_-_2023_-_0366-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/415/ind_-_2023_-_0400-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/416/ind_-_2023_-_0401-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/417/ind_-_2023_-_0403-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/418/ind_-_2023_-_0404-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/419/ind_-_2023_-_0410-2023_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/420/ind_-_2023_-_0411-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/421/ind_-_2023_-_0414-2023_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/422/ind_-_2023_-_0423-2023_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/423/ind_-_2023_-_0426-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/424/ind_-_2023_-_0427-2023_-_tiago_da_silva_teixeira_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/428/ind_-_2023_-_0433-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/425/ind_-_2023_-_0434-2023_-_jose_lucas_stutz_delgado_pinto_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/426/ind_-_2023_-_0441-2023_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/427/ind_-_2023_-_0442-2023_-_nilton_matozo_viana_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/429/ind_-_2023_-_0443-2023_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/430/ind_-_2023_-_0458-2023_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/431/ind_-_2023_-_0459-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/432/ind_-_2023_-_0461-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/433/ind_-_2023_-_0462-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/434/ind_-_2023_-_0463-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/435/ind_-_2023_-_0470-2023_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/436/ind_-_2023_-_0471-2023_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/437/ind_-_2023_-_0472-2023_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/438/ind_-_2023_-_0473-2023_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/439/ind_-_2023_-_0474-2023_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/440/ind_-_2023_-_0475-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/441/ind_-_2023_-_0485-2023_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/443/ind_-_2023_-_0493-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/444/ind_-_2023_-_0495-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/442/ind_-_2023_-_0496-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/445/ind_-_2023_-_0497-2023_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/446/ind_-_2023_-_0498-2023_-_valdinei_pires_de_siqueira.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/447/ind_-_2023_-_0500-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/448/ind_-_2023_-_0501-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/449/ind_-_2023_-_0504-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/450/ind_-_2023_-_0505-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/451/ind_-_2023_-_0507-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/452/ind_-_2023_-_0508-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/453/ind_-_2023_-_0511-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/454/ind_-_2023_-_0512-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/802/ind_-_2024_-_0513-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/455/ind_-_2023_-_0514-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/456/ind_-_2023_-_0522-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/457/ind_-_2023_-_0543-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/458/ind_-_2023_-_0544-2023_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/459/ind_-_2023_-_0545-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/460/ind_-_2023_-_0546-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/461/ind_-_2023_-_0553-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/462/ind_-_2023_-_0554-2023_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/463/ind_-_2023_-_0555-2023_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/464/ind_-_2023_-_0556-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/470/ind_-_2023_-_0562-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/471/ind_-_2023_-_0563-2023_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/472/ind_-_2022_-_0565-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/473/ind_-_2023_-_0567-2023_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/474/ind_-_2023_-_0568-2023_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/475/ind_-_2023_-_0569-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/476/ind_-_2023_-_0570-2023_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/477/ind_-_2022_-_0579-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/478/ind_-_2022_-_0580-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/479/ind_-_2022_-_0581-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/480/ind_-_2023_-_0583-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/481/ind_-_2023_-_0589-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/482/ind_-_2023_-_0590-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/483/ind_-_2023_-_0593-2023_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/484/ind_-_2023_-_0594-2023_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/485/ind_-_2023_-_0595-2023_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/486/ind_-_2023_-_0596-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/487/ind_-_2023_-_0597-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/488/ind_-_2023_-_0600-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/489/ind_-_2023_-_0606-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/560/ind_-_2023_-_0614-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/801/ind_-_2024_-_0615-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2024/756/ind_-_2023_-_0616-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/758/ind_-_2024_-_0618-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/490/ind_-_2023_-_0639-2023_-_edgar_rosa_da_silva_1.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/757/ind_-_2024_-_0658-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/559/ind_-_2023_-_0666-2023_-_darcileia_ulerish_da_silva.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/491/ind_-_2023_-_0667-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/492/ind_-_2023_-_0668-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/493/ind_-_2023_-_0669-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/494/ind_-_2023_-_0670-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/495/ind_-_2023_-_0683-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/496/ind_-_2023_-_0684-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/497/ind_-_2023_-_0713-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/498/ind_-_2023_-_0714-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/800/ind_-_2024_-_0716-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/499/ind_-_2023_-_0721-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/500/ind_-_2023_-_0726-2023_-_valdinei_pires_de_siqueira.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/501/ind_-_2023_-_0733-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/799/ind_-_2024_-_0734_-_2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/541/ind_-_2024_-_0735-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/804/ind_-_2024_-_0736-2023_-_marcos_vinicius_ferreira_romero_-_retirada_por_duplicidade.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/502/ind_-_2023_-_0742-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/503/ind_-_2023_-_0743-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/504/ind_-_2023_-_0747-2023_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/505/ind_-_2023_-_0750-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1288/ind_-_2023_-_0754-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/558/ind_-_2023_-_0780-2023_-_darcileia_ulericsh_da_silva.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/506/ind_-_2023_-_0784-2023_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/507/ind_-_2023_-_0785-2023_-_nilton_matozo_viana_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/508/ind_-_2023_-_0796-2023_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/509/ind_-_2023_-_0797-2023_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/510/ind_-_2023_-_0798-2023_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/511/ind_-_2023_-_0799-2023_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/512/ind_-_2023_-_0801-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/513/ind_-_2023_-_0802-2023_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/514/ind_-_2023_-_0803-2023_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/515/ind_-_2023_-_0805-2023_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1533/ind_-_2023_-_0817_-_2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/516/ind_-_2023_-_0841-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/517/ind_-_2023_-_0842-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/518/ind_-_2023_-_0846-2023_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/519/ind_-_2023_-_0854-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/520/ind_-_2023_-_0860-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/521/ind_-_2023_-_0863-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/522/ind_-_2023_-_0864-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/523/ind_-_2023_-_0865-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/524/ind_-_2023_-_0878-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/525/ind_-_2023_-_0882-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/526/ind_-_2023_-_0886-2023_-_edgar_rosa_da_silva_1.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/527/ind_-_2023_-_0887-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/539/ind_-_2023_-_0889-2023_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/528/ind_-_2023_-_0890-2023_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1287/ind_-_2023_-_0921-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1286/ind_-_2023_-_0922-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/529/ind_-_2023_-_0928-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/530/ind_-_2023_-_0929-2023_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/531/ind_-_2023_-_0952-2023_-_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/782/ind_-_2024_-_0954-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/532/ind_-_2023_-_0963-2023_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/533/ind_-_2023_-_0966-2023_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/534/ind_-_2023_-_0967-2023_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/788/ind_-_2024_-_0984-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/789/ind_-_2024_-_0985-2023_-_jose_lucas_stutz_delgado_pinto_-_retirada_por_duplicidade.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/798/ind_-_2024_-_1027-2023_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1941/plc_-_2023_-_0001_-_2023_-_legislativo_-_mesa_diretora_-_altera_a_estrutura_adm_da_camara_municipal_de_cachoeiras.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1940/plc_-_2023_-_0048_-_2023_-_executivo_-_altera_anexo_xvi_da_lei_complementar_0052.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1937/plc_-_2023_-_0256_-_2023_-_legislativo_-_mesa_diretora_-_altera_a_estrutura_da_camara_municipal_de_cachoeiras.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1936/plc_-_2023_-_0456_-_2023_-_poder_executivo_-_altera_redacao_art_3_caput_e_1__e_art_20__1_da_lco_55_28jun2018.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1050/plo_-_2023_-_0049-2023_-_executivo_-_autoriza_reajuste_salarial_a_servidores.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1049/plo_-_2023_-_0050_-_2023_-_executivo_-_abre_credito_adicional_por_anulacao.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1048/plo_-_2023_-_0051_-_2023_-_poder_executivo_-_abre_credito_adicional_especial_por_anulacao_de_dotacao.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1047/plo_-_2023_-_0121_-_2023_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/970/plo_-_2023_-_0189-2023_-_edgar_rosa_da_silva_-_rua_waldemar_cabral_na_castalia.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/971/plo_-_2023_-_0190-2023_-_edgar_rosa_da_silva_-_rua_minoru_beppu_bairro_parque_da_ribeira.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/972/plc_-_2023_-_0255-2023_-_poder_legislativo_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/974/plo_-_2023_-_0259-2023_-_legislativo_-_jose_candido_fragoso_-_educacao_ambiental_nas_escolas_publicas.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2086/plo_-_2023_-_0302_-_2023_-_ver_darcileia_ulerisch_da_silva_-_criacao_programa_brigada_escolar_defesa_civil.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/975/plo_-_2023_-_0304-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1046/plo_-_2023_-_0321-2023_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1045/plo_-_2023_-_0541-2023_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2114/plo_-_2023_-_0476_-_2023_-_ver_edgar_silva_-_relevante_o_montanhismo_conservacao_sinalizacao_protecao_trilhas_e_vias_de_escaladas.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1996/plo_-_2023_-_0492-2023_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2091/plo_-_2023_-_0540__-_2023_-_ver_jose_lucas_stutz_-_da_denominacao_rua_parque_luiza.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1044/plo_-_2023_-_0541-2023_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/976/plo_-_2023_-_0566-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1043/plo_-_2023_-_0576-2023_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1041/plo_-_2023_-_0584-2023_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2089/plo_-_2023_-_0601_-_2023_-_ver_marcos_vinicius_ferreira_-_atendimento_prioritario_transtorno_espectro_autista.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1989/plo_-_2023_-_0602-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1040/plo_-_2023_-_0604-2023_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1039/plo_-_2023_-_0605-2023_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/977/plo_-_2023_-__0610-2023_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1999/plo_-_2023_-_0617-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/978/plo_-_2023_-_0635-2023_-_legislativo_-_fabricio_de_araujo_sousa_-_controle_populacional_de_caes_e_gatos.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1038/plo_-_2023_-_0653-2023_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/28/plo_-_2023_-_0659-2023_-_jose_lucas_stutz_delgado_pinto_e_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1209/plo_-_2024_-_0671-2023_-_marcus_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1994/plo_-_2023_-_0672-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1993/plo_-_2023_-_0673-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1037/plo_-_2023_-_0700-2023_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1036/plo_-_2023_-_0701-2023_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1035/plo_-_2023_-_0702-2023_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1034/plo_-_2023_-_0703-2023_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1033/plo_-_2023_-_0706-2023_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1031/plo_-_2023_-_0707-2023_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1212/plo_-_2024_-_0715-2023_-_marcus_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1030/plo_-_2023_-_0717-2023-_loa_-_lei_orcamentaria_anual_para_o_exercicio_de_2024.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1997/plo_-_2023_-_0723-2023_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1029/plo_-_2023_-_0782-2023_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/979/plo_-_2023_-_0749-2023_-_legislativo_-_jose_candido_fragoso_-_preservacao_do_rio_macacu.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/983/plo_-_2023_-_0773-2023_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/980/plo_-_2023_-__0774-2023_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1028/plo_-_2023_-_0782-2023_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1027/plo_-_2023_-_0793-2023_-_executivo_-_abre_credito_adicional_por_excesso_de_arrecadacao.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1021/plo_-_2023_-_0800-2023_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1022/plo_-_2023_-_0815-2023_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1991/plo_-_2023_-_0818-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1023/plo_-_2023_-_0832-2023_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1992/plo_-_2023_-_0876-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1990/plo_-_2023_-_0877-2023_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2094/plo_-_2023_-_0888_-_2023_-_ver_edgar_silva_-_da_nome_rua_pastor_scillas_pinto_no_valerio.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1026/plo_-_2023_-_0927-2023_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2118/plo_-_2023_-_0969__-_2023_-_ver_valdinei_siqueira_-_denomina_rua_zali_pedro_da_silva_-_na_castalia.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/973/plo_-_2023_-_0981-2023_-_mesa_diretora.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2076/plo_-_2023_-_0613_-_2023_-_ver_darcileia_ulerisch_da_silva_-_assistencia_integral_mulher_climaterio_menopausa.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1960/prs_-_2023_-_0205__-_2023_-_ver_darcileia_ulerisch_-_convoca_sec_saude_esclarecimentos_situacao_pasta.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1959/prs_-_2023_-_0258_-_2023_-_poder_legisl_-_mesa_diretora_-_regulamenta_lei_14.133_01abr21.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1958/prs_-_2023_-_0280_-_2023_-_ver_edivaldo_pereira_-_altera_res_035de2023_da_lei_federal_14133_de_01abr2021.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1961/prs_-_2023_-_0371-2023_-_ver_fabricio_de_araujo_-_concede_medalha_honra_merito.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1950/prs_-_2023_-_0372-2023_-_ver_edivaldo_pereira_de_souza_-_concede_medalha_honra_merito.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2014/prs_-_2023_-_0373_-_2023_-_ver_marcos_vinicius_ferreira_-_concede_medalha_honra_merito_-_anderson_ferreira_reis.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2029/prs_-_2023_-_0374_-_2023_-_ver_darcileia_ulerisch_-_concede_medalha_honra_merito_-_thayrone_da_silva_ribeiro.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2030/prs_-_2023_-_0375_-_2023_-_ver_edgar_da_silva_-_concede_medalha_honra_merito_-_tenorio_lima_costa.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2018/prs_-_2023_-_0376_-_2023_-_ver_jose_lucas_stutz_-_concede_titulos_de_cidadania_-_joao_paulo_de_oliveira_costa_e_outros.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1963/prs_-_2023_-_0377_-_2023_-_ver_ivan_dionizio_-_concede_titu_los_de_cidadania_-_helson_alves_e_outros.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1955/prs_-_2023_-_0378_-_2023_-_ver_ailton_telles_-_concede_titulos_de_cidadania.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2016/prs_-_2023_-_0379_-_2023_-_ver_tiago_da_silva_-_concede_medalha_honra_merito_-_dilmar_pinto_barroso_e_outra.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2020/prs_-_2023_-_0380_-_2023_-_ver_valdinei_pires_-_concede_medalha_honra_merito_-_keila_duarte_jordao.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1964/prs_-_2023_-_0381_-_2023_-_ver_van_dionizio_-_concede_medalha_honra_merito_-_izaac_sipriano_da_silva.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2019/prs_-_2023_-_0382_-_2023_-_ver_valdinei_pires_-_concede_titulos_de_cidadania_-_sidnei_de_mattos_e_eoutros.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2017/prs_-_2023_-_0383_-_2023_-_ver_juscelino_rodrigues_-_concede_titulos_de_cidadania_-_enio_cesar_pimentel_da_silva_e_outros.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1952/prs_-_2023_-_0384-2023_-_ailton_telles_machado.pdf.crdownload" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2015/prs_-_2023_-_0385_-_2023_-_ver_marcos_vinicius_ferreira_-_concede_titulos_de_cidadania_-_robinson_nunes_alves_e_outros.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1962/prs_-_2023_-_0386_-_2023_-_ver_fabricio_araujo_-_concede_titulo_de_cidadania_-_luci_vieira_e_outros.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1965/prs_-_2023_-_0387_-_2023_-_ver_jose_candido_fragoso_-_concede_medalha_honra_merito_-_leonardo_francisco_da_silva.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1966/prs_-_2023_-_0388_-_2023_-_ver_jose_candido_fragoso_-_concede_titulos_cidadania_-_sostenes_silva_cavalcante_e_outros.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2021/prs_-_2023_-_0389_-_2023_-_ver_tiago_da_silva_-_concede_titulos_de_cidadania_-_paulo_cesar_da_rocha_e_outros.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1957/prs_-_2023_-_0390_-_2023_-_ver_nilton_matozo_-_concede_titulos_de_cidadania_-_outros.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2026/prs_-_2023_-_0391_-_2023_-_ver_alexandre_ferreira_-_concede_medalha_honra_merito_-_deisi_lucia_rangel_serra.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2027/prs_-_2023_-_0392_-_2023_-_ver_alexandre_ferreira_-_concede_medalhas_honra_merito_-_antonio_ricardo_f_mendonca_e_outros.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2028/prs_-_2023_-_0393_-_2023_-_ver_darcileia_ulerisch_-_concede_titutlos_de_cidadania_-_francilene_de_oliveira_nunes_e_outras.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2025/prs_-_2023_-_0394_-_2023_-_ver_edivaldo_pereira_de_souza_-_concede_titutlos_de_cidadania_-_rosevanda_pojo_da_silva_e_outros.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2031/prs_-_2023_-_0395_-_2023_-_ver_edgar_da_silva_-_concede_titulos_cidadania__-_sarah_de_lourdes_nunes_correa_fonseca_e_outros.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1967/prs_-_2023_-_0396_-_2023_-_ver_marcos_antonio_freitas_-_concede_titulos_de_cidadania_cachoeirense_-_haroldo_lima_costa_e_outro.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1956/prs_-_2023_-_0397-2023_-_ver_nilton_matozo_-_concede_titulos_de_cidadania_-_luiz_antonio_da_costa.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2024/prs_-_2023_-_0398__-_2023_-_ver_juscelino_rodrigues_-_concede_medalha_honra_merito_-_natanael_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1951/prs_-_2023_-_0399_-2023_-_ver_jose_lucas_-_concede_medalha_a_thiago_pampolha.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/2022/prs_-_2023_-_0638_-_2023_-_ver_tiago_da_silva_-_comiss_fin_orc_-_aprova_contas_pref_rafael_miranda_-_exerc_2021.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1944/vet_-_2023_-_0440_-_2023_-_parcial_-_executivo_-_prazo_laudo_pericial_transtorno_espectro_autista_-_plo_-_ver_marcos_vinicius.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1942/vet_-_2023_-__0557_-_2023_-_total_-_executivo_-_plo_-_ver_jose_candido_-_promocao_protetores_animais.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2023/1943/vet_-_2023_-_0810-2023_-_executivo_-_inclusao_tema_violencia_contra_mulher_nas_unidades_de_ensino.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H360"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="47.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="161.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="209.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="208.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>