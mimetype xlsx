--- v0 (2025-12-06)
+++ v1 (2026-03-07)
@@ -54,4478 +54,4478 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Darcileia Ulerisch da Silva (Darcileia Ulerisch)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/</t>
   </si>
   <si>
     <t>Construir uma creche do idoso e um complexo de saúde para idoso contendo academia do idoso, terapia ocupacional, centro de reabilitação, acolhimento psicológico e farmácia do idoso.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/157/ind_-_2022_-__0018-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/157/ind_-_2022_-__0018-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Interceda junto a Secretaria de Obras para que tome às devidas providências quanto as condições precárias dos banheiros públicos na rodoviária de Cachoeiras de Macacu.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>Juscelino Rodrigues de Barcelos (Celino)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/227/ind_-_2022_-_0022-2022_-_juscelino_rodrigues_de_barcelos_1.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/227/ind_-_2022_-_0022-2022_-_juscelino_rodrigues_de_barcelos_1.pdf</t>
   </si>
   <si>
     <t>Interceder junto ao Secretário Municipal de Obras, o senhor Fenando Muzzi de Miranda em atender a comunidade do Bairro Km 70, com relação ao asfaltamento da Rua Alvim Santana Neves.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/228/ind_-_2022_-_0023-2022_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/228/ind_-_2022_-_0023-2022_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>Atender a comunidade do Bairro Cidade Alta com relação a instalação de iluminação. cercamento e limpeza geral do Campinho.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/158/ind_-_2022_-_0059-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/158/ind_-_2022_-_0059-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Solicitar as melhorias necessárias em todas as ruas do bairro do Gleba Colégio, pois encontra-se em péssimas condições de trafegabilidade devido ao grande número de buracos.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/159/ind_-_2022_-_0060-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/159/ind_-_2022_-_0060-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Solicitar a criação de carteirinha e atendimento preferencial para pacientes com fibromialgia, em órgãos e empresas privadas e públicas e estacionamentos do Município.</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/160/ind_-__2022_-_0061-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/160/ind_-__2022_-_0061-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Disponibilizar uma unidade móvel de Centro de Referência de Assistência Social (CRAS).</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/161/ind_-__2022_-_0062-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/161/ind_-__2022_-_0062-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Solicitar que seja criado um projeto de esporte para a melhor idade com a organização de campeonatos municipais.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/162/ind_-__2022_-_0063-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/162/ind_-__2022_-_0063-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Solicitar a concessão do programa CNH social para jovens de baixa renda.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/163/ind_-__2022_-_0066-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/163/ind_-__2022_-_0066-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Construir uma área de lazer no terreno baldio, lotado de entulho e lixo localizado em Agro Brasil, na Rua 13.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>José Lucas Stutz Delgado Pinto (Lucas Stutz)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/245/ind_-_2022_-_0074-2022_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/245/ind_-_2022_-_0074-2022_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Vistoriar a Rua Nicomedes Arruda, Centro, Cachoeiras de Macacu - RJ.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>Tiago da Silva Teixeira (Tiago do Gás)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/254/ind_-_2022_-_0075-2022_-_tiago_da_silva_teixeira.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/254/ind_-_2022_-_0075-2022_-_tiago_da_silva_teixeira.pdf</t>
   </si>
   <si>
     <t>Solicitando que seja realizada a limpeza, poda e remoção das vegetações na beira da Estrada que Uga a RJIZZ ao Guapiaçu.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/249/ind_-_2022_-_0078-2022_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/249/ind_-_2022_-_0078-2022_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Acionar ao Secretário de Obras Senhor Luiz Fernando Muzzi de Miranda, para vistoriar o final da Rua Prefeito Júlio Maia, Campo do Prado, Cachoeiras de Macacu - RJ.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>Alexandre Ferreira da Fonseca (Didico)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/258/ind_-_2022_-__0082-2022_-_alexandre_ferreira_da_fonseca.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/258/ind_-_2022_-__0082-2022_-_alexandre_ferreira_da_fonseca.pdf</t>
   </si>
   <si>
     <t>Para que seja realizada e Limpeza das ruas dos bairros do Boa Vista e Boqueirão. tendo em vista que esses localidades necessitam de manutenção em suas ruas como a limpeza e pode bem como a retirada de material que bloqueiam a passagem de água pluviais.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>Edgar Rosa da Silva (Professor Edgar)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/267/ind_-_2022_-_0085-2022_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/267/ind_-_2022_-_0085-2022_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado o expediente ao Excelentíssimo Prefeito Municipal, Senhor Rafalel Muzzi de Miranda, para que o mesmo intercede junto a Secretaria da Ordem Pública, representada pelo então Senhor Secretário Leonardo Passo, ou o departamento responsável para que sejam instaladas área de embarque e desembarque nas escolas do município, em Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>Ivan Dionizio (Ivan Dionizio)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/271/ind_-_2022_-_0087-2022_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/271/ind_-_2022_-_0087-2022_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>Para que seja realizado mensalmente Limpeza/roçada na área do estacionamento do Parque de Exposição agropecuária de Papucaia (foto em anexo).</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/272/ind_-_2022_-__0088-2022_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/272/ind_-_2022_-__0088-2022_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>Para efetivar e redução da atual velocidade (80 Km) da pista em 25% (60 Km) e a instalação de um redutor de velocidade (radar eletrônico) na RJ 116 do KM 21. altura entre o posto de combustível Talismã e do Mercado Veneza no bairro da Ribeira (foto em anexo).</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/273/ind_-_2022_-_0092-2022_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/273/ind_-_2022_-_0092-2022_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>Para efetivação de testes e manutenções preventivas pelo período quadrimestral consecutivo em todas as SIRENES do sistema de Alerta e Alarme instaladas em nosso município, em conjunto com o trabalho de orientações aos munícipes sobre dicas de prevenção de tragédias naturais (fortes chuvas), através dos meios de comunicação disponíveis (jornais, rádios, redes sociais, panfletos e/ou outros).</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/274/ind_-_2022_-_0093-2022_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/274/ind_-_2022_-_0093-2022_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>Para que o mesmo Interceda junto a Secretaria Municipal de Meio Ambiente e Obras para efetivação da poda dos galhos das árvores e a troca/manutenção das lâmpadas localizadas</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/229/ind_-_2022_-_0094-2022_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/229/ind_-_2022_-_0094-2022_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>Atender a comunidade do Bairro Porto do Tabuado, com relação a reforma do Posto de Saúde (ESF) daquela localidade.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
     <t>Marcos Vinícius Ferreira Romero (Vinicius Romero)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/279/ind_-_2022_-__0125-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/279/ind_-_2022_-__0125-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Para buscar parcerias no âmbito das Universidades Estaduais e/ou Federais com intuito de promover solução de preservação da árvore_x000D_
 SAPUCAEIRA de JAPUÍBA.</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/275/ind_-_2022_-_0127-2022_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/275/ind_-_2022_-_0127-2022_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>Para que seja instalado um COLETOR DE LIXO domiciliar (Containers de Lixo), na esquina entre as Ruas Padre Antônio da Costa Carvalho (rua principal) com a Rua Gessi Menezes, no bairro da Ribeira.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>Que seja encaminhado o expediente ao Excelentíssimo Prefeito Municipal Sr. Rafael Muzzi de Miranda para que o mesmo interceda junto ao Secretário Municipal de Obras para providenciar a RECONSTRUÇÃO da ponte que liga a Rua Genésio da Rocha (antiga rua H) com a Avenida Paulo Francisco Torres, no bairro de Papucaia (foto em anexo).</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/268/ind_-_2022_-_0129-2022_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/268/ind_-_2022_-_0129-2022_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>Para que, ESTUDEM MEIOS PARAA INSTALAÇÃO DE ÁREAS DE EMBARQUE E DESEMBARQUEPARA MOTORISTAS PARTICULARES NOS CENTROS  COMERCIAIS, em Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/269/ind_-_2022_-_0130_-_2022_-_edgar_rosa_da_silva_-_retirada.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/269/ind_-_2022_-_0130_-_2022_-_edgar_rosa_da_silva_-_retirada.pdf</t>
   </si>
   <si>
     <t>Para que realize reforma na quadra poliesportiva do Colégio Municipal Almerinda Ferreira de Almeida, na Rua Cel. Bastos Macedo Soares, no Bairro Japuíba em Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/280/ind_-_2022_-_0132-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/280/ind_-_2022_-_0132-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Que venha Reativar o laboratório de análise de solo que fica localizado no horto Municipal de Cachoeiras de Macacu.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/281/ind_-_2022_-_0133-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/281/ind_-_2022_-_0133-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Para que faça a pintura e vistoria de todas as Passarelas e Pontes de Ferro instalada no âmbito Municipal de Cachoeiras de Macacu.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/282/ind_-_2022_-_0134-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/282/ind_-_2022_-_0134-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Para que seja feito uma contenção localizado no Loteamento Domingo Português em Japuíba.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/259/ind_-_2022_-_0135-2022_-_alexandre_ferreira_da_fonseca.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/259/ind_-_2022_-_0135-2022_-_alexandre_ferreira_da_fonseca.pdf</t>
   </si>
   <si>
     <t>Para que seja realizada a aquisição de 5 Estações Meteorológicas, com o intuito de melhorar nossa previsibilidade em relação fenômenos meteorológicos.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>José Cândido Fragoso (Professor José Cândido)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/291/ind_-_2022_-_0136-2022_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/291/ind_-_2022_-_0136-2022_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>Para que façam, urgentemente, o reparo do guarda corpo da ponte que liga os bairros da Ribeira e Coletivo, ao final da Rua Padre Antônio da Costa Carvalho.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/283/ind_-_2022_-_0145-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/283/ind_-_2022_-_0145-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Para solicitar a compra de um Colposcópio para o Hospital Municipal Celso Martins.</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
     <t>Construir uma Praça Pública contendo uma Academia da Terceira Idade (ATI), para a comunidade de Agro Brasil.</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/165/ind_-_2022_-_0152-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/165/ind_-_2022_-_0152-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Construir uma Quadra Poliesportiva na Rua 27 (Rua das Rosas), localizada no bairro Agro Brasil.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/230/ind_-_2022_-_0153-2022_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/230/ind_-_2022_-_0153-2022_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>Atender a comunidade do Bairro Castália, com relação a dar continuidade às obras de pavimentação da Avenida Castália.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/232/ind_-_2022_-_0154-2022_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/232/ind_-_2022_-_0154-2022_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>Atender a comunidade do Bairro Campo do Prado, com relação a promover um estudo para a poda das árvores da Avenida Governador Roberto Silveira.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/284/ind_-_2022_-_0181-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/284/ind_-_2022_-_0181-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Solicitando a reforma , ampliação e modernização do Ambulatório Padre Batalha.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/234/ind_-_2022_-_0184-2022_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/234/ind_-_2022_-_0184-2022_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>Interceder junto ao Secretário Municipal de Ordem Pública, o Sr. Cel Leonardo Passos em atender a categoria dos taxistas de nossa cidade, com relação a promover uma pintura mais elucidativa demarcando melhor os pontos.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/277/ind_-_2022_-_0185-2022_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/277/ind_-_2022_-_0185-2022_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>Para analisar a viabilidade da implantação de PAVIMENTAÇÃO ASFÁLTICA nas mas Geni Menezes e Julieta Busquet Saldanha, conforme a imagem em anexo.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/166/ind_-_2022_-_0190-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/166/ind_-_2022_-_0190-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Construção de um Posto de Saúde para os bairros de Soarinho e Ipiranga.</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>Implantação do Programa Saúde Bucal nas Escolas, com a finalidade de instituir uma agenda mensal de avaliações odontológicas, com serviços de escovação dentária, remoção de cárie e tártaro, obturações simples, restaurações, palestras explicativas, aplicação de flúor e distribuição de kits de escovação na rede pública de ensino de Cachoeiras de Macacu.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/253/ind_-_2022_-__0199-2022_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/253/ind_-_2022_-__0199-2022_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Providenciar junto ao Chefe do Poder Executivo Municipal Prefeito Rafael Muzzi de Miranda, saneamento básico com muro de proteção ou "MIRANTE", para todos apreciarem as belezas do local conhecido do Rio Macacu "POÇO DO SASSUI", Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/260/ind_-_2022_-__0200-2022_-_alexandre_ferreira_da_fonseca.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/260/ind_-_2022_-__0200-2022_-_alexandre_ferreira_da_fonseca.pdf</t>
   </si>
   <si>
     <t>Para que seja realizada o retoque das faixas de pedestres no Centro, tendo em vista que o bairro citado se encontra em local importante da cidade e as faixas de pedestres se encontram sem a  orientação clara visível para os pedestres.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/261/ind_-_2022_-__0201-2022_-_alexandre_ferreira_da_fonseca.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/261/ind_-_2022_-__0201-2022_-_alexandre_ferreira_da_fonseca.pdf</t>
   </si>
   <si>
     <t>Para que seja realizada a manutenção da Rua Hildebrando F. Alves, Boa Vista, tendo em vista que a rua citada se encontra com buracos gerados pelas fortes chuvas dos últimos dias.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/262/ind_-_2022_-__0202-2022_-_alexandre_ferreira_da_fonseca.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/262/ind_-_2022_-__0202-2022_-_alexandre_ferreira_da_fonseca.pdf</t>
   </si>
   <si>
     <t>Para que seja realizada a instalação de um guarda corpo na Rua 13 de maio, Centro, tendo em vista que a rua Citada se encontra sem a proteção necessária para os indivíduos que transitam por ela.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>Vilmar Pereira da Silva (Lolô Eletricista)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/567/ind_-_2022_-_0207-2022_-_vilmar_pereira_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/567/ind_-_2022_-_0207-2022_-_vilmar_pereira_da_silva.pdf</t>
   </si>
   <si>
     <t>Para que interceda junto aos órgãos competentes para a implantação de um Posto de Saúde na localidade do Valério.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/568/ind_-_2022_-_0208-2022_-_vilmar_pereira_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/568/ind_-_2022_-_0208-2022_-_vilmar_pereira_da_silva.pdf</t>
   </si>
   <si>
     <t>Para que interceda junto aos Órgãos competentes para a implantação de um Procon no Município de Cachoeiras de Macacu.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/569/ind_-_2022_-_0209-2022_-_vilmar_pereira_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/569/ind_-_2022_-_0209-2022_-_vilmar_pereira_da_silva.pdf</t>
   </si>
   <si>
     <t>Para que interceda junto aos órgãos competentes para a reforma do campo sintético do Bairro Parque Veneza.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/292/ind_-_2022_-_0214-2022_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/292/ind_-_2022_-_0214-2022_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>Façam os devidos estudos de viabilidade e processos administrativos para a instalação imediata de grades de proteção em todos os Viadutos urbanos do município de Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>Fabrício de Araujo Sousa (Fabrício Português)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/572/ind_-_2022_-_0218-2022_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/572/ind_-_2022_-_0218-2022_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Para que seja realizada uma reforma no campo do setenta com a construção de vestiários masculino e feminino na Rodovia RJ 116 km 35, no bairro_x000D_
 Setenta.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/573/ind_-__2022_-_0219-2022_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/573/ind_-__2022_-_0219-2022_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Para que seja feira a instalação de manilhas em um trecho de aproximadamente36mt (trinta e seis metros) de extensão, manutenção e limpeza das galerias  pluviais à rua Afonso Trannin no bairro Castália.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/285/ind_-_2022_-_0221-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/285/ind_-_2022_-_0221-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Que realize um estudos que busque viabilizar a construção de uma praça no Bairro Zungu conhecido como (Tieta) em Japuíba ,Cachoeiras de Macacu no_x000D_
 terreno reservado para esse fim.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/286/ind_-_2022_-_0222-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/286/ind_-_2022_-_0222-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Estudo que viabilize a reforma da Escola Municipal Bertholdo Duarte Filho , localizada na Rua Raiz da serra , Japuíba -Cachoeiras de Macacu.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>Intercede junto à Secretaria competente para que seja colocado um LETREIRO TURISTICO com a inscrição "EU AMO PAPUCAIA" em Papucaia.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/570/ind_-_2022_-_0226_-_2022_-_vilmar_pereira_da_silva_-_retirada.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/570/ind_-_2022_-_0226_-_2022_-_vilmar_pereira_da_silva_-_retirada.pdf</t>
   </si>
   <si>
     <t>Para que interceda junto aos Órgãos competentes para a construção de uma ciclovia iniciada no centro da Cidade até a APA de Cachoeiras de Macacu.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>Nilton Matozo Viana (Dunga)</t>
   </si>
   <si>
     <t>INDICO. seja encaminhada expediente ao Exmo. Senhor Prefeito RAFAEL MUZZI DE MIRANDA. solicitando sua intermediação junta à SECRETARIA MUNICIPAL DE EDUCAÇÃO E CULTURA para envidar esforços de forma a  reavivar nossa histórica BANDA MUNICIPAL MAESTRO WALDEMAR NAVEGA.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/575/ind_-_2022_-_0237-2022_-_nilton_matozo_viana.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/575/ind_-_2022_-_0237-2022_-_nilton_matozo_viana.pdf</t>
   </si>
   <si>
     <t>Para verificar a viabilidade técnica orçamentária de revitalização com piso intertravado das calçadas do bairro de Japuíba no trecho compreendido entre a praça na entrada do bairro até a praça Macedo Soares no largo da Matriz de Senhora Sant 'Anna.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>Para que seja realizada a manutenção da Rua D, Boqueirão, tendo em vista que a rua citada se encontra sem pavimentação e com bastante irregularidade no caminho.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/571/ind_-_2022_-_0244-2022_-_vilmar_pereira_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/571/ind_-_2022_-_0244-2022_-_vilmar_pereira_da_silva.pdf</t>
   </si>
   <si>
     <t>Para que intercede junto aos Órgãos competentes para a colocação de um radar na pista RJ 116, Reta dos Ipes, próximo a entrada da APA Macacu.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/574/ind_-_2022_-_0252-2022_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/574/ind_-_2022_-_0252-2022_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado expediente ao Exmo. Senhor Prefeito Rafael Muzzi de Miranda, no intuito de que intercede junto à Secretaria de Turismo para que seja instalado a “CASA DO ARTESÃO”, à RJ 116 km 38, ao lado do Portal da entrada da cidade.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/293/ind_-_2022_-_0254-2022_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/293/ind_-_2022_-_0254-2022_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>Para que seja disponibilizada, com Extrema Urgência, uma Ambulância na UPA da Ribeira com a finalidade de atender chamados externos.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>Edivaldo Pereira de Souza (Dudu do Povão)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/577/ind_-_2022_-_0255-2022_-_edivaldo_pereira_de_souza.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/577/ind_-_2022_-_0255-2022_-_edivaldo_pereira_de_souza.pdf</t>
   </si>
   <si>
     <t>Para que, na qualidade de Prefeito Municipal, interceda junto a Secretaria de Obras ou outra competente, para que realize a revitalização da pavimentação do Bairro Faraó com utilização de paralelos, iniciando na ponte próximo a Praça Nicolau Silva até Igreja Católica do Faraó de Cima.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/270/ind_-_2022_-__0258-2022_-_edgar_rosa_da_silva_1.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/270/ind_-_2022_-__0258-2022_-_edgar_rosa_da_silva_1.pdf</t>
   </si>
   <si>
     <t>Para que SE INSTALE ÁREA EXCLUSIVA DE ESTACIONAMENTO PARA OS CARROS DA SAÚDE NA PARTE SUPERIOR DO AMBULATÓRIO PADRE BATALHA, PARA FACILITAR O EMBARQUE DE DESEMBARQUE DE PACIENTES, Rua Anísio Monteiro da Silva 186 - Centro em Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/578/ind_-_2022_-_0260-2022_-_nilton_matozo_viana_1.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/578/ind_-_2022_-_0260-2022_-_nilton_matozo_viana_1.pdf</t>
   </si>
   <si>
     <t>Providenciar revitalização da calçada com pisos intertravados, bem como a iluminação pública no Cantinho dos Flamboyants, localizado no passeio público denominado como “Bica do Leão”, no centro do município.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/579/ind_-_2022_-_0261_-_2022_-_nilton_matozo_viana_-_retirada.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/579/ind_-_2022_-_0261_-_2022_-_nilton_matozo_viana_-_retirada.pdf</t>
   </si>
   <si>
     <t>Providenciar reforma da calçada com pisos intertravados, bem como da iluminação pública no local, também dos mezaninos eproteção com grades no muro gabião ao longo do Rio Macacu no trecho compreendido da Rua Nicomedes Arruda, centro do município.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>Para que seja realizada a pavimentação e obras de contenção da Rua da Areia Branca, Boa Vista, tendo em vista que a rua citada se encontra sem pavimentação e com bastante irregularidade no caminho.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/265/ind_-_2022_-__0265-2022_-_alexandre_ferreira_da_fonseca.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/265/ind_-_2022_-__0265-2022_-_alexandre_ferreira_da_fonseca.pdf</t>
   </si>
   <si>
     <t>Para que seja adquirido um decibelímetro (equipamento que mede o volume de ruídos), para a guarda municipal em suas fiscalizações, aferir o nível de ruídos nas festas e eventos, quando solicitado no caminho.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/266/ind_-_2022_-_0266-2022_-_alexandre_ferreira_da_fonseca.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/266/ind_-_2022_-_0266-2022_-_alexandre_ferreira_da_fonseca.pdf</t>
   </si>
   <si>
     <t>Para que seja adquirido um triturador de galhos e troncos, transformando o material da poda em elemento para composição de terra adubada e resolvendo o problema do descarte.</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/256/ind_-_2022_-_0289-2022_-_tiago_da_silva_teixeira.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/256/ind_-_2022_-_0289-2022_-_tiago_da_silva_teixeira.pdf</t>
   </si>
   <si>
     <t>Para que encaminhe o expediente ao Presidente da AMAE, solicitando que seja reformada a Câmara Mortuária de Papucaia.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/257/ind_-_2022_-_0290_-_2022_-_tiago_da_silva_teixeira_-_retirada.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/257/ind_-_2022_-_0290_-_2022_-_tiago_da_silva_teixeira_-_retirada.pdf</t>
   </si>
   <si>
     <t>Para que encaminhe o expediente ao Presidente da AMAE, solicitando que sejam colocadas lixeiras na praça de Papucaia.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/278/ind_-_2022_-_0295-2022_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/278/ind_-_2022_-_0295-2022_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>Para analisar a viabilidade da implantação e instalação de um redutor de velocidade na Avenida Governador Roberto Silveira (Campo do Prado).</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/288/ind_-_2022_-_0296-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/288/ind_-_2022_-_0296-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Para que estude e busque viabilizar a reforma na base do SAMU localizado na RJ 116 km 28 em Japuiba.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/289/ind_-_2022_-_0297-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/289/ind_-_2022_-_0297-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Para que seja instalado um container no Loteamento Zumbu (Tieta) em Japuíba.</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/290/ind_-_2022_-__0298-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/290/ind_-_2022_-__0298-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Para que seja instalado um container na Serra de Bertholdo em Japuíba.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/287/ind_-_2022_-_0299-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/287/ind_-_2022_-_0299-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Para que seja instalado um container no Estreito.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/235/ind_-_2022_-_0301-2022_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/235/ind_-_2022_-_0301-2022_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>Atender aos munícipes do Bairro Boa Vista, mais precisamente da Rua das Pedras.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/237/ind_-_2022_-_0302-2022_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/237/ind_-_2022_-_0302-2022_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>Atender aos munícipes que trafegam a pé pela RJ 116 por volta das proximidades do Fórum, com a construção de uma passarela.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>Marco Antônio Freitas Pereira (Marquinho do Povo)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/581/ind_-__2022_-_0306-2022_-_tiago_da_silva_teixeira_e_marcos_antonio_freitas_pereira.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/581/ind_-__2022_-_0306-2022_-_tiago_da_silva_teixeira_e_marcos_antonio_freitas_pereira.pdf</t>
   </si>
   <si>
     <t>Para que seja colocado o LETREIRO TURÍSTICO com a inscrição “EU AMO MARAPORÃ” em Maraporã — Cachoeiras de Macacu/RJ.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/580/ind_-_2022_-_0308-2022_-_nilton_matozo_viana.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/580/ind_-_2022_-_0308-2022_-_nilton_matozo_viana.pdf</t>
   </si>
   <si>
     <t>Verificar a viabilidade técnica orçamentária para AQUISIÇÃO DE UM VEÍCULO ODONTOMÓVEL.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/582/ind_-_2022_-_0315-2022_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/582/ind_-_2022_-_0315-2022_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Encaminhar expediente para o Secretario de Meio Ambiente no sentido de contratar empresa especializada em "poda e corte de árvores.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/583/ind_-_2022_-_0316-2022_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/583/ind_-_2022_-_0316-2022_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Encaminhar equipe de Engenheiros no Bairro Tuim, para colocar no Orçamento Municipal continuação de muro de contenção no local denominado Morro do Bambuzinho, Final da Rua Fernando Teixeira.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/605/ind_-_2022_-_0321-2022_-_vilmar_pereira_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/605/ind_-_2022_-_0321-2022_-_vilmar_pereira_da_silva.pdf</t>
   </si>
   <si>
     <t>Para que interceda junto aos Órgãos competentes a desapropriação da área dos Três pedras e Tanque.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/614/ind_-_2022_-_0325-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/614/ind_-_2022_-_0325-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Em conformidade com os preceitos regimentais desta Casa Legislativa e após ouvir o Douto Plenário INDICO, seja encaminhado expediente ao_x000D_
 Exmo. Senhor Prefeito Municipal Rafael Muzzi de Miranda , que interceda junto aos órgãos competentes que viabilize a contratação de um profissional de Fonoaudiologia para o Município.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/618/ind_-_2022_-_0348-2022_-_nilton_matozo_viana.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/618/ind_-_2022_-_0348-2022_-_nilton_matozo_viana.pdf</t>
   </si>
   <si>
     <t>De conformidade com o que preceitua o Regimento Interno desta Casa Legislativa e após ouvir o Douto Plenário, INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito RAFAEL MUZZI DE MIRANDA, solicitando sua intermediação junto à SECRETARIA MUNICIPAL DE OBRAS, bem como encaminhamento desta à AMAE, para verificar a POSSIBILIDADE URGENTE de reparos na RUA VALTINA DE ALMEIDA RODRIGUES na localidade do Loteamento em Japuíba.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/725/ind_-_2022_-_0350-2022_-_nilton_matozo_viana.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/725/ind_-_2022_-_0350-2022_-_nilton_matozo_viana.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito RAFAEL MUZZI DE MIRANDA, solicitando sua intermediação junto à SECRETARIA_x000D_
 MUNICIPAL DE EDUCAÇÃO E CULTURA para a implementação de Playground para os alunos das seguintes escolas da rede municipal de ensino: Escola Municipalizada Brizolinha em Japuíba; Escola Municipal Elias Farah em São José da Boa Morte; Escola Municipal Luci Campelo no bairro da Boa Vista e Escola Municipal Matinha no bairro Setenta.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/620/ind_-_2022_-_0351-2022_-_nilton_matozo_viana.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/620/ind_-_2022_-_0351-2022_-_nilton_matozo_viana.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado expediente ao Exmo. Senhor Prefeito RAFAEL MUZZI DE MIRANDA, solicitando sua intermediação junto à SECRETARIA MUNICIPAL DE EDUCAÇÃO, SECRETARIA DE PLANEJAMENTO, SECRETARIA DE DESENVOLVIMENTO ECONÓMICO para verificar a viabilidade da CRMÇÃO DE PROGRAMA DE POLÍTICAS PÚBLICAS PERMANENTES PARAA JUVENTUDE CA CHOEIRENSE COM CURSODE CAPACITAÇÃOTECNOLÓGICA.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/635/ind_-_2022_-_0352_-_2022_-_marcos_vinicius_ferreira_romero_-_retirada.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/635/ind_-_2022_-_0352_-_2022_-_marcos_vinicius_ferreira_romero_-_retirada.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito Rafael Muzzi de Miranda, no intuito de que intercede junto à Secretaria de Obras_x000D_
 e Órgãos competentes para que estude e busque viabilizar a reforma da Escola Municipal Eng. Elias Farhat localizada na Estrada Rio-Friburgo. km 17 - São José da Boa Morte -3o Distrito.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/637/ind_-_2022_-_0353-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/637/ind_-_2022_-_0353-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito Rafael Muzzi de Miranda, no intuito de que interceda junto a Secretaria de Obras_x000D_
 e Órgãos competentes para que estude e busque viabilizar a reforma da Escola Estadual Municipalizada Bom Jardim localizada no Faraó de Baixo Japuíba.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/638/ind_-_2022_-__0354-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/638/ind_-_2022_-__0354-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Plenário INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito Rafael Muzzi de Miranda, no intuito de que interceda junto à Secretaria de Obras e Órgãos competentes para que estude e busque viabilizar a reforma da Escola Estadual Municipalizada Tiradentes localizada no Matumbo —3º distrito.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/639/ind_-_2022_-_0355-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/639/ind_-_2022_-_0355-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Para que estude e busque viabilizar a reforma da quadra da Escola Estadual Municipaliza Sete de Setembro localizada na RJ 122,Estrada Rio-Friburgo Via_x000D_
 Km 23 Magé -Maraporã.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/640/ind_-_2022_-_0356-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/640/ind_-_2022_-_0356-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Para que estude e busque viabilizar a reforma da Escola Estadual Municipalizada Ernestina Ferreira Campos localizada no Guapiaçu-Subaio.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/584/ind_-_2022_-_0357-2022_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/584/ind_-_2022_-_0357-2022_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Encaminhado expediente ao Secretário Municipal de Saúde, Dr. Carlos Eduardo da Silva Aguiar, para que o mesmo providencie o mais rápido possível aquisição de um MONITOR para o AMBULATÓRIO PADRE BATALHA, Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/654/ind_-_2022_-_0366-2022_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/654/ind_-_2022_-_0366-2022_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Para que seja feito a manutenção, patrolamento, ao final da Avenida Castália, no bairro Castália.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/655/ind_-_2022_-_0367-2022_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/655/ind_-_2022_-_0367-2022_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Para que seja inserido, um profissional da área de Fonoaudiologia no CREEM (CENTRO DE RECURSOS EDUCAIONAIS ESPECIALIZADOS MUNICIPAL-.),</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/656/ind_-_2022_-_0368-2022_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/656/ind_-_2022_-_0368-2022_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Para que seja efetuada a reforma da CASA DIAH.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/665/ind_-_2022_-__0373-2022_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/665/ind_-_2022_-__0373-2022_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>Para que SE ADQUIRA UMA VIATURA COM TRAÇÃO 4x4 PARA A DEFESA CIVIL de Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/666/ind_-_2022_-_0374-2022_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/666/ind_-_2022_-_0374-2022_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>Para que SE INSTALE 3 SUPORTES NOS POSTES PARA INSTALAÇÃO DE ILUMINAÇÃO PÚBLICA NO “RECANTO DOS PÁSSAROS”, Estrada RJ116 km25 -_x000D_
 Japuíba em Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/683/ind_-_2022_-_0390-2022_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/683/ind_-_2022_-_0390-2022_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>INDICO seja encaminhado expediente ao Exmo. senhor Prefeito Rafael Muzzi de Miranda para interceder junto ao Secretário Municipal de Obras, 0 Sr. Fernando Miranda em atender aos munícipes do Bairro Tuim mais precisamente da Rua Pastor Lota.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/697/ind_-_2022_-_0408-2022_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/697/ind_-_2022_-_0408-2022_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>INDICO que seja encaminhado o expediente ao Excelentíssimo Prefeito Municipal Sr. Rafael Muzzi de Miranda para que o mesmo interceda junto ao Secretário Saúde e a Fundação Macatur para efetive na IMPLANTAÇÃO DA EQUOTERAPIA PARA O TRATAMENTO DE PESSOAS COM NECESSIDADES ESPECIAIS E PROCESSOS DE REABILITAÇÃO FÍSICA no parque de exposição de Papucaia.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/667/ind_-_2022_-__0411-2022_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/667/ind_-_2022_-__0411-2022_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>Para que SE INSTALE UM SUPORTE NO POSTE PARA O FORNECIMENTO DE ILUMINAÇÃO PÚBLICA, na Rua 1 Village I Japuíba em Cachoeiras de_x000D_
 Macacu-RJ.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/668/ind_-_2022_-__0412-2022_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/668/ind_-_2022_-__0412-2022_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>Para que SE INSTALE UM SUPORTE NO POSTE PARA O FORNECIMENTO DE ILUMINAÇÃO PÚBLICA, na Estrada RJ122 Km26 Sítio Morro Grande_x000D_
 em Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/657/ind_-_2022_-_0414-2022_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/657/ind_-_2022_-_0414-2022_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Para que seja realizada manutenção da Rua Antônio Pinto, na subida em frente ao mercadinho, no Bairro Ganguri de Cima, pois parte da rua cedeu e ocasionou um desnível muito grande.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/585/ind_-_2022_-__0415-2022_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/585/ind_-_2022_-__0415-2022_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Providenciar com a máxima urgência possível disponibilização de recursos do Orçamento da Câmara Municipal, para implantação de ENERGIA SOLAR_x000D_
 no Prédio da Câmara Municipal.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/586/ind_-_2022_-__0416-2022_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/586/ind_-_2022_-__0416-2022_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Providenciar com a máxima urgência possível disponibilizar recursos do Orçamento Municipal para implantação de ENERGIA SOLAR em todos os Prédios_x000D_
 Públicos.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/641/ind_-_2022_-_0417-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/641/ind_-_2022_-_0417-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Para a compra de novos carros para o setor de fiscalização da Secretaria de Obras.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/642/ind_-_2022_-__418-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/642/ind_-_2022_-__418-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Para que faça a pintura de todos os quebra-molas e faixas de pedestres das ruas de Cachoeiras de Macacu .</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/726/ind_-_2022_-__419-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/726/ind_-_2022_-__419-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito Rafael Muzzi de Miranda, no intuito de que intercede junto da Secretaria de Obras e órgãos competentes ,para que faça a pintura de todos os quebra-molas e faixas de pedestres das ruas de Japuíba .</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/643/ind_-_2022_-_0420-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/643/ind_-_2022_-_0420-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Para que faça a pintura de todos os quebra-molas e faixas de pedestres das ruas de Papucaia.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/644/ind_-_2022_-_0421-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/644/ind_-_2022_-_0421-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Que realize um estudos que busque viabilizar a construção de uma praça com academia para a terceira idade no Matumbo, Cachoeiras de Macacu.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/645/ind_-_2022_-_0422-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/645/ind_-_2022_-_0422-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Para que seja construída uma Escola de ensino médio no bairro Village em Japuíba.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/646/ind_-_2022_-_0423-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/646/ind_-_2022_-_0423-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Para a compra de novas viaturas para a Guarda Municipal de Cachoeiras de Macacu.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/647/ind_-_2022_-__0424-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/647/ind_-_2022_-__0424-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Para a compra de novos carros para a unidade de Fiscal de Posturas .</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/648/ind_-_2022_-__425-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/648/ind_-_2022_-__425-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Estudo que viabilize para a construção de um Distrito industrial no âmbito do Município de Cachoeiras de Macacu .</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/649/ind_-_2022_-__0426-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/649/ind_-_2022_-__0426-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Para que faça a pintura de todos os quebra-molas e faixas de pedestres das mas do menor de Caohoeiras de Macacu '</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/650/ind_-_2022_-__0427-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/650/ind_-_2022_-__0427-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Que busque estudos para que seja construído um viaduto ligando a RJ 116 a estrada da Pedreira .</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/651/ind_-_2022_-_0428-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/651/ind_-_2022_-_0428-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Para que seja comprado e instalados ar condicionados em toda da Escola Municipal Almerinda Ferreira de Almeida em Japuíba.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/708/ind_-_2022_-_0434-2022_-_vilmar_pereira_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/708/ind_-_2022_-_0434-2022_-_vilmar_pereira_da_silva.pdf</t>
   </si>
   <si>
     <t>INDICO. que seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal Rafael Muzzi de Miranda, para que intercede junto aos Órgãos competentes para a construção de uma ciclovia iniciada no centro da Cidade até a APA de Cachoeiras de Macacu.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/652/ind_-_2022_-_0435-2022_-_marcos_vinicius_ferreira_romero_-_rejeitada.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/652/ind_-_2022_-_0435-2022_-_marcos_vinicius_ferreira_romero_-_rejeitada.pdf</t>
   </si>
   <si>
     <t>Para que estude e busque viabilizar a reforma da UBS (Unidade Básica de Saúde ) da Ribeira.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/653/ind_-_2022_-_0436-2022_-_marcos_vinicius_ferreira_romero_-_rejeitada.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/653/ind_-_2022_-_0436-2022_-_marcos_vinicius_ferreira_romero_-_rejeitada.pdf</t>
   </si>
   <si>
     <t>Para que estude e busque viabilizar a construção de uma Quadra Poliesportiva na Escola Estadual Municipaliza Sete de Setembro localizada na RJ 122 , Estrada Rio-Friburgo Via Km 23 Magé-Maraporã.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/685/ind_-_2022_-_0440-2022_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/685/ind_-_2022_-_0440-2022_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>INDICO seja encaminhado expediente ao Exmo. senhor Prefeito Rafael Muzzi de Miranda, para interceder junto a Concessionária Rota 116 para a instalação de um redutor de velocidade (quebra-molas) e/ou outra ação que faça com que os motoristas tenham que reduzir a velocidade em frente ao Colégio Resolve.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/711/ind_-_2022_-__0444-2022_-_tiago_da_silva_teixeira.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/711/ind_-_2022_-__0444-2022_-_tiago_da_silva_teixeira.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal Rafael Muzzi de Miranda, para que interceda junto à secretaria competente, para que seja criado um sistema de transporte público gratuito no intuito de atender à população da zona rural de Cachoeiras de Macacu.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/669/ind_-_2022_-__0446-2022_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/669/ind_-_2022_-__0446-2022_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>Para que SE INSTALE UMA ESTAÇÃO DE TRATAMENTO ODONTOLÓGICO NA UNIDADE ESTRATÉGICA DA SAÚDE DA FAMILIA (ESF) PARQUE VENEZA, Rua Alberto Monteiro Barbosa — Parque Veneza em Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/670/ind_-_2022_-__0447-2022_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/670/ind_-_2022_-__0447-2022_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>Para que SE CRIE UMA UNIDADE ITINERANTE COM SERVIÇOS DE LAZER EM CACHOEIRAS DE MACACU, a ser denominada por sua pasta - Cachoeiras de Macacu-RJ,</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/673/ind_-_2022_-__0448-2022_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/673/ind_-_2022_-__0448-2022_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>Para que se instale um container para coleta de lixo, na Rua da Paz bairro Parque Veneza (Morro do Cemitério) em Cachoeiras de Macacu - _x000D_
 RJ.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/658/ind_-_2022_-_0455-2022_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/658/ind_-_2022_-_0455-2022_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Para que haja à celebração de convênios do município com o sistema "S” de modo a contar com uma unidade do SENAI E SENAC em nosso município e atender as demandas das indústrias, comércio, trabalhadores e estudantes locais.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/713/ind_-_2022_-_0456-2022_-_alexandre_ferreira_da_fonseca.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/713/ind_-_2022_-_0456-2022_-_alexandre_ferreira_da_fonseca.pdf</t>
   </si>
   <si>
     <t>Para que seja realizada a instalação de lixeiras na Rua Aristides Falcão, Boa Vista (Próximo ao bar de Neldir)e na Rua L, Boqueirão (Em frente ao bar do Coelhinho), tendo em vista que a rua se encontra sem lixeiras, prejudicando a limpeza das ruas e a coleta de lixo.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/674/ind_-_2022_-_0459-2022_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/674/ind_-_2022_-_0459-2022_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>Para que SE CONSTRUA NO ENTORNO DA QUADRA DE VOLEI PAREDES DE TIJOLOS E QUE SE FAÇA A REMOÇÃO DA BASE DE CONCRETO QUE SE ENCONTRA NO INTERIOR DA QUADRA — Cachoeiras de Macacu—RJ.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/622/ind_-_2022_-_0466-2022_-_nilton_matozo_viana.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/622/ind_-_2022_-_0466-2022_-_nilton_matozo_viana.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito RAFAEL MUZZI DE MIRANDA, solicitando sua intermediação junto à SECRETARIA MUNICIPAL DE SAÚDE, bem como à SECRETARIA DE OBRAS para que sejam ampliadas as salas, também da FISIOTERAPIA, na Unidade de Saúde em Japuíba.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/624/ind_-_2022_-_0467_-_2022_-_nilton_matozo_viana_-_retirada.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/624/ind_-_2022_-_0467_-_2022_-_nilton_matozo_viana_-_retirada.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito RAFAEL MUZZI DE MIRANDA, solicitando sua intermediação junto à SECRETARIA MUNICIPAL DE OBRAS, para construção de uma praça com área de lazer no bairro 70 em frente ao Posto de Patrulhamento Rodoviário.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/626/ind_-_2022_-_0468-2022_-_nilton_matozo_viana.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/626/ind_-_2022_-_0468-2022_-_nilton_matozo_viana.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito RAFAEL MUZZI DE MIRANDA, solicitando para que seja considerada área de interesse_x000D_
 público para desapropriação, do imóvel situado em frente ao Cemitério de Japuíba, esquina das ruas Agostinho Pinheiro de Moura e Joaquim Vieira Filho para construção de uma praça com área de lazer e espaço para práticas esportivas.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/699/ind_-_2022_-_0476-2022_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/699/ind_-_2022_-_0476-2022_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>INDICO que seja encaminhado o expediente ao Excelentíssimo Prefeito Municipal Sr. Rafael Muzzi de Miranda para que o mesmo intercede junto a Secretaria de Obras para REVITALIZACÃO DE TODA EXTENSÃO DA ÁREA DO ANTIGO VALÃO DA RUA GESSY MANEZES DO BAIRRO DA RIBEIRA. com IMPLANTAÇÃO DE UMA ÁREA DE LAZER“.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/676/ind_-_2022_-_0496-2022_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/676/ind_-_2022_-_0496-2022_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>Para que SE FAÇA TROCA DE LAMPADAS NO SISTEMA DE ILUMINAÇÃO PÚBLICA, na Rua Antônio Valadares — Boa Vista em Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/678/ind_-_2022_-__0497-2022_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/678/ind_-_2022_-__0497-2022_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>Para que se disponibilize interprete de Libras (Língua brasileira de sinais) no Ambulatório Padre Batalha- em Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/589/ind_-_2022_-_0499_-_2022_-_jose_lucas_stutz_delgado_pinto_-_rejeitada.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/589/ind_-_2022_-_0499_-_2022_-_jose_lucas_stutz_delgado_pinto_-_rejeitada.pdf</t>
   </si>
   <si>
     <t>Encaminhado expediente aos Diretores das Aguas do Rio “Antiga CEDAE”, no sentido de providenciarem com Urgência no terreno entre as Ruas Oswaldo Aranha e Romeu Caetano Guida, Bairro Campo do Prado, Cachoeiras de Macacu, "Muro e limpeza".</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/659/ind_-_2022_-_0500-2022_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/659/ind_-_2022_-_0500-2022_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Para que seja efetuada, a reforma da praça do Taboado e seus brinquedos.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/660/ind_-_2022_-_0501-2022_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/660/ind_-_2022_-_0501-2022_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Para que seja efetuado, o calçamento ao final da rua da Saibreira no Boqueirão, bairro Boa Vista.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/662/ind_-_2022_-_0502-2022_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/662/ind_-_2022_-_0502-2022_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Para que seja efetuado, o asfaltamento da subida no Morro do Setenta.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/663/ind_-_2022_-_0503-2022_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/663/ind_-_2022_-_0503-2022_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Para que seja efetuado, a reforma do calçamento da ponte do rio Boa Vista, próximo a entrada do Country Club e primeiro poço"</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/714/ind_-_2022_-__0504-2022_-_alexandre_ferreira_da_fonseca.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/714/ind_-_2022_-__0504-2022_-_alexandre_ferreira_da_fonseca.pdf</t>
   </si>
   <si>
     <t>Para que seja realizada criação de vagas para veículos escolares na rua Professor Fernando Nunes, a partir do número 150, tais veículos atendem ao Ciep 140 na entrada do bairro São Francisco de Assis.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/717/ind_-_2022_-_0505-2022_-_alexandre_ferreira_da_fonseca.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/717/ind_-_2022_-_0505-2022_-_alexandre_ferreira_da_fonseca.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal Rafael Muzzi de Miranda, para que interceda junto aos órgãos competentes para que seja implementada via de mão dupla na Rua Manoel Diz Martinez (entre a loja do Boticário e a Macacu Embalagens), que dá acesso aos bairros do Ganguri e Morro do Cléber, visando melhorar o tráfego no centro da cidade e “desafogando” a Rua Washington Luiz (rua dos velhacos), tendo em vista que o fluxo intenso de veículos que fazem esse trajeto, tem dificuldades de sair do bairro.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/687/ind_-_2022_-_0506-2022_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/687/ind_-_2022_-_0506-2022_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>INDICO seja encaminhado expediente ao Exmo. senhor Prefeito Rafael Muzzi de Miranda, para interceder junto ao Secretário Municipal de Obras, o senhor Fernando Miranda, que se digne atender aos moradores do Bairro Boa Vista, no que tange à instalação de manilhas em um córrego na Rua 01.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/608/ind_-_2022_-_0508-2022_-_vilmar_pereira_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/608/ind_-_2022_-_0508-2022_-_vilmar_pereira_da_silva.pdf</t>
   </si>
   <si>
     <t>Para viabilizar a aquisição de uniformes padronizados para Equipe de manutenção de saúde.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/611/ind_-_2022_-_0510-2022_-_vilmar_pereira_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/611/ind_-_2022_-_0510-2022_-_vilmar_pereira_da_silva.pdf</t>
   </si>
   <si>
     <t>Que seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal Rafael Muzzi de Wanda. para que intercede junto a Secretaria Municipal de Obras. saneamento e urbanismo, para viabilizar a reforma do campo de grama sintética no Bairro Valério.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/591/ind_-_2022_-_0511_-_2022_-_jose_lucas_stutz_delgado_pinto_-_rejeitada.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/591/ind_-_2022_-_0511_-_2022_-_jose_lucas_stutz_delgado_pinto_-_rejeitada.pdf</t>
   </si>
   <si>
     <t>Acione o Secretário Municipal de Obras Senhor Luiz Fernando Muzzi de Miranda, para que o mesmo envie responsável para vistoriar a Ponte_x000D_
 metálica da localidade do Guapiaçu que precisa com URGENCIA de manutenção.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/689/ind_-_2022_-_0512-2022_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/689/ind_-_2022_-_0512-2022_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>INDICO seja encaminhado expediente ao Exmo. senhor Prefeito Rafael Muzzi de Miranda, para interceder junto ao Secretário Municipal de Obras, o senhor Fernando Miranda, que se digne atender aos moradores do Bairro Castália, no que tange à melhorias no piso da Rua Leovegildo José Falcao.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/721/ind_-_2022_-_0514-2022_-_marcos_antonio_freitas_pereira.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/721/ind_-_2022_-_0514-2022_-_marcos_antonio_freitas_pereira.pdf</t>
   </si>
   <si>
     <t>lNDlCO que seja encaminhado o expediente ao Excelentíssimo Prefeito Municipal, Senhor Rafael Muzzi de Miranda, para que o mesmo intercede junto ao Secretário Municipal de Obras, Saneamento e Urbanismo ou o departamento responsável para que faça os devidos processos para a colocação/construção de Redutores de Velocidade ou Quebra—molas na RJ 122, no Km 23 (altura da praça de Maraporã), Km 21 (Colégio7 de Setembro) e no Km 18 (C.E São José).</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/692/ind_-_2022_-_0518-2022_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/692/ind_-_2022_-_0518-2022_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>INDICO seja encaminhado expediente ao Exmo. senhor Prefeito Rafael Muzzi de Miranda, para interceder junto ao Secretário Municipal de Obras, o  Senhor Fernando Miranda, que se digne atender aos moradores do Bairro São Francisco de Assis, no que tange à substituição da manilhas de “barris” para tubos de PVC na Rua José Carlos de Farias.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/594/ind_-_2022_-__0525-2022_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/594/ind_-_2022_-__0525-2022_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado expediente ao Exmo. Governador do Rio de Janeiro Senhor CLÁUDIO BONFIM DE CASTRO E SILVA para que o mesmo_x000D_
 interceda junto ao Secretário de Educação Senhor ALEXANDRE VALLE para fazer uma visita na Escola Estadual Quintino Bocaiuva em Cachoeiras de Macacu, para encaminhar equipe técnica para projetar e destinar recursos para cobrir a Quadra de Esportes do referida Instituição de Ensino.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/700/ind_-_2022_-_0526-2022_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/700/ind_-_2022_-_0526-2022_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>lNDlCO que seja encaminhado o expediente ao Excelentíssimo Prefeito Municipal Sr. Rafael Muzzi de Miranda para que o mesmo intercede junto a Secretaria de Obras para DEMOLIÇÃO DA “ARQUIBANCADA” do Anfiteatro da praça dos Colonos em Papucaia.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/679/ind_-_2022_-__0528-2022_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/679/ind_-_2022_-__0528-2022_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>Para que se faça a instalação de suportes de lâmpadas no sistema de iluminação pública na rua e no espaço utilizado com área de lazer pela_x000D_
 população local, na Rua Demétrio Custódio — Morro do Cleber em Cachoeiras de Macacu—RJ.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/680/ind_-_2022_-__0529-2022_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/680/ind_-_2022_-__0529-2022_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>Interceda junto a Defesa Civil, para que a mesma faça vistoria técnica e se preciso a supressão de algumas árvores que estão trazendo riscos a população, uma vez que a mesmas podem cair em via pública atingindo pedestres e veículos, na Rua Santo Antônio — Cento em Cachoeiras de Macacu—RJ.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/681/ind_-_2022_-_0530-2022_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/681/ind_-_2022_-_0530-2022_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>INDICO que seja encaminhado o expediente ao Excelentíssimo Prefeito Municipal, Senhor Rafael Muzzi de Miranda, para que o mesmo interceda junto a Secretaria Municipal de Ordem Pública, ou o departamento responsável para que se faça a instalação de placas de sinalização e faixas indicando o final da segunda faixa do viaduto, a fim de reduzir o risco de acidentes entre veículos e pedestres, na Rua Plínio Casado (Rodovia Presidente João Goulart — _x000D_
 Cento em Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/727/ind_-_2022_-_0531-2022_-_edivaldo_pereira_de_souza.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/727/ind_-_2022_-_0531-2022_-_edivaldo_pereira_de_souza.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal Rafael Muzzi de Miranda, para que, na qualidade de Prefeito Municipal, interceda junto à Concessionária ROTA 116 responsável pelo trecho, para que realize a colocação de uma Barreira de Contenção (“Guard Rail”) na curva próxima a APA Macacu, o Parque da Cidade.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/616/ind_-_2022_-_0541-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/616/ind_-_2022_-_0541-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Em conformidade com os preceitos regimentais desta Casa Legislativa e após ouvir o Douto Plenário INDICO, seja encaminhado expediente ao_x000D_
 Exmo. Senhor Prefeito Municipal Rafael Muzzi de Miranda que viabilize cursos de defesa pessoal para as mulheres do Município.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/701/ind_-_2022_-_0560-2022_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/701/ind_-_2022_-_0560-2022_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>INDICO que seja encaminhado o expediente ao Excelentíssimo Prefeito Municipal Sr. Rafael Muzzi de Miranda para que o mesmo interceda junto a Secretaria de Obras e Ordem Pública, bicicletário em locais públicos no Centro e nos bairros do município.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/702/ind_-_2022_-_0561-2022_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/702/ind_-_2022_-_0561-2022_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>INDICO que seja encaminhado o expediente ao Excelentíssimo Prefeito Municipal Sr. Rafael Muzzi de Miranda para que o mesmo interceda junto a Secretaria de Obras, que seja feito a REVITALIZACÃO DOS BRINQUEDOS INFANTIS do campo de futebol da Ribeira (ao lado do quiosque do seu Walther) com a substituição dos brinquedos quebrados e a instalação de uma lixeira no local.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/728/ind_-_2022_-_0586-2022_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/728/ind_-_2022_-_0586-2022_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>INDICO que seja encaminhado o expediente ao Excelentíssimo Prefeito Municipal, Senhor Rafael Muzzi de Miranda, solicitando que seja denominada a Praça a ser construída na Rua Gessi Menezes, no bairro da Ribeira, em nome do Sr. Esmeraldino Ferreira de Almeida.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/719/ind_-_2022_-__0588-2022_-_tiago_da_silva_teixeira.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/719/ind_-_2022_-__0588-2022_-_tiago_da_silva_teixeira.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal Rafael Muzzi de Miranda, para que intercede junto à Secretaria de Obras para que seja realizada a vistoria e manutenção com urgência na ponte metálica da localidade do Guapiaçu.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/596/ind_-_2022_-__0589-2022_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/596/ind_-_2022_-__0589-2022_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Encaminhar equipe Técnica da Secretaria para providenciar planilha de levantamento de custos, para PAVIMENTAÇÃO do local denominado ILHA SÃO JORGE localidade de Guapiaçu.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/664/ind_-_2022_-_0592-2022_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/664/ind_-_2022_-_0592-2022_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Para que seja providenciado no 2o semestre de 2022, aulas de Reforço Escolar para os alunos das Unidades Municipais de Ensino de Cachoeiras de_x000D_
 Macacu das turmas do 3o ao 90 ano do ensino fundamental.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>Nilton Matozo Viana (Dunga), Marco Antônio Freitas Pereira (Marquinho do Povo)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/627/ind_-_2022_-_0594-2022_-_nilton_matozo_viana_e_marco_antonio_freitas_pereira.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/627/ind_-_2022_-_0594-2022_-_nilton_matozo_viana_e_marco_antonio_freitas_pereira.pdf</t>
   </si>
   <si>
     <t>Verificar a disponibilidade Técnica Orçamentária para a CONSTRUÇÃO DE UMA CRECHE no Bairro Maraporã.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/629/ind_-_2022_-_0595-2022_-_nilton_matozo_viana.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/629/ind_-_2022_-_0595-2022_-_nilton_matozo_viana.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito RAFAEL MUZZI DE MIRANDA, solicitando sua intermediação junto à SECRETARIA_x000D_
 MUNICIPAL DE OBRASE SECRETARIA MUNICIPAL DE ORDEM PÚBLICA para a colocação de QUEBRA MOLAS no trecho compreendido entre os Km 7 e 8 da estrada que liga o Bairro Funchal ao Bairro Guapiaçu.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/631/ind_-_2022_-_0596-2022_-_nilton_matozo_viana.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/631/ind_-_2022_-_0596-2022_-_nilton_matozo_viana.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito RAFAEL MUZZI DE MIRANDA, solicitando sua intermediação junto à SECRETARIA MUNICIPAL DE OBRAS para verificar a disponibilidade orçamentária e técnica para a CONSTRUÇÃO DE UIIJA ÁREA DE LAZER COM ACADEMIA PARA A TERCEIRA IDADE, bem como o TÉRMINO DE OBRAS DA QUADRA ESPORTIVA de iniciativa de moradores locais, no Bairro Castália, Avenida Castelo Branco ao lado do Centro de Recuperação.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/695/ind_-_2022_-_0606-2022_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/695/ind_-_2022_-_0606-2022_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>INDICO seja encaminhado expediente ao Exmo. senhor Prefeito Rafael Muzzi de Miranda, para interceder junto ao Secretário Municipal de Obras, o  Senhor Fernando Miranda, que se digne atender aos moradores do Bairro Boa Vista, no que tange a construção de uma Quadra Poliesportiva Coberta na Rua Aristides Falcão.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/598/ind_-_2022_-__0607-2022_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/598/ind_-_2022_-__0607-2022_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Encaminhar equipe Técnica no Bairro Santo Antônio para providenciar a substituição das lâmpadas antigas por lâmpadas de LED.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/722/ind_-_2022_-_0609-2022_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/722/ind_-_2022_-_0609-2022_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>Para que façam os devidos estudos, no sentido de promover o imediato reestabelecimento das atividades da Escola Municipal Profissionalizante Sara Bocaiuva Bulcão, em Papucaia.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/723/ind_-_2022_-_0610-2022_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/723/ind_-_2022_-_0610-2022_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>Para que façam o imediato reparo da Ambulância Placa LRV 3833, no sentido de promover o reestabelecimento das atividades deste fundamental Bem Público, visto que, encontra-se há meses em absoluto abandono na UBS da Ribeira, conforme fotos em anexo.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/724/ind_-_2022_-_0617-2022_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/724/ind_-_2022_-_0617-2022_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>Para que façam a instalação de pontos de iluminação pública na Rua Jerusalém, até a altura do Condomínio Jeribá, no bairro da Ribeira.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/705/ind_-_2022_-_0624-2022_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/705/ind_-_2022_-_0624-2022_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>iNDlÇO que seja encaminhado o expediente ao Excelentíssimo Prefeito Municipal Sr. Rafael Muzzi de Miranda para que o mesmo interceda junto a Secretaria Municipal de Saúde para que seja realizado REFORMA no Posto de Saúde do bairro de Ribeira.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/707/ind_-_2022_-_0625-2022_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/707/ind_-_2022_-_0625-2022_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>INDlÇO que seja encaminhado o expediente ao Excelentíssimo Prefeito Municipal Sr. Rafael Muzzi de Miranda para que o mesmo interceda junto a Secretaria Municipal de Saúde para que seja realizado REFORMA no Posto de Saúde do bairro de Ribeira.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/751/ind_-_2022_-_0627-2022_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/751/ind_-_2022_-_0627-2022_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>No intuito de que intercede junto à Secretaria de Educação, para que seja providenciado a instalação de 03 (três) laboratórios de iniciação cientifica nas escolas da rede Municipal: um em Cachoeiras, um em Japuíba e outro em Papucaia.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>Seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal Rafael Muzzi de Miranda , que intercede junto aos órgãos competentes no intuito de contratar emergencialmente um PSICÓLOGO INFANTIL para o bairro Papucaia.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/765/ind_-_2022_-_0633-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/765/ind_-_2022_-_0633-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Que intercede junto aos órgãos competentes no intuito da implantação da "Sala Lilás" na 159 DP Delegacia de Cachoeiras de Macacu.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/766/ind_-_2022_-_0634-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/766/ind_-_2022_-_0634-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Que interceda junto aos órgãos competentes no intuito de solicita estudos com a finalidade de implantar ECOPONTOS nos Bairros Ribeira e Papucaia.</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/987/ind_-_2022_-__0635-2022_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/987/ind_-_2022_-__0635-2022_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>INDICO que seja encaminhado o expediente ao Órgão Competente no sentido de mandar equipe técnica no Bairro Santo Antônio e Bairro Boa Vista para providenciar a colocação de placas de identificação dos bairros citados.</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/988/ind_-_2022_-_0653-2022_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/988/ind_-_2022_-_0653-2022_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>INDICO que seja encaminhado o expediente ao Excelentíssimo Prefeito Municipal, Senhor Rafael Muzzi de Miranda, para que interceda junto ao Secretário Municipal de Obras ou o departamento responsável, para que façam a instalação de bicicletários próximos às entradas da Quadra Poliesportiva de Papucaia.</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/989/ind_-_2022_-_0654-2022_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/989/ind_-_2022_-_0654-2022_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>INDICO que seja encaminhado o expediente ao Excelentíssimo Prefeito Municipal, Senhor Rafael Muzzi de Miranda, para que interceda junto ao Secretário Municipal de Obras ou o departamento responsável, para que façam a instalação de Bicicletários próximos às entradas da Quadra Poliesportiva da Ribeira.</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/990/ind_-_2022_-_0655-2022_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/990/ind_-_2022_-_0655-2022_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>INDICO que seja encaminhado o expediente ao Excelentíssimo Prefeito Municipal, Senhor Rafael Muzzi de Miranda, para que interceda junto ao Secretário Municipal de Obras ou o departamento responsável, para que façam a reparação dos bicicletários próximo à entrada da Unidade Básica de Saúde de Papucaia.</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/991/ind_-_2022_-_0656-2022_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/991/ind_-_2022_-_0656-2022_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>INDICO seja encaminhado expediente ao Exmo. senhor Prefeito Rafael Muzzi de Miranda, para interceder junto ao Secretário Municipal_x000D_
 de Obras, o senhor Fernando Miranda, que se digne atender aos moradores do Bairro Boa Vista, no que tange a construção de 02 (dois) quebra-molas na Rua Aristides Falcão.</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/992/ind_-_2022_-_0669-2022_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/992/ind_-_2022_-_0669-2022_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>INDICO que seja encaminhado o expediente ao Excelentíssimo Prefeito Municipal, Senhor Rafael Muzzi de Miranda, para que o mesmo interceda junto a Secretaria Municipal de Planejamento para que, na forma da Emenda Constitucional no. 123 de, 14 de julho de 2022, regulamentada pela portaria MTP no. 2.162, de 27 de julho de 2022, promova o cadastro dos TAXISTAS para percepção do benefício ”AUXÍLIO TAXISTA” do Governo Federal.</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/993/ind_-_2022_-_0670-2022_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/993/ind_-_2022_-_0670-2022_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>Indicação de Anteprojeto de Lei que "Dispõe sobre a criação do PROGRAMA MUNICIPAL BOLSA ATLETA E BOLSA TÉCNICO no município de Cachoeiras de Macacu e dá outras providências".</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/994/ind_-_2022_-_0681-2022_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/994/ind_-_2022_-_0681-2022_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>INDICO, que seja encaminhado expediente ao Secretário Municipal de Obras e Urbanismos Senhor Fernando Muzzi de Miranda, para que encaminhe equipe Técnica dessa Conceituada Secretaria. no sentido de viabilizar acesso ao Bairro São Francisco pela Rua Dona Rima El Daher ao “lado da Igreja Batista Peniel” que tem início na Rua Maurício de Abreu e saída próximo a Ponte do Bairro São Francisco de Assis, e, providencie o saneamento básico com paralelo ou massa asfáltica.</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/995/ind_-_2022_-_0682-2022_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/995/ind_-_2022_-_0682-2022_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>INDICO seja encaminhado expediente ao Secretário Municipal de Obras e Urbanismo Senhor Fernando Muzzi de Miranda, no sentido de encaminhar equipe no local denominado ESTRADA DA ROMANA, tem início na Rua Aristides Falcão Bairro Boa Wsta e final no Bairro São João, providenciar  iluminação Pública.</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/996/ind_-_2022_-_0683-2022_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/996/ind_-_2022_-_0683-2022_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>INDICO que seja encaminhado expediente ao Secretário de Obras e Urbanismo Fernando Muzzi de Miranda no sentido de encaminhar equipe Técnica no Bairro Santo Antônio para providenciar a substituição das lâmpadas antigas por Lâmpadas de LED.</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/997/ind_-_2022_-_0684-2022_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/997/ind_-_2022_-_0684-2022_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>INDICO, que seja encaminhado expediente ao Prefeito Municipal Rafael Muzzi de Miranda, para que o mesmo providencie levantamento de custo para troca de lâmpadas comuns por lâmpadas de LED em toda a rede de iluminação Pública do nosso Município.</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/998/ind_-_2022_-__0685-2022_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/998/ind_-_2022_-__0685-2022_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente aos responsáveis pela Rota 116 e ao DER-RJ Departamento de Estradas e Rodagens, para providenciarem “com URGENCIA redutor de velocidade em toda extensão da RETA DOS IPES Cachoeiras de Macacu “apesar de existir um redutor no inicio do citado local”.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1016/ind_-_2022_-_0687-2022_-_nilton_matozo_viana.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1016/ind_-_2022_-_0687-2022_-_nilton_matozo_viana.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito RAFAEL MUZZI DE MIRANDA, solicitando sua intermediação junto &amp; SECRETARIA_x000D_
 MUNICIPAL DE OBRAS para que sejam feitos reparos no piso iterpolado (paralelepípedos) da Rua Dr. Porciúncula em Japuíba no trecho compreendido entre o Ginásio Poliesportivo e o número 16 da referida rua.</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1002/ind_-_2022_-_0688-2022_-_nilton_matozo_viana.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1002/ind_-_2022_-_0688-2022_-_nilton_matozo_viana.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito RAFAEL MUZZI DE MIRANDA, solicitando sua intermediação junto à SECRETARIA_x000D_
 MUNICIPAL DE EDUCAÇÃO / PLANEJAMENTO para que seja REA TIVADA a Escola do Bairro BOA SORTE na área rural do município.</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/999/ind_-_2022_-__0690-2022_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/999/ind_-_2022_-__0690-2022_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>INDICO, que seja encaminhado expediente ao Exmo. O Senhor Prefeito Rafael Muzzi de Miranda, solicitando sua intermediação junto à AMAE-CM para que seja revisada a Rua Antônio Pinto no Ganguri de Baixo, encontra-se com um afundamento na Rua e as Bocas de Lobos estão quebradas.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/768/ind_-_2022_-_0694-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/768/ind_-_2022_-_0694-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Que intercede junto aos órgãos competentes no intuito de agilizar e analisar a possibilidade para que a localidade do Recanto dos Pássaros deixe de ser uma área particular e passe a pertencer aos órgãos públicos.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/769/ind_-_2022_-_0695-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/769/ind_-_2022_-_0695-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal Rafael Muzzi de Miranda , que interceda junto aos órgãos competentes no intuito de execução de roçamento nas estradas de Agrobrasil, Ipiranga e Soarinho.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/770/ind_-_2022_-_0696-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/770/ind_-_2022_-_0696-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Que intercede junto à Secretaria Municipal de Saúde no intuito de disponibilizar médicos com as seguintes especialidades nas Unidades Básicas de Saúde da Ribeira:_x000D_
 - Pediatra;_x000D_
 - Ginecologista;_x000D_
 - Obstetra;_x000D_
 - Ortopedista,_x000D_
 - Cardiologista.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/771/ind_-_2022_-_0697-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/771/ind_-_2022_-_0697-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal Rafael Muzzi de Miranda , que interceda junto à Secretaria de Saúde no intuito de contratar emergencialmente um PSICÓLOGO INFANTIL para a Estratégia de Saúde da Família (ESF) Maraporã.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/772/ind_-_2022_-_0698-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/772/ind_-_2022_-_0698-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Que intercede junto aos órgãos competentes no intuito de disponibilizar comedouros e bebedouros em pontos de grande circulação no Município para que os doadores de ração possam deixar de alimentos para os animais de rua.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/825/ind_-_2022_-_0699-2022_-_darcileia_ulerisch_da_silva_1.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/825/ind_-_2022_-_0699-2022_-_darcileia_ulerisch_da_silva_1.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal Rafael Muzzi de Miranda , que intercede junto aos órgãos competentes para que seja realizada a instalação de caixas eletrônicos de Banco 24 horas nas localidades Ribeira e Papucaia.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/826/ind_-_2022_-_0700-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/826/ind_-_2022_-_0700-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal Rafael Muzzi de Miranda , que intercede junto a Secretaria de Obras para que seja realizado patrolamento e reparos com cascalho em Papucaia I e II.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/827/ind_-_2022_-_0701-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/827/ind_-_2022_-_0701-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/828/ind_-_2022_-_0702-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/828/ind_-_2022_-_0702-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal Rafael Muzzi de Miranda , que interceda junto aos órgãos competentes no intuito de providenciar uma praça com área de lazer contendo brinquedos na localidade de Marubaí.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/829/ind_-_2022_-_0703-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/829/ind_-_2022_-_0703-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal Rafael Muzzi de Miranda . que intercede junto à Secretaria de Saúde no intuito de contratar emergencialmente um PEDIATRA para a Estratégia de Saúde da Família (ESF) Maraporã.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/835/ind_-_2022_-_0704-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/835/ind_-_2022_-_0704-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal Rafael Muzzi de Miranda , que intercede junto à Secretaria de Saúde para que seja implantado o programa de Planejamento Familiar em todas as Unidade Básicas de Saúde de nosso município.</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1009/ind_-_2022_-_0708-2022_-_edivaldo_pereira_de_souza_e_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1009/ind_-_2022_-_0708-2022_-_edivaldo_pereira_de_souza_e_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>INDICO que seja encaminhado o expediente ao Excelentíssimo Prefeito Municipal, Senhor Rafael Muzzi de Miranda, para que interceda junto ao  Secretário Municipal de Obras Senhor Luiz Fernando Muzzi de Miranda, para viabilizar a reforma da praça e com academia para terceira idade no Guapiaçu, Cachoeiras de Macacu—RJ.</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1010/ind_-_2022_-_0710-2022_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1010/ind_-_2022_-_0710-2022_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>INDICO que seja encaminhado o expediente ao Excelentíssimo Prefeito Municipal, Senhor Rafael Muzzi de Miranda, para que o mesmo interceda junto a Secretaria de Obras ou AMAE para que providenciem a duplicação de manilhas para escoamento de água na altura do sítio São João Batista, Areia Branca, nesta cidade.</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1012/ind_-_2022_-_0711-2022_-retirada_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1012/ind_-_2022_-_0711-2022_-retirada_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito Rafael Muzzi de Miranda, no intuito de que interceda junto a Secretaria de Obras, e órgãos responsáveis que realize um estudos que busque viabilizara construção de uma praça com academia para a terceira idade no Guapiaçu Cachoeiras de Macacu.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1011/ind_-_2022_-_0712-2022_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1011/ind_-_2022_-_0712-2022_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>INDICO que seja encaminhado o expediente ao Excelentíssimo Prefeito Municipal, Senhor Rafael Muzzi de Miranda, para que o mesmo interceda junto a Secretaria de Obras para que providenciem a instalação de um braço de iluminação em poste de energia elétrica próximo a bifurcação, no bairro Areia Branca, nesta cidade.</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1017/ind_-_2022_-_0713-2022_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1017/ind_-_2022_-_0713-2022_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>INDICO que seja encaminhado o expediente ao Excelentíssimo Prefeito Municipal, Senhor Rafael Muzzi de Miranda, para que o mesmo intercede junto ao Secretário Municipal de Saúde, para que se construa um Centro de Reabilitação anexo a UBS da Ribeira.</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1070/ind_-_2022_-__0714-2022_-_valdinei_pires_de_siqueira.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1070/ind_-_2022_-__0714-2022_-_valdinei_pires_de_siqueira.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito (Rafael Muzzi de Miranda), no intuito de que interceda junto à Secretaria de_x000D_
 (Obras, Saneamento, e Urbanismo), para que seja feito a manutenção com aplicação de saibro nas ruas Av castelo branco, Castália nas mediações entre o final do calçamento até a localidade conhecida com poço das bruxas. E também manutenção na rua Av Castàlia tendo início no final do calçamento até o barracão de banana.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/837/ind_-_2022_-_0719-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/837/ind_-_2022_-_0719-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>lNDlCO, seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal Rafael Muzzi de Miranda , que interceda junto aos órgãos competentes no intuito de disponibilizar uma técnica de enfermagem em todas as escolas da rede municipal de ensino dos Bairros Ribeira e Papucaia.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal Rafael Muzzi de Miranda , que intercede junto aos órgãos competentes no intuito de disponibilizar assistência psicológica nas escolas Municipais.</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1071/ind_-__2022_-_0721-2022_-_alexandre_ferreira_da_fonseca.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1071/ind_-__2022_-_0721-2022_-_alexandre_ferreira_da_fonseca.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal Rafael Muzzi de Miranda, para que interceda junto aos órgãos competentes para que seja realizada a instalação de um coletor de pilhas e bateria de celular, nas repartições públicas do município, tendo em vista que, o descarte de forma indevida destes resíduos, prejudicam sensivelmente, pois possuem componentes nocivos para o meio ambiente.</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1073/ind_-__2022_-_0722-2022_-_alexandre_ferreira_da_fonseca_1.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1073/ind_-__2022_-_0722-2022_-_alexandre_ferreira_da_fonseca_1.pdf</t>
   </si>
   <si>
     <t>lNDlCO, seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal Rafael Muzzi de Miranda, para que intercede junto aos órgãos competentes para que seja realizada a construção de um ecoduto que irá transpor 3 RJ 116 na altura da APA (Área de Proteção Ambiental da Bacia do Rio Macacu), tendo em vista a passagem recorrente de animais silvestres pelo trecho.</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1074/ind_-_2022_-_0725-2022_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1074/ind_-_2022_-_0725-2022_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>INDICO seja encaminhado expediente ao Exmo. senhor Prefeito Rafael Muzzi de Miranda, para interceder junto ao Secretário Municipal de Obras, o senhor Fernando Miranda, que se digne atender aos moradores do Bairro Boa Vista, no que tange a instalação de manilhas e piso na Rua D no Boqueirão.</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1075/ind_-_2022_-_0726-2022_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1075/ind_-_2022_-_0726-2022_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>INDICO seja encaminhado expediente ao Exmo. senhor Prefeito Rafael Muzzi de Miranda, para interceder junto ao Secretário Municipal de Obras, o senhor Fernando Miranda, que se digne atender aos moradores do Bairro Valério, no que tange a instalação de manilhas da rua 1 no Loteamento do Sadi.</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1087/ind_-_2022_-_0728-2022_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1087/ind_-_2022_-_0728-2022_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>INDICO que seja encaminhado o expediente ao Excelentíssimo Prefeito Municipal Sr. Rafael Muzzi de Miranda para que o mesmo interceda junto ao Secretário Municipal de Esporte e Lazer junto com o Secretário Municipal de Obras, para que seja realizado a CONSTRUÇÃO DE DUAS QUADRAS DE FUTEVÓLEI DE AREIA, no Bairro de Papucaia.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1000/ind_-_2022_-_0730-2022_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1000/ind_-_2022_-_0730-2022_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Deputado Estadual Thiago Pampolha, no sentido de interceder junto aos órgãos competentes para melhorar a iluminação Pública com novos postes e lâmpadas de LED no espaço do Município de Cachoeiras de Macacu conhecido como PARQUE DA CIDADE.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/844/ind_-_2022_-_0749-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/844/ind_-_2022_-_0749-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal Rafael Muzzi de Miranda, que intercede junto aos órgãos competentes no intuito de instalar uma caçamba de lixo no bairro Papucaia 1.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/845/ind_-_2022_-_0750-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/845/ind_-_2022_-_0750-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal Rafael Muzzi de Miranda, que interceda junto aos órgãos competentes no intuito de instalar uma placa sinalizadora para identificação do Recanto dos Pássaros.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/846/ind_-_2022_-_0751-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/846/ind_-_2022_-_0751-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal Rafael Muzzi de Miranda, que interceda junto aos órgãos competentes no intuito de instalar placa sinalizadora para identificação da Estrada do Ipiranga.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/857/ind_-_2022_-_0752-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/857/ind_-_2022_-_0752-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>lNDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal Rafael Muzzi de Miranda, que intercede junto aos órgãos competentes no intuito de construir uma horta comunitária na UBS Papucaia.</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1079/ind_-_2022_-_0760-2022_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1079/ind_-_2022_-_0760-2022_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>INDICO que seja encaminhado o expediente ao Excelentíssimo Prefeito Municipal Sr. Rafael Muzzi de Miranda para que o mesmo interceda junto ao Secretário Municipal de Obras para determinar a realização do serviço de TAPA-BURACOS nas ruas dos bairros da Ribeira e Papucaia.</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1003/ind_-_2022_-_0764-2022_-_nilton_matozo_viana.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1003/ind_-_2022_-_0764-2022_-_nilton_matozo_viana.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito RAFAEL MUZZI DE MIRANDA, solicitando sua intermediação junto as secretarias afins para verificar, dentro das disposições constitucionais e da Lei Orgânica Municipal a disponibilidade orçamentária para a DESAPROPRIAÇÃO de imóveis e institui-los como área de interesse público, situados na Rua LOURIVAL CÁNDIDODE ALMEIDA em Japuíba.</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1004/ind_-_2022_-_0765-2022_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1004/ind_-_2022_-_0765-2022_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>INDICO que seja encaminhado o expediente ao Excelentíssimo Prefeito Municipal, Senhor Rafael Muzzi de Miranda, para que o mesmo interceda junto a Secretaria ou outro órgão competente para que proceda a instalação de muretas divisórias em quatro pontos do centro da cidade para que facilite o tráfego e evite acidentes.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1005/ind_-_2022_-_0766-2022_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1005/ind_-_2022_-_0766-2022_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>Plenário, INDICO que seja encaminhado o expediente ao Excelentíssimo Prefeito Municipal, Senhor Rafael Muzzi de Miranda, para que o mesmo interceda junto a Secretaria Municipal de Saúde para que se proceda a instalação de um consultório de odontologia na ESF do bairro Parque Veneza.</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1086/ind_-_2022_-_0771-2022_-_marcos_antonio_freitas_pereira.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1086/ind_-_2022_-_0771-2022_-_marcos_antonio_freitas_pereira.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal Rafael Muzzi de Miranda, no intuito de que intercede junto à Secretaria de Educação e demais Orgãos competentes para que seja construído um Campo de Grama Sintética na Escola Municipal Engenheiro Elias Faraht.</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>Valdinei Pires de Siqueira (Neizinho do Posto)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1080/ind_-_2022_-__0781-2022_-_valdinei_pires_de_siqueira.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1080/ind_-_2022_-__0781-2022_-_valdinei_pires_de_siqueira.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito Rafael Muzzi de Miranda, no intuito de que interceda junto à rota 116, para que seja construido ponto de ônibus no Bairro Taboado precisamente ao lado da entrada do Faraó nos dois sentidos da via.</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1018/ind_-_2022_-_0783-2022_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1018/ind_-_2022_-_0783-2022_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>INDICO que seja encaminhado o expediente ao Excelentíssimo Prefeito Municipal, Senhor Rafael Muzzi de Miranda, para que interceda junto aos Secretários Municipais de Esporte e Educação, para que façam a implementação de um programa de atividades esportivas, nos moldes do Programa Vem Ser, do Governo Federal, nos contraturnos escolares da Rede Municipal de Educação, afim de garantir o acesso à prática e à cultura da educação física e do esporte nas escolas de educação básica, promovendo o desenvolvimento integral de crianças, adolescentes e jovens.</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1001/ind_-_2022_-_0787-2022_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1001/ind_-_2022_-_0787-2022_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado expediente ao Secretário Municipal de Obras e Urbanismo Senhor Luiz Fernando Muzzi de Miranda, no sentido de vistoriar a Rua Augusto Ramos, Ganguri de Baixo, para providenciar massa asfáltica em trechos bem danificados “operação tapa buraco”, Cachoeiras de Macacu-RJ.</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1081/ind_-_2022_-_0789-2022_-_valdinei_pires_de_siqueira_1.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1081/ind_-_2022_-_0789-2022_-_valdinei_pires_de_siqueira_1.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito Rafael Muzzi de Miranda, no intuito de que intercede junto à Secretaria de obras_x000D_
 saneamento e urbanismo, para que possa serfeito calçamento na rua que liga a Av Castelo Branco até o encontro com a RJ116 no bairro Castália.</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1082/ind_-_2021_-_0794-2022_-_valdinei_pires_de_siqueira.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1082/ind_-_2021_-_0794-2022_-_valdinei_pires_de_siqueira.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito Rafael Muzzi de Miranda, no intuito de que intercede junto a secretária obras saneamento e urbanismo para que seja feito saneamento básico na rua Leovegildo José Falcão no bairro Castália.</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1085/ind_-_2022_-_0797-2022_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1085/ind_-_2022_-_0797-2022_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>INDICO que seja encaminhado o expediente ao Excelentíssimo Prefeito Municipal Sr. Rafael Muzzi de Miranda para que o mesmo intercede junto a Secretaria Municipal de Educação para viabilizar 2 (dois) TELEVISORES para Escola Municipal José Laurindo de Oliveira em Papucaia.</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1076/ind_-__2022_-_0798-2022_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1076/ind_-__2022_-_0798-2022_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>INDICO seja encaminhado expediente ao Exmo. senhor Prefeito Rafael Muzzi de Miranda, para interceder junto ao Secretário Municipal de Obras, o senhor Fernando Miranda, que se digne atender aos moradores do Bairro são Francisco de Assis, no que tange melhorias no piso da Rua General Basmo.</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1077/ind_-_2022_-_0799-2022_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1077/ind_-_2022_-_0799-2022_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>INDICO seja encaminhado expediente ao Exmo. senhor Prefeito Rafael Muzzi de Miranda, para interceder junto ao Secretário Municipal de Obras, o senhor Fernando Miranda, que se digne atender aos moradores do Bairro são Francisco de Assis, no que tange melhorias no piso da Rua Oito.</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1078/ind_-_2022__-_0800-2022_-_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1078/ind_-_2022__-_0800-2022_-_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>INDICO seja encaminhado expediente ao Exmo. senhor Prefeito Rafael Muzzi de Miranda, para interceder junto ao Secretário Municipal de Obras, o senhor Fernando Miranda, que se digne atender aos moradores da nossa cidade que trafegam a pé ou de bicicleta no trecho da RJ 116 da entrada do Cemitério até a entrada da Vila Olímpica.</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1013/ind_-_2022_-_0803-2022_-_edgar_rosa_da_silva_e_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1013/ind_-_2022_-_0803-2022_-_edgar_rosa_da_silva_e_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito Rafael Muzzi de Miranda no intuito de que interceda junto à Secretaria de obras e_x000D_
 órgãos competentes para que estude e busque viabilizar a construção de uma Quadra Poliesportiva na Escola Municipal Rio das Pedras em Agro Brasil ,Cachoeiras de Macacu.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1006/ind_-_2022_-_0812-2022_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1006/ind_-_2022_-_0812-2022_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>INDICO que seja encaminhado o expediente ao Excelentíssimo Prefeito Municipal, Senhor Rafael Muzzi de Miranda, para que o mesmo interceda junto a Secretaria de Defesa Éivil para que se proceda vistoria e consequente poda de árvores na Rua Doralice, no bairro Maraporã.</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1007/ind_-_2022_-_0813-2022_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1007/ind_-_2022_-_0813-2022_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>INDICO que seja encaminhado o expediente ao Excelentíssimo Prefeito Municipal, Senhor Rafael Muzzi de Miranda, para que o mesmo interceda junto a Secretaria/Autarquia competente para que se proceda a limpeza e manutenção do sistema de escoamento das águas pluviais no bairro de Maraporã, especialmente a rua Doralice.</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1083/ind_-_2022_-_0815-2022_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1083/ind_-_2022_-_0815-2022_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>INDICO que seja encaminhado o expediente ao Excelentíssimo Prefeito Municipal Sr. Rafael Muzzi de Miranda para que o mesmo intercede junto ao Secretário Municipal de Esporte e Lazer junto com o Secretário Municipal de Obras, providencie a implantação de ALAMBRADO no entorno do campo de futebol do Boa Sorte no Km 08 da estrada do Guapiaçu.</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1019/ind_-_2022_-_0816_-_2022_-_jose_candido_fragoso_-_retirada.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1019/ind_-_2022_-_0816_-_2022_-_jose_candido_fragoso_-_retirada.pdf</t>
   </si>
   <si>
     <t>INDICO que seja encaminhado o expediente ao Excelentíssimo Prefeito Municipal, Senhor Rafael Muzzi de Miranda, para que interceda junto ao Secretário Municipal de Saúde ou departamento responsável, para que viabilize a descentralização dos atendimentos Fonoaudiológicos no Município de Cachoeiras de Macacu, visando garantir os principios da universalidade, integralidade e equidade do sistema Público de Saúde.</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1020/ind_-_2022_-_0817-2022_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1020/ind_-_2022_-_0817-2022_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>INDICO que seja encaminhado o expediente ao Excelentíssimo Prefeito Municipal, Senhor Rafael Muzzi de Miranda, para que interceda junto ao Secretário Municipal de Saúde ou departamento responsável, para que viabilize a descentralização dos atendimentos Psiquiátricos no Município de Cachoeiras de Macacu, visando garantir os princípios da universalidade, integralidade e equidade do sistema Público de Saúde.</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1084/ind_-_2022_-_0818_-_2022_-_retirada_-_jose_candido_fragoso_-_retirada.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1084/ind_-_2022_-_0818_-_2022_-_retirada_-_jose_candido_fragoso_-_retirada.pdf</t>
   </si>
   <si>
     <t>INDICO que seja encaminhado o expediente ao Excelentíssimo Prefeito Municipal, Senhor Rafael Muzzi de Miranda, solicitando Órgão na Estrutura Municipal visando a Proteção Animal e o Controle de Zoonoses, com o objetivo de promover a fiscalização e o acompanhamento de animais em situação degradante, expostos a maus tratos ou abandono, alinhando às melhores práticas nacionais.</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1008/ind_-_2022_-_0828-2022_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1008/ind_-_2022_-_0828-2022_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>INDICO que seja encaminhado o expediente ao Excelentíssimo Governador do Estado do Rio de Janeiro, Senhor Cláudio Castro, para que o mesmo interceda junto a Secretaria Estadual competente para planejamento e construção de cobertura da quadra esportiva do Colégio Estadual Maria Zulmira Torres, Cachoeiras de Macacu - R].</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/864/ind_-_2022_-_0752-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/864/ind_-_2022_-_0752-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>INDICO. sei- encaminhado entediante ao Exmo, Senhor Praieira Municipal Rafael Muzzi de Miranda , que mm junto à Secretaria Municipal de Saúde, providencie atendimento emergencial com exame de ultrassom calórico.</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1014/ind_-_2022_-_0982-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1014/ind_-_2022_-_0982-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>INDICO que seja encaminhado ao expediente do Exmo. Senhor Prefeito Rafael Muzzi de Miranda, no intuito de que intercede junto a secretaria de obras e da secretaria de educação, para que seja construído um muro no C.E.I Barãozinho, localizado na rua Mário Amaral, Ganguri de Baixo.</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1015/ind_-_2022_-_0983-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1015/ind_-_2022_-_0983-2022_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>INDICO que seja encaminhado ao expediente do Exmo. Senhor Prefeito Rafael Muzzi de Miranda, no intuito de que interceda junto a secretaria de obras e órgãos competentes solicitando que seja feito um estudo técnico para que sejam instaladas ondulações transversais (quebra—molas) ao longo da rua Antônio José de Lima, (Rua da linha) em Japuíba.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal Rafael Muzzi de Miranda , que intercede junto aos órgãos competentes a possibilidade de viabilizar recursos para aquisição de meios de transporte escolar para os estudantes que moram no Soarinho.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/881/ind_-_2023_-_1021-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/881/ind_-_2023_-_1021-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal Rafael Muzzi de Miranda , que intercede junto aos órgãos competentes, para que providencie novas salas de atendimento na Unidade Básica de Saúde em Papucaia.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/884/ind_-_2023_-_1039-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/884/ind_-_2023_-_1039-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal Rafael Muzzi de Miranda , que interceda junto aos órgãos competentes no intuito de realizar uma operação tapa-buraco em toda extensão da Rua Genésio da Rocha Pinto, na Ribeira.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/886/ind_-_2023_-_1106-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/886/ind_-_2023_-_1106-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal Rafael Muzzi de Miranda, que interceda junto aos órgãos competentes para que seja criado um estacionamento apropriado para ônibus, micro ônibus, vans e similares de Turismo em Cachoeiras de Macacu e que o local tenha_x000D_
 estrutura para limpeza dos mesmo e eliminação dos dejetos sanitários, para não poluir o meio ambiente._x000D_
 meio ambiente</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/891/ind_-_2023_-_1107-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/891/ind_-_2023_-_1107-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal Rafael Muzzi de Miranda, que interceda junto aos órgãos competentes para que seja criado o projeto de prevenção da violência doméstica com a estratégia de saúde da família.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/894/ind_-_2023_-_1108-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/894/ind_-_2023_-_1108-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal Rafael Muzzi de Miranda, que interceda junto aos Órgãos competentes no intuito de que seja adquiridos e doados kits de enxoval para as gestantes em situação de vulnerabilidade social.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/895/ind_-_2023_-_1109-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/895/ind_-_2023_-_1109-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal Rafael Muzzi de Miranda, que intercede junto aos órgãos competentes para criar uma Sala de Recreação junto às EJAs do município, para oferecer um espaço acolhedor e seguro para atender os filhos das alunas que não tem_x000D_
 com quem deixa-los para poderem estudar.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/896/ind_-_2023_-_1110-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/896/ind_-_2023_-_1110-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>INDICO, seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal Rafael Muzzi de Miranda, que intercede junto aos órgãos competentes &amp; realização de estudos e análises objetivando, por meio de acordos de vontades, parcerias, convênios, a criação e sistematização periódica da Feira Mulher_x000D_
 Empreendedora Cachoeirense.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/535/ind_-_2022_-_1111-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/535/ind_-_2022_-_1111-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Analisar a possibilidade de implementação de uma unidade móvel para coleta de sangue.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/536/ind_-_2022_-_1112-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/536/ind_-_2022_-_1112-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Mutirão para inserção de DIU.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/537/ind_-_2022_-_1112-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/537/ind_-_2022_-_1112-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Providenciar o fornecimento de lanches aos pacientes que utilizam o transporte para tratamento de saúde fora do município.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/538/ind_-_2022_-_1114-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/538/ind_-_2022_-_1114-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Contratação de mais psicólogos para atender no CRAM, devido ao aumento na demanda de mulheres que sofrem com violência doméstica.</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
     <t>Possa interceder junto ao Governo do Estado no sentido de providenciar a implantação um Polo de CEDERJ junto do Polo da Unidade de Cursos Profissionalizante FAETEC de cachoeiras de Macacu.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/761/ind_-_2023_-_1121-2022_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/761/ind_-_2023_-_1121-2022_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal RafaeI Muzzi Miranda. para que, na qualidade de Prefeito Municipal, possa interceder junto ao Governo do Estado no sentido de providenciar a implantação dos Cursos Técnicos junto ao Polo de Unidade de Cursos Profissionalizante FAETEC de Cachoeiras de Macacu.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/763/ind_-_2023_-_1122-2022_-_fabricio_de_araujo_sousa_1.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/763/ind_-_2023_-_1122-2022_-_fabricio_de_araujo_sousa_1.pdf</t>
   </si>
   <si>
     <t>Possa interceder junto ao Governo do Estado no sentido de providenciar a implantação de um Polo das Faculdades de Educação Tecnológica do Estado do Rio de Janeiro (FAETERJ) junto ao Polo da Unidade de Cursos Profissionalizante FAETEC de Cachoeiras de Macacu.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
     <t>Seja encaminhado expediente ao Exmo. Senhor Prefeito Municipal Rafael Muzzi de Miranda , que interceda junto aos órgãos competentes no intuito de construir uma rotatória no encontramento da Rodovia Presidente João Goulart com a Rua Naotaro Kaway.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
     <t>LDO</t>
   </si>
   <si>
     <t>Lei de Diretrizes Orçamentárias</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/703/ind_-_2022_-_0623-2022_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/703/ind_-_2022_-_0623-2022_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>INDICO que seja encaminhado o expediente ao Excelentíssimo Prefeito Municipal Sr. Rafael Muzzi de Miranda para que o mesmo interceda junto a Secretaria Municipal de Saúde para que seja realizado REFORMA no Posto de Saúde do bairro de Agro Brasil.</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Projeto de Emenda à Lei Orgânica Municipal</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 308 DA LEI ORGÂNICA MUNICIPAL</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
     <t>Rafael Muzzi de Miranda</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1237/plo_-_2022_-_0658-2022_-executivo_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1237/plo_-_2022_-_0658-2022_-executivo_municipal.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI ORGANICA DO MUNICIPIO DE CACHOEIRAS DE MACACU.</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
     <t>Ailton Telles Machado (Ailton Machado), Alexandre Ferreira da Fonseca (Didico), Darcileia Ulerisch da Silva (Darcileia Ulerisch), Edgar Rosa da Silva (Professor Edgar), Edivaldo Pereira de Souza (Dudu do Povão), Fabrício de Araujo Sousa (Fabrício Português), Ivan Dionizio (Ivan Dionizio), José Cândido Fragoso (Professor José Cândido), José Lucas Stutz Delgado Pinto (Lucas Stutz), Juscelino Rodrigues de Barcelos (Celino), Marco Antônio Freitas Pereira (Marquinho do Povo), Marcos Vinícius Ferreira Romero (Vinicius Romero), Nilton Matozo Viana (Dunga), Tiago da Silva Teixeira (Tiago do Gás), Vilmar Pereira da Silva (Lolô Eletricista)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1154/emo_-_2022_-_1074-2022_-_a_lei_organica_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1154/emo_-_2022_-_1074-2022_-_a_lei_organica_municipal.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO ARTIGO 308 DA LEI ORGANICA MUNICIPAL.</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1181/plc_-_2022_-_0186-2022_-_poder_executivo.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1181/plc_-_2022_-_0186-2022_-_poder_executivo.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI COMPLEMENTAR No0046 DE 24 DE JANEIRO DE 2017 E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1182/plc_-_2022_-_0212-2022_-_poder_executivo.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1182/plc_-_2022_-_0212-2022_-_poder_executivo.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE REVOGAÇAO DO 55o DO ART.6o DA LEI COMPLEMENTAR No0042 DE 15 DE MARÇO DE 2016 E DÁ OUTRAS PROVIDÉNCIAS.</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1179/plo_-_2022_-_0520-2022_-_poder_executivo.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1179/plo_-_2022_-_0520-2022_-_poder_executivo.pdf</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBE O REGIME PRÓPRIO DE PREVIDÊNCIA SOCIAL DO MUNICÍPIO DE CACHOEIRAS DE MACACU, ESTABELECE SEUS PLANOS DE BENEFÍCIOS E DE CUSTEIO, REESTRUTURA SUA UNIDADE GESTORA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>Altera redação dos dispositivos da Lei Complementar no022, de 17 de dezembro, de 2007, prevendo novas regras, quanto ao local de incidência do Imposto Sobre Serviços de Qualquer Natureza, alterando a Lista de Serviços, alterando os subitens 1.03, 1.04, 7.16, 11.02, 13.05, 14.05, 16.01, 25.02, incluindo os subitens 1.09, 6.06, 14.14, 16.02, 17.25, 25.05, que definem novos serviços sujeitos à tributação do Imposto Sobre Serviços de Qualquer Natureza — ISSQN, conforme o Anexo I desta Lei Complementar. Altera a redação do artigo 48, 73 e 85 da Lei 022 de 17 de dezembro de 2007.</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1176/plc_-_2022_-_1042-2022_-_poder_executivo.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1176/plc_-_2022_-_1042-2022_-_poder_executivo.pdf</t>
   </si>
   <si>
     <t>ALTERA ANEXO I DA LEI COMPLEMENTAR No0077 DE 05 DE ABRIL DE 2022 E DÁ OUTRAS PROVIDÉNCIAS.</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1175/plc_-_2022_-_1044-2022_-_poder_executivo.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1175/plc_-_2022_-_1044-2022_-_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Altera a redação do artigo 2o e 14 e acrescenta incisos na Lei Complementar No0055 de 28 de Junho de 2018 - Reestrutura a Carreira de Fiscal do Município, cria cargos, atribuições e Funções e dá outras providências.</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1173/plc_-_2022_-_1073-2022_-_poder_executivo.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1173/plc_-_2022_-_1073-2022_-_poder_executivo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ALTERAÇÃO NA LEI COMPLEMENTAR No0078 DE 24 DE JUNHO DE 2022 DO REGIME PRÓPRIO DE PREVIDENCIA SOCIAL DO MUNICÍPIO DE CACHOEIRAS DE MACACU, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1205/plo_-_2022_-_0035_-_2022_-_poder_executivo.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1205/plo_-_2022_-_0035_-_2022_-_poder_executivo.pdf</t>
   </si>
   <si>
     <t>AUTORIZA REAJUSYE SALARIAL A SERVIDORES E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
     <t>Estabelece prazos sobre o tempo máximo de espera no sistema único de saúde - SUS, no município de Cachoeiras de Macacu/RJ, para a realização de consultas, exames e demais procedimentos médicos que especifica,</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1147/plo_-_2022_-_0077-2022_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1147/plo_-_2022_-_0077-2022_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade do Poder Público Municipal de ofertar o transporte escolar público gratuito para universitários e estudantes de cursos_x000D_
 profissionalizantes.</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1146/plo_-_2022_-_0084-2022_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1146/plo_-_2022_-_0084-2022_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/969/pl0_-_2022_-__0086-2022_-_vereador_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/969/pl0_-_2022_-__0086-2022_-_vereador_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>“DA DENOMINAÇÃO A RUA WALDEMAR CABRAL (WALDEMIRO CABRAL) QUE LIGA A RJ116, NA ALTURA DO KM46 A AV. CASTELO BRANCO NO BAIRRO CASTÁLIA EM CACHOEIRAS DE MACACU-RJ.”</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1163/plo_-_2022_-_0150-2022_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1163/plo_-_2022_-_0150-2022_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>DISPÓE SOBRE CRIAÇÃO E IMPLANTAÇÃO DO PROJETO RONDA ESCOLAR NO MUNICÍPIO DE CACHOEIRAS DE MACACU.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1139/plo_-_2022_-_0162_-_2022_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1139/plo_-_2022_-_0162_-_2022_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1138/plo_-_2022_-_0164_-_2022_-_retirado_-_tiago_da_silva_teixeira.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1138/plo_-_2022_-_0164_-_2022_-_retirado_-_tiago_da_silva_teixeira.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE OS DIREITOS UNIVERSITÁRIOS AO TRANSPORTE GRATUITO.</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1206/plo_-_2022_-_0211-2022_-executivo_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1206/plo_-_2022_-_0211-2022_-executivo_municipal.pdf</t>
   </si>
   <si>
     <t>AUTORIZA REAJUSTE DO VENCIMENTO DOS SERVIDORES PÚBLICOS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1207/plo_-_2022_-_0213-2022_-executivo_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1207/plo_-_2022_-_0213-2022_-executivo_municipal.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REAJUSTE DO VENCIMENTO DIOS AGENTES DE COMBATE AS ENDEMIAS — ACE E DOS AGENTES COMUNITARIOS DE SAUDE — ACS.</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1208/plo_-_2022_-_0248_-_2022_-_com_alteracao_-_ldo_-_dispoe_sobre_as_diretrizes_orcamentarias_para_o_exercicio_financeiro_de_2023_e_da_outras_providencias.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1208/plo_-_2022_-_0248_-_2022_-_com_alteracao_-_ldo_-_dispoe_sobre_as_diretrizes_orcamentarias_para_o_exercicio_financeiro_de_2023_e_da_outras_providencias.pdf</t>
   </si>
   <si>
     <t>DISPÕES SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO FINANCEIRO DE 2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1215/plo_-_2022_-_0249-2022_-_poder_executivo.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1215/plo_-_2022_-_0249-2022_-_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Reajuste do Vencimento dos Guardas Civis Municipais.</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1166/plo_-_2022_-_0288_-_2022_-_vetado_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1166/plo_-_2022_-_0288_-_2022_-_vetado_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Institui o Sistema Colaborativo de Segurança e Monitoramento no Município de Cachoeiras de Macacu - RJ.</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1172/plo_-_2022_-_0330-2022_-_retirado_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1172/plo_-_2022_-_0330-2022_-_retirado_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO DA RUA 1 no BAIRRO  SANTA LUIZA, CACHOEIRAS DE MACACU - RJ.</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1216/plo_-_2022_-_0339-2022_-executivo_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1216/plo_-_2022_-_0339-2022_-executivo_municipal.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional ESPECIAL por ANULAÇAO DE DOTAÇAO no orçamento — Programa de 2022.</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1217/plo_-_2022_-_0340-2022_-executivo_municipal_1.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1217/plo_-_2022_-_0340-2022_-executivo_municipal_1.pdf</t>
   </si>
   <si>
     <t>Abre Crédito ESPECIAL por ANULAÇAO DE DOTAÇAO no orçamento - Programa de 2022.</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1169/plo_-_2022_-_0378_-_2022_-_nilton_matozo_viana.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1169/plo_-_2022_-_0378_-_2022_-_nilton_matozo_viana.pdf</t>
   </si>
   <si>
     <t>Institui no Calendário Oficial do Município de Cachoeiras de Macacu, o Dia Municipal do Jornalista, e dá outras providências.</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1103/plo_-_2022_-_0385_-_2022_-jose_candido_fragoso-_lei_-_2.537.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1103/plo_-_2022_-_0385_-_2022_-jose_candido_fragoso-_lei_-_2.537.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a apresentação de artistas de rua nos logradouros públicos do Município de Cachoeiras de Macacu.</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/2005/plo_-_2022_-_0387-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/2005/plo_-_2022_-_0387-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>INSTITUI O DIA MUNICIPAOL DE CONSCIENTIZAÇÃO SOBRE DOENÇAS CARDIOVASCULARES DO MUNICÍPIO DE CACHOEIRAS DE MACACU</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1998/plo_-_2022_-_0388-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1998/plo_-_2022_-_0388-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>TORNA OBRIGATÓRIO O ATENDIMENTO PREFERENCIAL AOS PORTADORES DE FIBRIMIALGIA NOS ÓRGÃOS PÚBLICOS E NAS EMPRESAS PÚBLICAS E PRIVADAS.</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1102/plo_-_2022_-_0389-2022_-_vetado_darcileia_ulerisch_da_silva_-_vetado-0829-2022.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1102/plo_-_2022_-_0389-2022_-_vetado_darcileia_ulerisch_da_silva_-_vetado-0829-2022.pdf</t>
   </si>
   <si>
     <t>Institui o Programa de Divulgação. Prevenção e Tratamento da Endometriose.</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1218/plo_-_2022_-_0449-2022_-executivo_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1218/plo_-_2022_-_0449-2022_-executivo_municipal.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇAO AO LABORATORIO AGRICOLA DE ANALISE DE SOLOS DE CACHOEIRAS DE MACACU.</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1162/plo_-_2022_-_0452_-_2022_-_alexandre_ferreira_da_fonseca_-_com_certidao_de_obito_-_completo.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1162/plo_-_2022_-_0452_-_2022_-_alexandre_ferreira_da_fonseca_-_com_certidao_de_obito_-_completo.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇÃO A RUA AGUINALDO VIEIRA FELÍCIO, BOQUEIRÃO, BOA VISTA, CACHOEIRAS DE MACACU - RJ.</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1219/plo_-_2022_-_0464-2022_-executivo_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1219/plo_-_2022_-_0464-2022_-executivo_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a adquirir Imóvel de forma onerosa para Construção de um Condomínio Industrial, em conformidade com a Lei Estadual_x000D_
 no6.979/2015 e o Decreto no46.523/2018.</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1220/plo_-_2022_-_0487-2022_-executivo_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1220/plo_-_2022_-_0487-2022_-executivo_municipal.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇAO AO CENTRO DE RECURSOS EDUCACIONAIS ESPECIALIZADO MUNICIPAL.</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1221/plo_-_2022_-_0488-2022_-executivo_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1221/plo_-_2022_-_0488-2022_-executivo_municipal.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Adicional ESPECIAL por ANULAÇAO DE DOTAÇAO no orçamento - Programa de 2022.</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1222/plo_-_2022_-_0489-2022_-executivo_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1222/plo_-_2022_-_0489-2022_-executivo_municipal.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI No1.739 DE 16 DE DEZEMBRO DE 2008 E REVOGA A LEI No1.948 DE 19 DE ABRIL DE 2013 E DA OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1223/plo_-_2022_-_0490-2022_-executivo_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1223/plo_-_2022_-_0490-2022_-executivo_municipal.pdf</t>
   </si>
   <si>
     <t>Institui o Programa “Família Macacu", Acolhimento em Família Acolhedora para Idosos, e dá outras Providências.</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1161/plo_-_2022_-_0495-2022_-_retirado__jose_candido_fragoso_-_retirado_por_duplicidade_1.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1161/plo_-_2022_-_0495-2022_-_retirado__jose_candido_fragoso_-_retirado_por_duplicidade_1.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O CENTRO DE RECUPERAÇÃO E RESSOCIALIZAÇÃO BETUEL (CERRBE).</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1224/plo_-_2022_-_0519-2022_-_executivo_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1224/plo_-_2022_-_0519-2022_-_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o reparcelamento e parcelamento de débitos do Município de Cachoeiras de Macacu/RJ com seu Regime Próprio de Previdência Social _x000D_
  - RPPS, de que trata a Emenda Constitucional n0113, de 2021.</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/2010/plo_-_2022_-_0540-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/2010/plo_-_2022_-_0540-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>CRIAR PROGRAMA DE ALFABETIZAÇÃO DE JOVENS E ADULTOS NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1225/plo_-_2022_-_0629-2022_-executivo_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1225/plo_-_2022_-_0629-2022_-executivo_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza o Chefe do Poder Executivo Municipal a Contratar cargos no Âmbito da Administração Pública Direta e Indireta de Cachoeiras de Macacu, e dá outras providências".</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/2004/plo_-_2022_-_1116-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/2004/plo_-_2022_-_1116-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>CRIAR A CAMPANHA PERMANENTE DE CONSCIENTIZAÇÃO E ENFRENTAMENTO AO ASSÉDIO E VIOLÊNCIA SEXUAL NO MUNICÍPIO DE CACHOEIRAS DE MACACU.</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/2006/plo_-_2022_-_0631-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/2006/plo_-_2022_-_0631-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>DISPONIBILIZAR A IMPLANTAÇÃO DE MEDIDAS DE INFORMAÇÃO À GESTANTE E PARTURIENTE SOBRE A POLÍTICA NACIONAL DE ATENÇÃO OBSTÉTRICA E NEONATAL, VISANDO A PROTEÇÃO DESTA CONTRA A VIOLÊNCIA OBSTÉTRICA NO MUNICÍPIO.</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1226/plo_-_2022_-_0657-2022_-poder_executivo.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1226/plo_-_2022_-_0657-2022_-poder_executivo.pdf</t>
   </si>
   <si>
     <t>CRIA O FUNDO MUNICIPAL DE CULTURA -  FMC E DÁ OUTRAS PROVIDÉNCIAS.</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/981/plo_-_2022_-_0784-2022_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/981/plo_-_2022_-_0784-2022_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A DECLARAÇÃO DE DIREITOS DE LIBERDADE ECONÔMICA, PREVISTA NA LEI FEDERAL Nº 13.874, DE 20 DE SETEMBRO DE 2019, AMPLIA O ALCANCE DAS GARANTIAS FUNDAMENTAIS À LIVRE INICIATIVA E AO LIVRE EXERCÍCIO DE ATIVIDADE ECONÔMICA."</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/982/plo_-_2022_-_0785-2022_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/982/plo_-_2022_-_0785-2022_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE O LIVRE ACESSO DOS PROFISSIONAIS DA ENFERMAGEM EM VISITA AOS SEUS FAMILIARES, INTERNOS EM HOSPITAIS OU OUTRAS UNIDADES DE SAÚDE PÚBLICAS E PRIVADAS E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1227/plo_-_2022_-_0786-2022_-_loa_2023.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1227/plo_-_2022_-_0786-2022_-_loa_2023.pdf</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE CACHOEIRAS DE MACACU PARA O EXERCÍCIO FINANCEIRO DE 2023 - LOA.</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1158/plo_-_2022_-_0814-2022_-_edgar_rosa_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1158/plo_-_2022_-_0814-2022_-_edgar_rosa_da_silva.pdf</t>
   </si>
   <si>
     <t>DA O NOME PAULO MAURICIO SOARES COELHO AO LOGRADOURO PUBLICO INOMINADO, ATUALMENTE CONHECIDO COMO RUA DA PRACA, NO BAIRRO PARQUE RIBEIRA, CACHOEIRAS DE MACACU - R]</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/2007/plo_-_2022_-_0848-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/2007/plo_-_2022_-_0848-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A RESPONSABILIDADE DOS CONDOMÍNIOS RESIDENCIAIS DO MUNICÍPIO COMUNICAREM OCORRÊNCIAS DE VIOLÊNCIA DOMESTICA E FAMILIAR CONTRA MULHERES, CRIANÇAS, ADOLESCENTES, IDOSOS E PESSOAS COM DEFICIÊNCIA.</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1024/plo_-_2022_-_0872-2022_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1024/plo_-_2022_-_0872-2022_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>"DISPÕE SOBRE A PROMOÇÃO E VALORIZAÇÃO DE PROTETORES E CUIDADORES DE ANIMAIS NO MUNICÍPIO DE CACHOEIRAS DE MACACU E DÁ OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1025/plo_-_2022_-_0880-2022_-_ivan_dionizio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1025/plo_-_2022_-_0880-2022_-_ivan_dionizio.pdf</t>
   </si>
   <si>
     <t>"DÁ DENOMINAÇÃO A ÁREA DE LAZER SITUADA NO BAIRRO RIBEIRA, PAPUCAIA, CACHOEIRAS DE MACACU-RJ."</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1228/plo_-_2022_-_0889_-_2022_-_executivo_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1228/plo_-_2022_-_0889_-_2022_-_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a reestruturação do Conselho de Alimentação Escolar -CAE do Município de Cachoeiras de Macacu/RJ de acordo com o disposto na Lei Federal No11.947 de 16 de junho de 2009 e a Resolução CD/FNDE No 06 de 08 de Maio de 2020.</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1229/plo_-_2022_-_0900_-_2022_-_executivo_municipal_-_protocolado.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1229/plo_-_2022_-_0900_-_2022_-_executivo_municipal_-_protocolado.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ART. 1º,10,11,12,14,15,16,20,25, ANEXOS I, II E IV E ACRESCENTA O § 5º NO ART 20 DA LEI Nº 1.878/2011 QUE DISPÕE SOBRE O PLANO UNIFICADO DE CARREIRAS E REMUNERAÇÃO DOS PROFISSIONAIS DE EDUCAÇÃO DO MUNICÍPIO DE CACHOEIRAS DE MACACU.</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1165/plo_-_2021_-_0961-2021_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1165/plo_-_2021_-_0961-2021_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA DE DISTRIBUIÇÃO GRATUITA DE ABSORVENTES HIGIÊNICOS EM UNIDADES DA REDE MUNCIPAL DE SAÚDE DA CIDADE DE CACHOEIRAS DE MACACU/RJ.</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1164/plo_-_2021_-_0962-2021_-_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1164/plo_-_2021_-_0962-2021_-_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O FORNECIMENTO DE ABSORVENTES HIGIÊNICOS A ESTUDANTES DO SEXO FEMININO NAS ESCOLAS P~UBLICAS MUNICIPAIS DE CACHOEIRAS DE MACACU,</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1230/plo_-_2022_-_0967_-_2022_-_executivo_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1230/plo_-_2022_-_0967_-_2022_-_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a adquirir imóvel de forma onerosa para construção e instalação de Escola Municipal.</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/2008/plo_-_2022_-_0973-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/2008/plo_-_2022_-_0973-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>INSTITUIR O PROGRAMA MATERNIDADE RESPONSÁVEL NO ÂMBITO DO MUNICÍPIO DE CACHOEIRAS DE MACACU.</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/2009/plo_-_2022_-_0978-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/2009/plo_-_2022_-_0978-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>INSTITUIR O ATENDIMENTO PREFERENCIAL AOS DOADORES DE SANGUE NOS ESTABALECIMENTOS COMERCIAIS, BANCÁRIOS E DE PRESTAÇÃO DE SERVIÇOS NAS REPARTIÇÕES PÚBLICAS MUNICIPAIS EM CACHOEIRAS DE MACACU.</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1231/plo_-_2022_-_1045_-_2022_-_poder_executivo_municipal_1.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1231/plo_-_2022_-_1045_-_2022_-_poder_executivo_municipal_1.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A CRIAR VAGAS PARA O PROVIMENTO DE CARGOS NA AREA EDUCACIONAL.</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1232/plo_-_2022_-_1068_-_2022_-_poder_executivo_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1232/plo_-_2022_-_1068_-_2022_-_poder_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>DÁ DENOMINAÇAO AO CENTRO EDUCACAO INFANTIL MUNICIPAL CRIADO PELO DECRETO No 4.550 DE 16 DE NOVEMBRO DE 2022.</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1233/plo_-_2022_-_1069_-_2022_-_poder_executivo_municipal_1.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1233/plo_-_2022_-_1069_-_2022_-_poder_executivo_municipal_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE, PARCELAMENTO E REPARCELAMENTO DE DEBITOS DO MUNICIPIO DE CACHOEIRAS DE MACACU/RJ COM SEU REGIME PROPRIO DE PREVIDENCIA SOCIAL - RPPS.</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1157/plo_-_2022_-_1072_-_2022_-_tiago_do_gas_-_declara_utilidade_publica_ao_colonial_esporte_clube.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1157/plo_-_2022_-_1072_-_2022_-_tiago_do_gas_-_declara_utilidade_publica_ao_colonial_esporte_clube.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O COLONIAL ESPORTE CLUBE.</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1137/plo_-_2022_-_1073_-_2021_-_vetado_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1137/plo_-_2022_-_1073_-_2021_-_vetado_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DISPENSA DE SERVIDOR PÚBLICO MUNICIPAL DE PARTE DA JORNADA DE TRABALHO PARA o ACOMPANHAMENTO DE PESSOA COM DEFICIÉNCIA.</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1234/plo_-_2022_-_1091_-_2022_-_poder_executivo_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1234/plo_-_2022_-_1091_-_2022_-_poder_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI ORÇAMENTÁRIA ANUAL DE 2023 LEI” No2. 548 DE 29 DE NOVEMBRO DE 2022, QUANTO A CLASSIFICAÇÃO E DESCRIÇÃO DAS FONTES DE RECURSOS.</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1235/plo_-_2022_-_1092_-_2022_-_poder_executivo_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1235/plo_-_2022_-_1092_-_2022_-_poder_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL ESPECIAL POR ANULAÇÃO DE DOTAÇÃO NO ORÇAMENTO--PROGRAMA DE 2022.</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1123/plo_-_2022_-_1107_-_2021_-_vetado_vilmar_pereira_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1123/plo_-_2022_-_1107_-_2021_-_vetado_vilmar_pereira_da_silva.pdf</t>
   </si>
   <si>
     <t>Autoriza o chefe do Poder Executivo a conceder concessão de uso próprio Municipal à liga cachoeirense de Desportos.</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/2003/plo_-_2022_-_1116-2022_-_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/2003/plo_-_2022_-_1116-2022_-_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>INSTITUI O REGIME ESPECIAL DE CONTRATAÇÃO DE MULHERES EM SITAÇÃO DE VIOLÊNCIA DOMÉSTICA NO MUNICÍPIO DE CACHOEIRAS DE MACACU.</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1236/plo_-_2022_-_1117_-_2022_-_poder_executivo_municipal.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1236/plo_-_2022_-_1117_-_2022_-_poder_executivo_municipal.pdf</t>
   </si>
   <si>
     <t>ABRE CREDITO ADICIONAL ESPECIAL POR ANULAÇAO DE DOTAÇAO NO ORÇAMENTO — PROGRAMA DE 2023.</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1168/plo_-_2021_-_1160-2021_-_vetado__tiago_da_silva_teixeira.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1168/plo_-_2021_-_1160-2021_-_vetado__tiago_da_silva_teixeira.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CELEBRAR CONVENIO COM CLÍNICAS MÉDICAS, VISANDO A IMPLANTAÇÃO DO PROGRAMA MEIA- CONSULTA JUNTO AOS PACIENTES HIPOSSUFICIENTES DO MUNICÍPIO E DÁ OUTRAS PROVIDENCIAS</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1121/plo_-_2022_-_1168_-_2021_-_vetado__vilmar_pereira_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1121/plo_-_2022_-_1168_-_2021_-_vetado__vilmar_pereira_da_silva.pdf</t>
   </si>
   <si>
     <t>Autoriza a Instituição do Programa Saúde Oftalmológica para aluno da rede municipal de ensino e dá outras providências.</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1159/plo_-_2022_-_0495-2022_-_retirado__jose_candido_fragoso_-_retirado_por_duplicidade.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1159/plo_-_2022_-_0495-2022_-_retirado__jose_candido_fragoso_-_retirado_por_duplicidade.pdf</t>
   </si>
   <si>
     <t>DECLARA DE UTILIDADE PÚBLICA O CENTRO DE RECUPERAÇÃO E RESSOCIALIZAÇÃO BETUEL (CERRBE)</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1901/prs_-_2022_-_0031_-_2022_-_ver_jose_lucas_stutz_-_reprova_contas_governo_ano_2020_gestao_mauro_soares.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1901/prs_-_2022_-_0031_-_2022_-_ver_jose_lucas_stutz_-_reprova_contas_governo_ano_2020_gestao_mauro_soares.pdf</t>
   </si>
   <si>
     <t>Reprova as Contas Anuais do Municipio de Cachoeiras de Macacu, Gestao do Prefeito Municipal, Senhor Mauro Cezar de Castro Soares, relativas ao Exercicio de 2020, Processo TCE/RJ 210.080-6/21.</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1725/res_-_2022_-_0230_-_2022_-_concede_titulos_de_cidadania_cachoeirense_-_ver_marcos_vinicius_ferreira_romero.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1725/res_-_2022_-_0230_-_2022_-_concede_titulos_de_cidadania_cachoeirense_-_ver_marcos_vinicius_ferreira_romero.pdf</t>
   </si>
   <si>
     <t>Concede Titulos de Cidadania Cachoeirense</t>
   </si>
   <si>
     <t>1890</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1890/prs_-_2022_-_0231_-_2022_-_ver_marcos_viniciius_romero_-_concede_medalha_de_honra_ao_merito_dr_mario_simao_assaf.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1890/prs_-_2022_-_0231_-_2022_-_ver_marcos_viniciius_romero_-_concede_medalha_de_honra_ao_merito_dr_mario_simao_assaf.pdf</t>
   </si>
   <si>
     <t>Concede Medalha de Honra ao Mérito Dr. Mario Simao Assaf</t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1885/plo_-_2022_-_0238_-_2022_-_ver_edgar_silva_-_concede_medalha_de_honra_ao_merito_dr_mario_simao_assaf.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1885/plo_-_2022_-_0238_-_2022_-_ver_edgar_silva_-_concede_medalha_de_honra_ao_merito_dr_mario_simao_assaf.pdf</t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1927/prs_-_2022_-_0243_-_2022_-_ver_fabricio_araujo_sousa_-_concede_titulo_de_cidadania_cachoeirense.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1927/prs_-_2022_-_0243_-_2022_-_ver_fabricio_araujo_sousa_-_concede_titulo_de_cidadania_cachoeirense.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Cachoeirense</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1884/prs_-_2022_-_0256_-_2022_-_ver_darcileia_ulerisch_-_concede_medalha_de_honra_ao_merito_dr_mario_simao_assaf.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1884/prs_-_2022_-_0256_-_2022_-_ver_darcileia_ulerisch_-_concede_medalha_de_honra_ao_merito_dr_mario_simao_assaf.pdf</t>
   </si>
   <si>
     <t>1923</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1923/prs_-_2022_-_0257_-_2022_-_ver_darcileia_ulerisch_da_silva_-_concede_titulo_de_cidadania_cachoeirense.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1923/prs_-_2022_-_0257_-_2022_-_ver_darcileia_ulerisch_da_silva_-_concede_titulo_de_cidadania_cachoeirense.pdf</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1887/prs_-_2022_-_0259_-_2022_-_ver_fabricio_araujo_-_concede_medalha_de_honra_ao_merito_dr_mario_simao_assaf.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1887/prs_-_2022_-_0259_-_2022_-_ver_fabricio_araujo_-_concede_medalha_de_honra_ao_merito_dr_mario_simao_assaf.pdf</t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
     <t>Ailton Telles Machado (Ailton Machado)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1739/prs_-_2022_-_0263_-_2022_-_concede_titulos_de_cidadania_cachoeirense_-_ver_ailton_telles_machado.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1739/prs_-_2022_-_0263_-_2022_-_concede_titulos_de_cidadania_cachoeirense_-_ver_ailton_telles_machado.pdf</t>
   </si>
   <si>
     <t>1928</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1928/prs_-_2022_-_0286_-_2022_-_ver_ivan_dionizio_-_concede_titulo_de_cidadania_cachoeirense.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1928/prs_-_2022_-_0286_-_2022_-_ver_ivan_dionizio_-_concede_titulo_de_cidadania_cachoeirense.pdf</t>
   </si>
   <si>
     <t>1929</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1929/prs_-_2022_-_0287_-_2022_-_ver_jose_lucas_stutz_delgado_pinto_-_concede_titulo_de_cidadania_cachoeirense.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1929/prs_-_2022_-_0287_-_2022_-_ver_jose_lucas_stutz_delgado_pinto_-_concede_titulo_de_cidadania_cachoeirense.pdf</t>
   </si>
   <si>
     <t>1889</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1889/prs_-_2022_-_0291_-_2022_-_ver_jose_lucas_stutz_-_concede_medalha_de_honra_ao_merito_dr_mario_simao_assaf.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1889/prs_-_2022_-_0291_-_2022_-_ver_jose_lucas_stutz_-_concede_medalha_de_honra_ao_merito_dr_mario_simao_assaf.pdf</t>
   </si>
   <si>
     <t>1883</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1883/prs_-_2022_-_0292_-_2022_-_ver_ailton_telles_-_concede_medalha_de_honra_ao_merito_dr_mario_simao_assaf.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1883/prs_-_2022_-_0292_-_2022_-_ver_ailton_telles_-_concede_medalha_de_honra_ao_merito_dr_mario_simao_assaf.pdf</t>
   </si>
   <si>
     <t>Concede Medalha de Honra ao Mérito Dr. Mario Simao Assaf.</t>
   </si>
   <si>
     <t>1925</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1925/prs_-_2022_-_0293_-_2022_-_ver_edivaldo_pereira_de_souza_-_concede_titulos_de_cidadania_cachoeirense.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1925/prs_-_2022_-_0293_-_2022_-_ver_edivaldo_pereira_de_souza_-_concede_titulos_de_cidadania_cachoeirense.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULOS DE CIDADANIA CACHOEIRENSE</t>
   </si>
   <si>
     <t>1886</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1886/prs_-_2022_-_0294_-_2022_-_edivaldo_pereira_de_souza.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1886/prs_-_2022_-_0294_-_2022_-_edivaldo_pereira_de_souza.pdf</t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1914/prs_-_2022_-_0303_-_2022_-_tiago_da_silva_teixeira.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1914/prs_-_2022_-_0303_-_2022_-_tiago_da_silva_teixeira.pdf</t>
   </si>
   <si>
     <t>1888</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1888/prs_-_2022_-_0309-_2022_-_ver_ivan_dionizio_-_concede_medalha_honra_simao_assaf.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1888/prs_-_2022_-_0309-_2022_-_ver_ivan_dionizio_-_concede_medalha_honra_simao_assaf.pdf</t>
   </si>
   <si>
     <t>1913</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1913/prs_-_2022_-_0310_-_2022_-_ver_jose_candido_fragoso_-_concede_titulo_de_cidadania_cachoeirense.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1913/prs_-_2022_-_0310_-_2022_-_ver_jose_candido_fragoso_-_concede_titulo_de_cidadania_cachoeirense.pdf</t>
   </si>
   <si>
     <t>1926</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1926/prs_-_2022_-_0311_-_2022_-_ver_edivaldo_pereira_de_souza_-_concede_titulo_de_cidadania_cachoeirense.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1926/prs_-_2022_-_0311_-_2022_-_ver_edivaldo_pereira_de_souza_-_concede_titulo_de_cidadania_cachoeirense.pdf</t>
   </si>
   <si>
     <t>1924</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1924/prs_-_2022_-_0312_-_2022_-_ver_edgar_rosa_da_silva_-_concede_titulo_de_cidadania_cachoeirense.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1924/prs_-_2022_-_0312_-_2022_-_ver_edgar_rosa_da_silva_-_concede_titulo_de_cidadania_cachoeirense.pdf</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1922/prs_-_2022_-_0317_-_2022_-_ver_vilmar_pereira_da_silva_-_concede_titulo_de_cidadania_cachoeirense.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1922/prs_-_2022_-_0317_-_2022_-_ver_vilmar_pereira_da_silva_-_concede_titulo_de_cidadania_cachoeirense.pdf</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1732/prs_-_2022_-_0318__-_2022_-_concede_titulos_de_cidadania_cachoeirense_-_ver_alexandre_ferreira_da_fonseca.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1732/prs_-_2022_-_0318__-_2022_-_concede_titulos_de_cidadania_cachoeirense_-_ver_alexandre_ferreira_da_fonseca.pdf</t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1900/prs_-_2022_-_0322_-_2022_-_ver_vilmar_pereira_da_silva_-_concede_medalha_de_honra_ao_merito_dr_mario_simao_assaf.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1900/prs_-_2022_-_0322_-_2022_-_ver_vilmar_pereira_da_silva_-_concede_medalha_de_honra_ao_merito_dr_mario_simao_assaf.pdf</t>
   </si>
   <si>
     <t>1899</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1899/prs_-_2022_-_0323_-_2022_-_ver_nilton_matozo_viana_-_concede_medalha_de_honra_ao_merito_dr_mario_simao_assaf.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1899/prs_-_2022_-_0323_-_2022_-_ver_nilton_matozo_viana_-_concede_medalha_de_honra_ao_merito_dr_mario_simao_assaf.pdf</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1729/res_-_2022_-_0324__-_2022_-_concede_titulos_de_cidadania_cachoeirense_-_ver_nilton_matozo_viana.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1729/res_-_2022_-_0324__-_2022_-_concede_titulos_de_cidadania_cachoeirense_-_ver_nilton_matozo_viana.pdf</t>
   </si>
   <si>
     <t>ConcedeTitulo de Cidadania Cachoeirense</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1916/prs_-_2022_-_0329_-_2022_-_ver_jose_candido_fragoso_-_concede_titulo_de_cidadania_cachoeirense.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1916/prs_-_2022_-_0329_-_2022_-_ver_jose_candido_fragoso_-_concede_titulo_de_cidadania_cachoeirense.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Cachoeirense a ANGELO DOS SANTOS MORAES,</t>
   </si>
   <si>
     <t>1921</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1921/prs_-_2022_-_0333_-_2022_-_ver_vilmar_pereira_da_silva_-_concede_titulo_de_cidadania_cachoeirense.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1921/prs_-_2022_-_0333_-_2022_-_ver_vilmar_pereira_da_silva_-_concede_titulo_de_cidadania_cachoeirense.pdf</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1731/prs_-_2022_-_0336__-_2022_-_concede_titulos_de_cidadania_cachoeirense_-_ver_alexandre_ferreira_da_fonseca.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1731/prs_-_2022_-_0336__-_2022_-_concede_titulos_de_cidadania_cachoeirense_-_ver_alexandre_ferreira_da_fonseca.pdf</t>
   </si>
   <si>
     <t>Concede Titulo de Cidadania Cachoeirense</t>
   </si>
   <si>
     <t>1919</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1919/prs_-_2022_-_0338_-_2022_-_ver_nilton_matozo_viana_-_concede_titulo_de_cidadania_cachoeirense.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1919/prs_-_2022_-_0338_-_2022_-_ver_nilton_matozo_viana_-_concede_titulo_de_cidadania_cachoeirense.pdf</t>
   </si>
   <si>
     <t>1920</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1920/prs_-_2022_-_0341_-_2022_-_ver_nilton_matozo_viana_-_concede_titulo_de_cidadania_cachoeirense.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1920/prs_-_2022_-_0341_-_2022_-_ver_nilton_matozo_viana_-_concede_titulo_de_cidadania_cachoeirense.pdf</t>
   </si>
   <si>
     <t>1930</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1930/prs_-_2022_-_0342_-_2022_-_ver_juscelino_rodrigues_de_barcelos_-_concede_titulo_de_cidadania_cachoeirense.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1930/prs_-_2022_-_0342_-_2022_-_ver_juscelino_rodrigues_de_barcelos_-_concede_titulo_de_cidadania_cachoeirense.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADANIA CACHOEIRENSE</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1730/res_-_2022_-_0343__-_2022_-_concede_titulos_de_cidadania_cachoeirense_-_ver_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1730/res_-_2022_-_0343__-_2022_-_concede_titulos_de_cidadania_cachoeirense_-_ver_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>Concede Titulo  de  Cidadania  Cachoeirense</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1733/prs_-_2022_-_0344_-_2022_-_concede_titulos_de_cidadania_cachoeirense_-_ver_alexandre_ferreira_da_fonseca.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1733/prs_-_2022_-_0344_-_2022_-_concede_titulos_de_cidadania_cachoeirense_-_ver_alexandre_ferreira_da_fonseca.pdf</t>
   </si>
   <si>
     <t>ConcedeTitulos de Cidadania Cachoeirense</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1915/prs_-_2022_-_0345_-_2022_-_ver_jose_candido_fragoso_-_concede_titulo_de_cidadania_cachoeirense.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1915/prs_-_2022_-_0345_-_2022_-_ver_jose_candido_fragoso_-_concede_titulo_de_cidadania_cachoeirense.pdf</t>
   </si>
   <si>
     <t>Concede Título de Cidadania Cachoeirense”</t>
   </si>
   <si>
     <t>1912</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1912/prs_-_2022_-_0347_-_2022_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1912/prs_-_2022_-_0347_-_2022_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>Concede Medalha de Honra ao Mérito Dr. Mário Simão Assaf</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1724/res_-_2022_-_0349_-_2022_-_concede_titulo_de_cidadania_cachoeirense_-_ver_juscelino_rodrigues_de_barcelos.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1724/res_-_2022_-_0349_-_2022_-_concede_titulo_de_cidadania_cachoeirense_-_ver_juscelino_rodrigues_de_barcelos.pdf</t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1918/prs_-_2022_-_0361_-_2022_-_ver_darcileia_ulerisch_da_silva_-_concede_medalha_de_honra_ao_merito.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1918/prs_-_2022_-_0361_-_2022_-_ver_darcileia_ulerisch_da_silva_-_concede_medalha_de_honra_ao_merito.pdf</t>
   </si>
   <si>
     <t>1911</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1911/prs_-_2022_-_0363_-_2022_-_jose_candido_fragoso.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1911/prs_-_2022_-_0363_-_2022_-_jose_candido_fragoso.pdf</t>
   </si>
   <si>
     <t>1906</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>Ailton Telles Machado (Ailton Machado), Alexandre Ferreira da Fonseca (Didico), Darcileia Ulerisch da Silva (Darcileia Ulerisch), Marcos Vinícius Ferreira Romero (Vinicius Romero)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1906/prs_-_2022_-_0942_-_2022_-_ver_ailton_telles_-_institui_comissao_especial_pessoa_idosa_cmcm.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1906/prs_-_2022_-_0942_-_2022_-_ver_ailton_telles_-_institui_comissao_especial_pessoa_idosa_cmcm.pdf</t>
   </si>
   <si>
     <t>INSTITUI A COMISSÃO ESPECIAL DA PESSOA IDOSA DA CMCM</t>
   </si>
   <si>
     <t>1931</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1931/req_-_2022_-_0081_-_2022_-_ver_tiago_da_silva_teixeira_-_sobre_aquisicao_desktops_para_estudantes.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1931/req_-_2022_-_0081_-_2022_-_ver_tiago_da_silva_teixeira_-_sobre_aquisicao_desktops_para_estudantes.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO 0001/2022 - DE AUTORIA DO VER TIAGO DA SILVA TEIXEIRA - DOCUMENTOS LICITATÓRIOS PARA AQUISIÇÃO DE "DESKTOPS" PARA ESTUDANTES._x000D_
 _x000D_
 (*) RETIRADO PELO AUTOR, OFG 0706 - 2022, 05AGO22.</t>
   </si>
   <si>
     <t>1933</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1933/req_-_2022_-_0960_-_2022_-_ver_dudu_do_povao_e_ou_-_relatorio_integral_aplicacao_recursos_icms_ecologico.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1933/req_-_2022_-_0960_-_2022_-_ver_dudu_do_povao_e_ou_-_relatorio_integral_aplicacao_recursos_icms_ecologico.pdf</t>
   </si>
   <si>
     <t>REQUER RELATORIO INTEGRAL ANO 2022 ARRECADAÇÃO E APLICAÇÃO RECURSOS ICMS ECOLOGICO</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Vetos do Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1201/vet_-_2022_-_0025-2022_-_total_-_1058-2021_-_projeto_de_lei_1058-2021.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1201/vet_-_2022_-_0025-2022_-_total_-_1058-2021_-_projeto_de_lei_1058-2021.pdf</t>
   </si>
   <si>
     <t>Veto Total ao Projeto de Lei Ordinária, aprovado na sessão ordinária, realizada no dia 14 de Dezembro de 2021, que “PROÍBE A COBRANÇA DE SACOLAS DESCARTÁVEIS BIODEGRADÁVEIS DE PAPEL OU DE QUALQUER OUTRO MATERIAL QUE NÃO POLUA O MEIO AMBIENTE PARA EMBALAGEM E  TRANSPORTE DE PRODUTOS ADQUIRIDOS EM ESTABELECIMENTOS COMERCIAIS NO AMBITO DA CIDADE DE CACHOEIRAS/RJ” - sob processo nº 1058/2021.</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1199/vet_-__2022_-_0285-2022_-_parcial_-_0162-2022_-_projeto_de_lei_0162-2021_-_jose_candido_fragoso_-_acolhido.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1199/vet_-__2022_-_0285-2022_-_parcial_-_0162-2022_-_projeto_de_lei_0162-2021_-_jose_candido_fragoso_-_acolhido.pdf</t>
   </si>
   <si>
     <t>Veto Parcial ao Projeto de Lei Ordinária, aprovado na sessão ordinária, realizada no dia 22 de Março de 2022, que “DISPÕE SOBRE A OBRIGATORIEDADE DO PODER PÚBLICO MUNICIPAL DE OFERTAR O TRANSPORTE ESCOLAR PÚBLICO GRATUITO PARA UNIVERSITÁRIOS E ESTUDANTES DE CURSOS PROFISSIONALIZANTES” - sob processo no0162/2022.</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1198/vet_-_2022_-_0383-2022_-_total_-_1073-2021__-_acolhido_-_projeto_de_lei_-_fabricio_de_araujo_sousa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1198/vet_-_2022_-_0383-2022_-_total_-_1073-2021__-_acolhido_-_projeto_de_lei_-_fabricio_de_araujo_sousa.pdf</t>
   </si>
   <si>
     <t>Veto Total ao Projeto de Lei Ordinária, aprovado na sessão ordinária, realizada no dia 12 de Abril de 2022, que “DISPÕE SOBRE A DISPENSA DE SERVIDOR PÚBLICO MUNICIPAL DE PARTE DE JORNADA DE TRABALHO PARA ACOMPANHAMENTO DE PESSOA COM DEFICIÉNCIA” - sob protocolo no1073/2021.</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1197/vet_-_2022_-_0542-2022_-_total_-_1168-2021__-_acolhido_-_projeto_de_lei_-_vereador_vilmar_pereira_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1197/vet_-_2022_-_0542-2022_-_total_-_1168-2021__-_acolhido_-_projeto_de_lei_-_vereador_vilmar_pereira_da_silva.pdf</t>
   </si>
   <si>
     <t>Veto Total ao Projeto de Lei Ordinária, aprovado na sessão ordinária, realizada no dia 17 de Maio de 2022, que ”AUTORIZA A INSTITUIÇÃO DO ROGRAMA DE SAÚDE OFTALMOLÓGICA PARA ALUNO DA REDE MUNICIPAL DE ENSINO E DÁ OUTRAS PROVIDÉNCIAS" - sob processo no1168/2021.</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1196/vet_-_2022_-_0543-2022_-_total-_1107-2021_-_acolhido_-_projeto_de_lei_-_vereador_vilmar_pereira_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1196/vet_-_2022_-_0543-2022_-_total-_1107-2021_-_acolhido_-_projeto_de_lei_-_vereador_vilmar_pereira_da_silva.pdf</t>
   </si>
   <si>
     <t>Veto Total ao Projeto de Lei Ordinária, aprovado na sessão ordinária, realizada no dia 17 de Maio de 2022, que ”AUTORIZA O CHEFE DO PODER EXECUTIVO A CONCEDER CONCESSÃO DE USO PRÓPRIO MUNICIPAL A LIGA CACHOEIRENSE DE DESPORTO” - sob processo no1107/2021.</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1195/vet_-_2022_-_0558-2022_-_total-_0385-2022_-_retirado_projeto_de_lei_0385-2022_-_jose_candido_fragoso_-_retirado_pelo_executivo.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1195/vet_-_2022_-_0558-2022_-_total-_0385-2022_-_retirado_projeto_de_lei_0385-2022_-_jose_candido_fragoso_-_retirado_pelo_executivo.pdf</t>
   </si>
   <si>
     <t>Veto Total ao Projeto de Lei Ordinária, aprovado na sessão ordinária, realizada no dia 24 de Maio de 2022, que ”DISPÕE SOBRE A APRESENTAÇÃO DE_x000D_
 ARTISTAS DE RUA NOS LOGRADOUROS PÚBLICOS DO MUNICÍPIO DE CACHOEIRAS DE MACACU" - sob processo no385/2022.</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1192/vet_-__2022_-_0559-2022_-_total_-_0064-2022_-_acolhido_-_projeto_de_lei_-_vereador_tiago_da_silva_teixeira.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1192/vet_-__2022_-_0559-2022_-_total_-_0064-2022_-_acolhido_-_projeto_de_lei_-_vereador_tiago_da_silva_teixeira.pdf</t>
   </si>
   <si>
     <t>Veto Total ao Projeto de Lei Ordinária, aprovado na sessão ordinária, realizada no dia 24 de Maio de 2022, que ”ESTABELECE PRAZOS SOBRE O TEMPO_x000D_
 MÁXIMO DE ESPERA NO SISTEMA ÚNICO DE SAÚDE - SUS, NO MUNICÍPIO DE CACHOEIRAS DE MACACU/RJ PARA A REALIZAÇÃO DE CONSULTAS, EXAMES E DEMAIS PROCEDIMENTOS MÉDICOS QUE ESPECIFICA" - sob processo no0064/2022.</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1191/vet_-_2022_-_0829-2022_-_total_-_0389-2022_-_acolhido_-_projeto_de_lei_-_vereadora_darcileia_ulerisch_da_silva.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1191/vet_-_2022_-_0829-2022_-_total_-_0389-2022_-_acolhido_-_projeto_de_lei_-_vereadora_darcileia_ulerisch_da_silva.pdf</t>
   </si>
   <si>
     <t>Veto Total ao Projeto de Lei, aprovado na sessão ordinária, realizada no dia 23 de Agosto de 2022, que “INSTITUI O PROGRAMA DE DIVULGAÇÃO,  PREVENÇÃO E TRATAMENTO DA ENDOMETRIOSE” - sob processo no0389/2022.</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1183/vet__-_2022_-_0866-2022_-_total_-__projeto_de_lei_1160-2021_-_vereador_tiago_da_silva_teixeira_-_acolhido.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1183/vet__-_2022_-_0866-2022_-_total_-__projeto_de_lei_1160-2021_-_vereador_tiago_da_silva_teixeira_-_acolhido.pdf</t>
   </si>
   <si>
     <t>Velo Tola] ao Projeto de Lei Ordinária, Aprovado na sessão ordinária. realizada no dia os de Setembro d: 2021, que “AUTORIZA o PODER EXECUTIVO_x000D_
 MUNICIPAL A CELEBRAR CONVÉNIO COM CLÍNICAS MÉDICAS. VISANDO A IMPLANTAÇÃO DO PROGRAMA MEIA-CONSULTA JUNTO Aos PACIENTES_x000D_
 HIPOSSUFICIENTES DO MUNICÍPIO E DÁ OUTRAS PROVIDENCIAS" - sob processo na usa/2021.</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1189/vet_-_2022_-_0867-2022_-_total_-_0288-022__-_acolhido_-_projeto_de_lei_-_jose_lucas_stutz_delgado_pinto.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1189/vet_-_2022_-_0867-2022_-_total_-_0288-022__-_acolhido_-_projeto_de_lei_-_jose_lucas_stutz_delgado_pinto.pdf</t>
   </si>
   <si>
     <t>Veto Total ao Projeto de Lei Ordinária, aprovado na sessão ordinária, realizada no dia 06 de Setembro de 2022, que “INSTITUI O SISTEMA COLABORATIVO DE SEGURANÇA E MONITORAMENTO NO MUNCÍPIO DE CACHOEIRAS DE MACACU - RJ ” - sob processo no 0288/2022.</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1188/vet__-_2022_-_0908-2022_-_total_-0150-2022_-_rejeitado_-projeto_de_lei_0150-2022_-_vereador_edgar_rosa_da_silva_-_rejeitado..pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1188/vet__-_2022_-_0908-2022_-_total_-0150-2022_-_rejeitado_-projeto_de_lei_0150-2022_-_vereador_edgar_rosa_da_silva_-_rejeitado..pdf</t>
   </si>
   <si>
     <t>Veto Total ao Projeto de Lei Ordinária, aprovado na Sessão Ordinária, realizada no dia 20 de setembro de 2022, que "DISPÕE SOBRE CRIAÇÃO E IMPLEMENTAÇÃO DO PROJETO RONDA ESCOLAR NO MUNICÍPIO DE CACHOEIRAS DE MACACU." - sob o processo nº 0150/2022, de autoria do Vereador Edgar Rosa da Silva (BRASIL 35).</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1186/vet__-_2022_-_0909-2022_-_total_-_0961-2021_-_rejeitado_-_projeto_de_lei_0961-2021_-_vereador_marcos_vinicius_ferreira_romero_-_rejeitado..pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1186/vet__-_2022_-_0909-2022_-_total_-_0961-2021_-_rejeitado_-_projeto_de_lei_0961-2021_-_vereador_marcos_vinicius_ferreira_romero_-_rejeitado..pdf</t>
   </si>
   <si>
     <t>Veto Total ao Projeto de Lei Ordinário, aprovado na Sessão Ordinária, realizada no dia 20 de setembro de 2022, que "INSTITUI O PROGRAMA DE DISTRIBUIÇÃO GRATUITA DE ABSORVENTES HIGIÊNICOS EM UNIDADES DA REDE MUNICIPAL DE SAÚDE DA CIDADE DE CAHOEIRAS DE MACACU - RJ" - sob o processo nº 0961/2021, de autoria do Vereador Marcos Vinícius Ferreira Romero (BRASIL 35).</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1184/vet_-__2022_-_0910-2022_-_total_-_0962-2021_-_rejeitado_-_projeto_de_lei_0962-2021_-_vereador_marcos_vinicius_ferreira_romero_-_rejeitado.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1184/vet_-__2022_-_0910-2022_-_total_-_0962-2021_-_rejeitado_-_projeto_de_lei_0962-2021_-_vereador_marcos_vinicius_ferreira_romero_-_rejeitado.pdf</t>
   </si>
   <si>
     <t>Veto Total ao Projeto de Lei Ordinária, aprovado na sessão ordinária, realizada no dia 20 de Setembro de 2022, que “DISPÕE SOBRE O FORNECIMENTO DE ABSORVENTES HIGIÉNICOS A ESTUDANTES DO SEXO FEMININO NASAESCOLAS PÚBLICAS MUNICIPAIS DE CACHOEIRAS DE MACACU-RJ” — sob processo no 0962/2021.</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1202/vet_-_total_-_2022_-_1200-2021_-_projeto_de_lei_0904-2021_-_vereador_fabricio_de_araujo_sousa_-_acolhido.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1202/vet_-_total_-_2022_-_1200-2021_-_projeto_de_lei_0904-2021_-_vereador_fabricio_de_araujo_sousa_-_acolhido.pdf</t>
   </si>
   <si>
     <t>Veto Total ao Projeto de Lei nº 0904/2021 de autoria do vereador Fabrício de Araújo Sousa que "DISPÕE SOBRE A OBRIGATORIEDADE DE INCLUSÃO DE PRODUTOS MAJORITARIAMENTE PRODUZIDOS PELOS PRODUTORES RURAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>EML</t>
   </si>
   <si>
     <t>Emenda à Projeto de Lei (Ordinária ou Complementa)</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1240/ema_-_2022_-_0590-2022_-_projeto_de_lei_-_0000-2022_-_vilmar_pereira_da_silva_lolo_eletricista.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1240/ema_-_2022_-_0590-2022_-_projeto_de_lei_-_0000-2022_-_vilmar_pereira_da_silva_lolo_eletricista.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA ao capítulo ll, artigo 2o, I do Projeto de lei protocolado sob o nº 0248-2022, que "Estabelece as Diretrizes Orçamentárias para o exercício financeiro de 2023 e dá outras_x000D_
 providências.</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1239/ema_-_2022_-_0593-2022_-_ao_projeto_de_lei_0248-2022_-_marcos_vinicius_-_edivaldo_-_marco_antonio.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1239/ema_-_2022_-_0593-2022_-_ao_projeto_de_lei_0248-2022_-_marcos_vinicius_-_edivaldo_-_marco_antonio.pdf</t>
   </si>
   <si>
     <t>EMENDA ADITIVA ao Capítulo II, artigo 2”, Inciso lll do Projeto de Lei protocolado sob o nº 0248-2022, que “Estabelece as Diretrizes Orçamentárias para o exercício financeiro de 2023 e dá outras providências.</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
-    <t>https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1238/esb-_2022_-_1046-2022_-_ao_projeto_de_lei_loa.pdf</t>
+    <t>http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1238/esb-_2022_-_1046-2022_-_ao_projeto_de_lei_loa.pdf</t>
   </si>
   <si>
     <t>Emenda Substitutiva que propõe substituir o artigo 8º do Projeto de Lei Ordinária, de autoria do Poder Executivo Municipal, protocolada sob o nº 0786/2022, em 29 de agosto de 2022 - Lei Orçamentária Anual (L.O.A - 2023),</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -4832,67 +4832,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/157/ind_-_2022_-__0018-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/227/ind_-_2022_-_0022-2022_-_juscelino_rodrigues_de_barcelos_1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/228/ind_-_2022_-_0023-2022_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/158/ind_-_2022_-_0059-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/159/ind_-_2022_-_0060-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/160/ind_-__2022_-_0061-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/161/ind_-__2022_-_0062-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/162/ind_-__2022_-_0063-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/163/ind_-__2022_-_0066-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/245/ind_-_2022_-_0074-2022_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/254/ind_-_2022_-_0075-2022_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/249/ind_-_2022_-_0078-2022_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/258/ind_-_2022_-__0082-2022_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/267/ind_-_2022_-_0085-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/271/ind_-_2022_-_0087-2022_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/272/ind_-_2022_-__0088-2022_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/273/ind_-_2022_-_0092-2022_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/274/ind_-_2022_-_0093-2022_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/229/ind_-_2022_-_0094-2022_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/279/ind_-_2022_-__0125-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/275/ind_-_2022_-_0127-2022_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/268/ind_-_2022_-_0129-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/269/ind_-_2022_-_0130_-_2022_-_edgar_rosa_da_silva_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/280/ind_-_2022_-_0132-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/281/ind_-_2022_-_0133-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/282/ind_-_2022_-_0134-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/259/ind_-_2022_-_0135-2022_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/291/ind_-_2022_-_0136-2022_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/283/ind_-_2022_-_0145-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/165/ind_-_2022_-_0152-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/230/ind_-_2022_-_0153-2022_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/232/ind_-_2022_-_0154-2022_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/284/ind_-_2022_-_0181-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/234/ind_-_2022_-_0184-2022_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/277/ind_-_2022_-_0185-2022_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/166/ind_-_2022_-_0190-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/253/ind_-_2022_-__0199-2022_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/260/ind_-_2022_-__0200-2022_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/261/ind_-_2022_-__0201-2022_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/262/ind_-_2022_-__0202-2022_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/567/ind_-_2022_-_0207-2022_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/568/ind_-_2022_-_0208-2022_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/569/ind_-_2022_-_0209-2022_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/292/ind_-_2022_-_0214-2022_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/572/ind_-_2022_-_0218-2022_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/573/ind_-__2022_-_0219-2022_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/285/ind_-_2022_-_0221-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/286/ind_-_2022_-_0222-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/570/ind_-_2022_-_0226_-_2022_-_vilmar_pereira_da_silva_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/575/ind_-_2022_-_0237-2022_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/571/ind_-_2022_-_0244-2022_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/574/ind_-_2022_-_0252-2022_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/293/ind_-_2022_-_0254-2022_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/577/ind_-_2022_-_0255-2022_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/270/ind_-_2022_-__0258-2022_-_edgar_rosa_da_silva_1.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/578/ind_-_2022_-_0260-2022_-_nilton_matozo_viana_1.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/579/ind_-_2022_-_0261_-_2022_-_nilton_matozo_viana_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/265/ind_-_2022_-__0265-2022_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/266/ind_-_2022_-_0266-2022_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/256/ind_-_2022_-_0289-2022_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/257/ind_-_2022_-_0290_-_2022_-_tiago_da_silva_teixeira_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/278/ind_-_2022_-_0295-2022_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/288/ind_-_2022_-_0296-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/289/ind_-_2022_-_0297-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/290/ind_-_2022_-__0298-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/287/ind_-_2022_-_0299-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/235/ind_-_2022_-_0301-2022_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/237/ind_-_2022_-_0302-2022_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/581/ind_-__2022_-_0306-2022_-_tiago_da_silva_teixeira_e_marcos_antonio_freitas_pereira.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/580/ind_-_2022_-_0308-2022_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/582/ind_-_2022_-_0315-2022_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/583/ind_-_2022_-_0316-2022_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/605/ind_-_2022_-_0321-2022_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/614/ind_-_2022_-_0325-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/618/ind_-_2022_-_0348-2022_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/725/ind_-_2022_-_0350-2022_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/620/ind_-_2022_-_0351-2022_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/635/ind_-_2022_-_0352_-_2022_-_marcos_vinicius_ferreira_romero_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/637/ind_-_2022_-_0353-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/638/ind_-_2022_-__0354-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/639/ind_-_2022_-_0355-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/640/ind_-_2022_-_0356-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/584/ind_-_2022_-_0357-2022_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/654/ind_-_2022_-_0366-2022_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/655/ind_-_2022_-_0367-2022_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/656/ind_-_2022_-_0368-2022_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/665/ind_-_2022_-__0373-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/666/ind_-_2022_-_0374-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/683/ind_-_2022_-_0390-2022_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/697/ind_-_2022_-_0408-2022_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/667/ind_-_2022_-__0411-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/668/ind_-_2022_-__0412-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/657/ind_-_2022_-_0414-2022_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/585/ind_-_2022_-__0415-2022_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/586/ind_-_2022_-__0416-2022_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/641/ind_-_2022_-_0417-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/642/ind_-_2022_-__418-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/726/ind_-_2022_-__419-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/643/ind_-_2022_-_0420-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/644/ind_-_2022_-_0421-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/645/ind_-_2022_-_0422-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/646/ind_-_2022_-_0423-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/647/ind_-_2022_-__0424-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/648/ind_-_2022_-__425-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/649/ind_-_2022_-__0426-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/650/ind_-_2022_-__0427-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/651/ind_-_2022_-_0428-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/708/ind_-_2022_-_0434-2022_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/652/ind_-_2022_-_0435-2022_-_marcos_vinicius_ferreira_romero_-_rejeitada.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/653/ind_-_2022_-_0436-2022_-_marcos_vinicius_ferreira_romero_-_rejeitada.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/685/ind_-_2022_-_0440-2022_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/711/ind_-_2022_-__0444-2022_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/669/ind_-_2022_-__0446-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/670/ind_-_2022_-__0447-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/673/ind_-_2022_-__0448-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/658/ind_-_2022_-_0455-2022_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/713/ind_-_2022_-_0456-2022_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/674/ind_-_2022_-_0459-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/622/ind_-_2022_-_0466-2022_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/624/ind_-_2022_-_0467_-_2022_-_nilton_matozo_viana_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/626/ind_-_2022_-_0468-2022_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/699/ind_-_2022_-_0476-2022_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/676/ind_-_2022_-_0496-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/678/ind_-_2022_-__0497-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/589/ind_-_2022_-_0499_-_2022_-_jose_lucas_stutz_delgado_pinto_-_rejeitada.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/659/ind_-_2022_-_0500-2022_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/660/ind_-_2022_-_0501-2022_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/662/ind_-_2022_-_0502-2022_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/663/ind_-_2022_-_0503-2022_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/714/ind_-_2022_-__0504-2022_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/717/ind_-_2022_-_0505-2022_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/687/ind_-_2022_-_0506-2022_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/608/ind_-_2022_-_0508-2022_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/611/ind_-_2022_-_0510-2022_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/591/ind_-_2022_-_0511_-_2022_-_jose_lucas_stutz_delgado_pinto_-_rejeitada.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/689/ind_-_2022_-_0512-2022_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/721/ind_-_2022_-_0514-2022_-_marcos_antonio_freitas_pereira.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/692/ind_-_2022_-_0518-2022_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/594/ind_-_2022_-__0525-2022_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/700/ind_-_2022_-_0526-2022_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/679/ind_-_2022_-__0528-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/680/ind_-_2022_-__0529-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/681/ind_-_2022_-_0530-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/727/ind_-_2022_-_0531-2022_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/616/ind_-_2022_-_0541-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/701/ind_-_2022_-_0560-2022_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/702/ind_-_2022_-_0561-2022_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/728/ind_-_2022_-_0586-2022_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/719/ind_-_2022_-__0588-2022_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/596/ind_-_2022_-__0589-2022_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/664/ind_-_2022_-_0592-2022_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/627/ind_-_2022_-_0594-2022_-_nilton_matozo_viana_e_marco_antonio_freitas_pereira.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/629/ind_-_2022_-_0595-2022_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/631/ind_-_2022_-_0596-2022_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/695/ind_-_2022_-_0606-2022_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/598/ind_-_2022_-__0607-2022_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/722/ind_-_2022_-_0609-2022_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/723/ind_-_2022_-_0610-2022_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/724/ind_-_2022_-_0617-2022_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/705/ind_-_2022_-_0624-2022_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/707/ind_-_2022_-_0625-2022_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/751/ind_-_2022_-_0627-2022_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/765/ind_-_2022_-_0633-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/766/ind_-_2022_-_0634-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/987/ind_-_2022_-__0635-2022_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/988/ind_-_2022_-_0653-2022_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/989/ind_-_2022_-_0654-2022_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/990/ind_-_2022_-_0655-2022_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/991/ind_-_2022_-_0656-2022_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/992/ind_-_2022_-_0669-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/993/ind_-_2022_-_0670-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/994/ind_-_2022_-_0681-2022_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/995/ind_-_2022_-_0682-2022_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/996/ind_-_2022_-_0683-2022_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/997/ind_-_2022_-_0684-2022_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/998/ind_-_2022_-__0685-2022_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1016/ind_-_2022_-_0687-2022_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1002/ind_-_2022_-_0688-2022_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/999/ind_-_2022_-__0690-2022_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/768/ind_-_2022_-_0694-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/769/ind_-_2022_-_0695-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/770/ind_-_2022_-_0696-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/771/ind_-_2022_-_0697-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/772/ind_-_2022_-_0698-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/825/ind_-_2022_-_0699-2022_-_darcileia_ulerisch_da_silva_1.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/826/ind_-_2022_-_0700-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/827/ind_-_2022_-_0701-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/828/ind_-_2022_-_0702-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/829/ind_-_2022_-_0703-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/835/ind_-_2022_-_0704-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1009/ind_-_2022_-_0708-2022_-_edivaldo_pereira_de_souza_e_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1010/ind_-_2022_-_0710-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1012/ind_-_2022_-_0711-2022_-retirada_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1011/ind_-_2022_-_0712-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1017/ind_-_2022_-_0713-2022_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1070/ind_-_2022_-__0714-2022_-_valdinei_pires_de_siqueira.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/837/ind_-_2022_-_0719-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1071/ind_-__2022_-_0721-2022_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1073/ind_-__2022_-_0722-2022_-_alexandre_ferreira_da_fonseca_1.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1074/ind_-_2022_-_0725-2022_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1075/ind_-_2022_-_0726-2022_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1087/ind_-_2022_-_0728-2022_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1000/ind_-_2022_-_0730-2022_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/844/ind_-_2022_-_0749-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/845/ind_-_2022_-_0750-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/846/ind_-_2022_-_0751-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/857/ind_-_2022_-_0752-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1079/ind_-_2022_-_0760-2022_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1003/ind_-_2022_-_0764-2022_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1004/ind_-_2022_-_0765-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1005/ind_-_2022_-_0766-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1086/ind_-_2022_-_0771-2022_-_marcos_antonio_freitas_pereira.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1080/ind_-_2022_-__0781-2022_-_valdinei_pires_de_siqueira.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1018/ind_-_2022_-_0783-2022_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1001/ind_-_2022_-_0787-2022_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1081/ind_-_2022_-_0789-2022_-_valdinei_pires_de_siqueira_1.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1082/ind_-_2021_-_0794-2022_-_valdinei_pires_de_siqueira.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1085/ind_-_2022_-_0797-2022_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1076/ind_-__2022_-_0798-2022_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1077/ind_-_2022_-_0799-2022_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1078/ind_-_2022__-_0800-2022_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1013/ind_-_2022_-_0803-2022_-_edgar_rosa_da_silva_e_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1006/ind_-_2022_-_0812-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1007/ind_-_2022_-_0813-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1083/ind_-_2022_-_0815-2022_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1019/ind_-_2022_-_0816_-_2022_-_jose_candido_fragoso_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1020/ind_-_2022_-_0817-2022_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1084/ind_-_2022_-_0818_-_2022_-_retirada_-_jose_candido_fragoso_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1008/ind_-_2022_-_0828-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/864/ind_-_2022_-_0752-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1014/ind_-_2022_-_0982-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1015/ind_-_2022_-_0983-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/881/ind_-_2023_-_1021-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/884/ind_-_2023_-_1039-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/886/ind_-_2023_-_1106-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/891/ind_-_2023_-_1107-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/894/ind_-_2023_-_1108-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/895/ind_-_2023_-_1109-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/896/ind_-_2023_-_1110-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/535/ind_-_2022_-_1111-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/536/ind_-_2022_-_1112-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/537/ind_-_2022_-_1112-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/538/ind_-_2022_-_1114-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/761/ind_-_2023_-_1121-2022_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/763/ind_-_2023_-_1122-2022_-_fabricio_de_araujo_sousa_1.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/703/ind_-_2022_-_0623-2022_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1237/plo_-_2022_-_0658-2022_-executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1154/emo_-_2022_-_1074-2022_-_a_lei_organica_municipal.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1181/plc_-_2022_-_0186-2022_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1182/plc_-_2022_-_0212-2022_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1179/plo_-_2022_-_0520-2022_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1176/plc_-_2022_-_1042-2022_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1175/plc_-_2022_-_1044-2022_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1173/plc_-_2022_-_1073-2022_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1205/plo_-_2022_-_0035_-_2022_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1147/plo_-_2022_-_0077-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1146/plo_-_2022_-_0084-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/969/pl0_-_2022_-__0086-2022_-_vereador_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1163/plo_-_2022_-_0150-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1139/plo_-_2022_-_0162_-_2022_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1138/plo_-_2022_-_0164_-_2022_-_retirado_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1206/plo_-_2022_-_0211-2022_-executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1207/plo_-_2022_-_0213-2022_-executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1208/plo_-_2022_-_0248_-_2022_-_com_alteracao_-_ldo_-_dispoe_sobre_as_diretrizes_orcamentarias_para_o_exercicio_financeiro_de_2023_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1215/plo_-_2022_-_0249-2022_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1166/plo_-_2022_-_0288_-_2022_-_vetado_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1172/plo_-_2022_-_0330-2022_-_retirado_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1216/plo_-_2022_-_0339-2022_-executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1217/plo_-_2022_-_0340-2022_-executivo_municipal_1.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1169/plo_-_2022_-_0378_-_2022_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1103/plo_-_2022_-_0385_-_2022_-jose_candido_fragoso-_lei_-_2.537.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/2005/plo_-_2022_-_0387-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1998/plo_-_2022_-_0388-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1102/plo_-_2022_-_0389-2022_-_vetado_darcileia_ulerisch_da_silva_-_vetado-0829-2022.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1218/plo_-_2022_-_0449-2022_-executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1162/plo_-_2022_-_0452_-_2022_-_alexandre_ferreira_da_fonseca_-_com_certidao_de_obito_-_completo.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1219/plo_-_2022_-_0464-2022_-executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1220/plo_-_2022_-_0487-2022_-executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1221/plo_-_2022_-_0488-2022_-executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1222/plo_-_2022_-_0489-2022_-executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1223/plo_-_2022_-_0490-2022_-executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1161/plo_-_2022_-_0495-2022_-_retirado__jose_candido_fragoso_-_retirado_por_duplicidade_1.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1224/plo_-_2022_-_0519-2022_-_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/2010/plo_-_2022_-_0540-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1225/plo_-_2022_-_0629-2022_-executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/2004/plo_-_2022_-_1116-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/2006/plo_-_2022_-_0631-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1226/plo_-_2022_-_0657-2022_-poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/981/plo_-_2022_-_0784-2022_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/982/plo_-_2022_-_0785-2022_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1227/plo_-_2022_-_0786-2022_-_loa_2023.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1158/plo_-_2022_-_0814-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/2007/plo_-_2022_-_0848-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1024/plo_-_2022_-_0872-2022_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1025/plo_-_2022_-_0880-2022_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1228/plo_-_2022_-_0889_-_2022_-_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1229/plo_-_2022_-_0900_-_2022_-_executivo_municipal_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1165/plo_-_2021_-_0961-2021_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1164/plo_-_2021_-_0962-2021_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1230/plo_-_2022_-_0967_-_2022_-_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/2008/plo_-_2022_-_0973-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/2009/plo_-_2022_-_0978-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1231/plo_-_2022_-_1045_-_2022_-_poder_executivo_municipal_1.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1232/plo_-_2022_-_1068_-_2022_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1233/plo_-_2022_-_1069_-_2022_-_poder_executivo_municipal_1.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1157/plo_-_2022_-_1072_-_2022_-_tiago_do_gas_-_declara_utilidade_publica_ao_colonial_esporte_clube.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1137/plo_-_2022_-_1073_-_2021_-_vetado_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1234/plo_-_2022_-_1091_-_2022_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1235/plo_-_2022_-_1092_-_2022_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1123/plo_-_2022_-_1107_-_2021_-_vetado_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/2003/plo_-_2022_-_1116-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1236/plo_-_2022_-_1117_-_2022_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1168/plo_-_2021_-_1160-2021_-_vetado__tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1121/plo_-_2022_-_1168_-_2021_-_vetado__vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1159/plo_-_2022_-_0495-2022_-_retirado__jose_candido_fragoso_-_retirado_por_duplicidade.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1901/prs_-_2022_-_0031_-_2022_-_ver_jose_lucas_stutz_-_reprova_contas_governo_ano_2020_gestao_mauro_soares.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1725/res_-_2022_-_0230_-_2022_-_concede_titulos_de_cidadania_cachoeirense_-_ver_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1890/prs_-_2022_-_0231_-_2022_-_ver_marcos_viniciius_romero_-_concede_medalha_de_honra_ao_merito_dr_mario_simao_assaf.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1885/plo_-_2022_-_0238_-_2022_-_ver_edgar_silva_-_concede_medalha_de_honra_ao_merito_dr_mario_simao_assaf.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1927/prs_-_2022_-_0243_-_2022_-_ver_fabricio_araujo_sousa_-_concede_titulo_de_cidadania_cachoeirense.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1884/prs_-_2022_-_0256_-_2022_-_ver_darcileia_ulerisch_-_concede_medalha_de_honra_ao_merito_dr_mario_simao_assaf.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1923/prs_-_2022_-_0257_-_2022_-_ver_darcileia_ulerisch_da_silva_-_concede_titulo_de_cidadania_cachoeirense.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1887/prs_-_2022_-_0259_-_2022_-_ver_fabricio_araujo_-_concede_medalha_de_honra_ao_merito_dr_mario_simao_assaf.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1739/prs_-_2022_-_0263_-_2022_-_concede_titulos_de_cidadania_cachoeirense_-_ver_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1928/prs_-_2022_-_0286_-_2022_-_ver_ivan_dionizio_-_concede_titulo_de_cidadania_cachoeirense.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1929/prs_-_2022_-_0287_-_2022_-_ver_jose_lucas_stutz_delgado_pinto_-_concede_titulo_de_cidadania_cachoeirense.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1889/prs_-_2022_-_0291_-_2022_-_ver_jose_lucas_stutz_-_concede_medalha_de_honra_ao_merito_dr_mario_simao_assaf.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1883/prs_-_2022_-_0292_-_2022_-_ver_ailton_telles_-_concede_medalha_de_honra_ao_merito_dr_mario_simao_assaf.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1925/prs_-_2022_-_0293_-_2022_-_ver_edivaldo_pereira_de_souza_-_concede_titulos_de_cidadania_cachoeirense.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1886/prs_-_2022_-_0294_-_2022_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1914/prs_-_2022_-_0303_-_2022_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1888/prs_-_2022_-_0309-_2022_-_ver_ivan_dionizio_-_concede_medalha_honra_simao_assaf.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1913/prs_-_2022_-_0310_-_2022_-_ver_jose_candido_fragoso_-_concede_titulo_de_cidadania_cachoeirense.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1926/prs_-_2022_-_0311_-_2022_-_ver_edivaldo_pereira_de_souza_-_concede_titulo_de_cidadania_cachoeirense.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1924/prs_-_2022_-_0312_-_2022_-_ver_edgar_rosa_da_silva_-_concede_titulo_de_cidadania_cachoeirense.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1922/prs_-_2022_-_0317_-_2022_-_ver_vilmar_pereira_da_silva_-_concede_titulo_de_cidadania_cachoeirense.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1732/prs_-_2022_-_0318__-_2022_-_concede_titulos_de_cidadania_cachoeirense_-_ver_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1900/prs_-_2022_-_0322_-_2022_-_ver_vilmar_pereira_da_silva_-_concede_medalha_de_honra_ao_merito_dr_mario_simao_assaf.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1899/prs_-_2022_-_0323_-_2022_-_ver_nilton_matozo_viana_-_concede_medalha_de_honra_ao_merito_dr_mario_simao_assaf.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1729/res_-_2022_-_0324__-_2022_-_concede_titulos_de_cidadania_cachoeirense_-_ver_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1916/prs_-_2022_-_0329_-_2022_-_ver_jose_candido_fragoso_-_concede_titulo_de_cidadania_cachoeirense.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1921/prs_-_2022_-_0333_-_2022_-_ver_vilmar_pereira_da_silva_-_concede_titulo_de_cidadania_cachoeirense.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1731/prs_-_2022_-_0336__-_2022_-_concede_titulos_de_cidadania_cachoeirense_-_ver_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1919/prs_-_2022_-_0338_-_2022_-_ver_nilton_matozo_viana_-_concede_titulo_de_cidadania_cachoeirense.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1920/prs_-_2022_-_0341_-_2022_-_ver_nilton_matozo_viana_-_concede_titulo_de_cidadania_cachoeirense.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1930/prs_-_2022_-_0342_-_2022_-_ver_juscelino_rodrigues_de_barcelos_-_concede_titulo_de_cidadania_cachoeirense.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1730/res_-_2022_-_0343__-_2022_-_concede_titulos_de_cidadania_cachoeirense_-_ver_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1733/prs_-_2022_-_0344_-_2022_-_concede_titulos_de_cidadania_cachoeirense_-_ver_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1915/prs_-_2022_-_0345_-_2022_-_ver_jose_candido_fragoso_-_concede_titulo_de_cidadania_cachoeirense.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1912/prs_-_2022_-_0347_-_2022_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1724/res_-_2022_-_0349_-_2022_-_concede_titulo_de_cidadania_cachoeirense_-_ver_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1918/prs_-_2022_-_0361_-_2022_-_ver_darcileia_ulerisch_da_silva_-_concede_medalha_de_honra_ao_merito.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1911/prs_-_2022_-_0363_-_2022_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1906/prs_-_2022_-_0942_-_2022_-_ver_ailton_telles_-_institui_comissao_especial_pessoa_idosa_cmcm.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1931/req_-_2022_-_0081_-_2022_-_ver_tiago_da_silva_teixeira_-_sobre_aquisicao_desktops_para_estudantes.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1933/req_-_2022_-_0960_-_2022_-_ver_dudu_do_povao_e_ou_-_relatorio_integral_aplicacao_recursos_icms_ecologico.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1201/vet_-_2022_-_0025-2022_-_total_-_1058-2021_-_projeto_de_lei_1058-2021.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1199/vet_-__2022_-_0285-2022_-_parcial_-_0162-2022_-_projeto_de_lei_0162-2021_-_jose_candido_fragoso_-_acolhido.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1198/vet_-_2022_-_0383-2022_-_total_-_1073-2021__-_acolhido_-_projeto_de_lei_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1197/vet_-_2022_-_0542-2022_-_total_-_1168-2021__-_acolhido_-_projeto_de_lei_-_vereador_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1196/vet_-_2022_-_0543-2022_-_total-_1107-2021_-_acolhido_-_projeto_de_lei_-_vereador_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1195/vet_-_2022_-_0558-2022_-_total-_0385-2022_-_retirado_projeto_de_lei_0385-2022_-_jose_candido_fragoso_-_retirado_pelo_executivo.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1192/vet_-__2022_-_0559-2022_-_total_-_0064-2022_-_acolhido_-_projeto_de_lei_-_vereador_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1191/vet_-_2022_-_0829-2022_-_total_-_0389-2022_-_acolhido_-_projeto_de_lei_-_vereadora_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1183/vet__-_2022_-_0866-2022_-_total_-__projeto_de_lei_1160-2021_-_vereador_tiago_da_silva_teixeira_-_acolhido.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1189/vet_-_2022_-_0867-2022_-_total_-_0288-022__-_acolhido_-_projeto_de_lei_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1188/vet__-_2022_-_0908-2022_-_total_-0150-2022_-_rejeitado_-projeto_de_lei_0150-2022_-_vereador_edgar_rosa_da_silva_-_rejeitado..pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1186/vet__-_2022_-_0909-2022_-_total_-_0961-2021_-_rejeitado_-_projeto_de_lei_0961-2021_-_vereador_marcos_vinicius_ferreira_romero_-_rejeitado..pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1184/vet_-__2022_-_0910-2022_-_total_-_0962-2021_-_rejeitado_-_projeto_de_lei_0962-2021_-_vereador_marcos_vinicius_ferreira_romero_-_rejeitado.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1202/vet_-_total_-_2022_-_1200-2021_-_projeto_de_lei_0904-2021_-_vereador_fabricio_de_araujo_sousa_-_acolhido.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1240/ema_-_2022_-_0590-2022_-_projeto_de_lei_-_0000-2022_-_vilmar_pereira_da_silva_lolo_eletricista.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1239/ema_-_2022_-_0593-2022_-_ao_projeto_de_lei_0248-2022_-_marcos_vinicius_-_edivaldo_-_marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1238/esb-_2022_-_1046-2022_-_ao_projeto_de_lei_loa.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/157/ind_-_2022_-__0018-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/227/ind_-_2022_-_0022-2022_-_juscelino_rodrigues_de_barcelos_1.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/228/ind_-_2022_-_0023-2022_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/158/ind_-_2022_-_0059-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/159/ind_-_2022_-_0060-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/160/ind_-__2022_-_0061-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/161/ind_-__2022_-_0062-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/162/ind_-__2022_-_0063-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/163/ind_-__2022_-_0066-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/245/ind_-_2022_-_0074-2022_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/254/ind_-_2022_-_0075-2022_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/249/ind_-_2022_-_0078-2022_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/258/ind_-_2022_-__0082-2022_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/267/ind_-_2022_-_0085-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/271/ind_-_2022_-_0087-2022_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/272/ind_-_2022_-__0088-2022_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/273/ind_-_2022_-_0092-2022_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/274/ind_-_2022_-_0093-2022_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/229/ind_-_2022_-_0094-2022_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/279/ind_-_2022_-__0125-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/275/ind_-_2022_-_0127-2022_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/268/ind_-_2022_-_0129-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/269/ind_-_2022_-_0130_-_2022_-_edgar_rosa_da_silva_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/280/ind_-_2022_-_0132-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/281/ind_-_2022_-_0133-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/282/ind_-_2022_-_0134-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/259/ind_-_2022_-_0135-2022_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/291/ind_-_2022_-_0136-2022_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/283/ind_-_2022_-_0145-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/165/ind_-_2022_-_0152-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/230/ind_-_2022_-_0153-2022_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/232/ind_-_2022_-_0154-2022_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/284/ind_-_2022_-_0181-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/234/ind_-_2022_-_0184-2022_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/277/ind_-_2022_-_0185-2022_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/166/ind_-_2022_-_0190-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/253/ind_-_2022_-__0199-2022_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/260/ind_-_2022_-__0200-2022_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/261/ind_-_2022_-__0201-2022_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/262/ind_-_2022_-__0202-2022_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/567/ind_-_2022_-_0207-2022_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/568/ind_-_2022_-_0208-2022_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/569/ind_-_2022_-_0209-2022_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/292/ind_-_2022_-_0214-2022_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/572/ind_-_2022_-_0218-2022_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/573/ind_-__2022_-_0219-2022_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/285/ind_-_2022_-_0221-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/286/ind_-_2022_-_0222-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/570/ind_-_2022_-_0226_-_2022_-_vilmar_pereira_da_silva_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/575/ind_-_2022_-_0237-2022_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/571/ind_-_2022_-_0244-2022_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/574/ind_-_2022_-_0252-2022_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/293/ind_-_2022_-_0254-2022_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/577/ind_-_2022_-_0255-2022_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/270/ind_-_2022_-__0258-2022_-_edgar_rosa_da_silva_1.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/578/ind_-_2022_-_0260-2022_-_nilton_matozo_viana_1.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/579/ind_-_2022_-_0261_-_2022_-_nilton_matozo_viana_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/265/ind_-_2022_-__0265-2022_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/266/ind_-_2022_-_0266-2022_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/256/ind_-_2022_-_0289-2022_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/257/ind_-_2022_-_0290_-_2022_-_tiago_da_silva_teixeira_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/278/ind_-_2022_-_0295-2022_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/288/ind_-_2022_-_0296-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/289/ind_-_2022_-_0297-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/290/ind_-_2022_-__0298-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/287/ind_-_2022_-_0299-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/235/ind_-_2022_-_0301-2022_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/237/ind_-_2022_-_0302-2022_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/581/ind_-__2022_-_0306-2022_-_tiago_da_silva_teixeira_e_marcos_antonio_freitas_pereira.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/580/ind_-_2022_-_0308-2022_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/582/ind_-_2022_-_0315-2022_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/583/ind_-_2022_-_0316-2022_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/605/ind_-_2022_-_0321-2022_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/614/ind_-_2022_-_0325-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/618/ind_-_2022_-_0348-2022_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/725/ind_-_2022_-_0350-2022_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/620/ind_-_2022_-_0351-2022_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/635/ind_-_2022_-_0352_-_2022_-_marcos_vinicius_ferreira_romero_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/637/ind_-_2022_-_0353-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/638/ind_-_2022_-__0354-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/639/ind_-_2022_-_0355-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/640/ind_-_2022_-_0356-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/584/ind_-_2022_-_0357-2022_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/654/ind_-_2022_-_0366-2022_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/655/ind_-_2022_-_0367-2022_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/656/ind_-_2022_-_0368-2022_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/665/ind_-_2022_-__0373-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/666/ind_-_2022_-_0374-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/683/ind_-_2022_-_0390-2022_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/697/ind_-_2022_-_0408-2022_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/667/ind_-_2022_-__0411-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/668/ind_-_2022_-__0412-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/657/ind_-_2022_-_0414-2022_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/585/ind_-_2022_-__0415-2022_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/586/ind_-_2022_-__0416-2022_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/641/ind_-_2022_-_0417-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/642/ind_-_2022_-__418-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/726/ind_-_2022_-__419-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/643/ind_-_2022_-_0420-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/644/ind_-_2022_-_0421-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/645/ind_-_2022_-_0422-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/646/ind_-_2022_-_0423-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/647/ind_-_2022_-__0424-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/648/ind_-_2022_-__425-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/649/ind_-_2022_-__0426-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/650/ind_-_2022_-__0427-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/651/ind_-_2022_-_0428-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/708/ind_-_2022_-_0434-2022_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/652/ind_-_2022_-_0435-2022_-_marcos_vinicius_ferreira_romero_-_rejeitada.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/653/ind_-_2022_-_0436-2022_-_marcos_vinicius_ferreira_romero_-_rejeitada.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/685/ind_-_2022_-_0440-2022_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/711/ind_-_2022_-__0444-2022_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/669/ind_-_2022_-__0446-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/670/ind_-_2022_-__0447-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/673/ind_-_2022_-__0448-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/658/ind_-_2022_-_0455-2022_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/713/ind_-_2022_-_0456-2022_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/674/ind_-_2022_-_0459-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/622/ind_-_2022_-_0466-2022_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/624/ind_-_2022_-_0467_-_2022_-_nilton_matozo_viana_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/626/ind_-_2022_-_0468-2022_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/699/ind_-_2022_-_0476-2022_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/676/ind_-_2022_-_0496-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/678/ind_-_2022_-__0497-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/589/ind_-_2022_-_0499_-_2022_-_jose_lucas_stutz_delgado_pinto_-_rejeitada.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/659/ind_-_2022_-_0500-2022_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/660/ind_-_2022_-_0501-2022_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/662/ind_-_2022_-_0502-2022_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/663/ind_-_2022_-_0503-2022_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/714/ind_-_2022_-__0504-2022_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/717/ind_-_2022_-_0505-2022_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/687/ind_-_2022_-_0506-2022_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/608/ind_-_2022_-_0508-2022_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/611/ind_-_2022_-_0510-2022_-_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/591/ind_-_2022_-_0511_-_2022_-_jose_lucas_stutz_delgado_pinto_-_rejeitada.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/689/ind_-_2022_-_0512-2022_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/721/ind_-_2022_-_0514-2022_-_marcos_antonio_freitas_pereira.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/692/ind_-_2022_-_0518-2022_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/594/ind_-_2022_-__0525-2022_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/700/ind_-_2022_-_0526-2022_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/679/ind_-_2022_-__0528-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/680/ind_-_2022_-__0529-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/681/ind_-_2022_-_0530-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/727/ind_-_2022_-_0531-2022_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/616/ind_-_2022_-_0541-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/701/ind_-_2022_-_0560-2022_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/702/ind_-_2022_-_0561-2022_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/728/ind_-_2022_-_0586-2022_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/719/ind_-_2022_-__0588-2022_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/596/ind_-_2022_-__0589-2022_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/664/ind_-_2022_-_0592-2022_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/627/ind_-_2022_-_0594-2022_-_nilton_matozo_viana_e_marco_antonio_freitas_pereira.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/629/ind_-_2022_-_0595-2022_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/631/ind_-_2022_-_0596-2022_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/695/ind_-_2022_-_0606-2022_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/598/ind_-_2022_-__0607-2022_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/722/ind_-_2022_-_0609-2022_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/723/ind_-_2022_-_0610-2022_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/724/ind_-_2022_-_0617-2022_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/705/ind_-_2022_-_0624-2022_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/707/ind_-_2022_-_0625-2022_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/751/ind_-_2022_-_0627-2022_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/765/ind_-_2022_-_0633-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/766/ind_-_2022_-_0634-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/987/ind_-_2022_-__0635-2022_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/988/ind_-_2022_-_0653-2022_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/989/ind_-_2022_-_0654-2022_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/990/ind_-_2022_-_0655-2022_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/991/ind_-_2022_-_0656-2022_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/992/ind_-_2022_-_0669-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/993/ind_-_2022_-_0670-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/994/ind_-_2022_-_0681-2022_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/995/ind_-_2022_-_0682-2022_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/996/ind_-_2022_-_0683-2022_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/997/ind_-_2022_-_0684-2022_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/998/ind_-_2022_-__0685-2022_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1016/ind_-_2022_-_0687-2022_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1002/ind_-_2022_-_0688-2022_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/999/ind_-_2022_-__0690-2022_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/768/ind_-_2022_-_0694-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/769/ind_-_2022_-_0695-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/770/ind_-_2022_-_0696-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/771/ind_-_2022_-_0697-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/772/ind_-_2022_-_0698-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/825/ind_-_2022_-_0699-2022_-_darcileia_ulerisch_da_silva_1.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/826/ind_-_2022_-_0700-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/827/ind_-_2022_-_0701-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/828/ind_-_2022_-_0702-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/829/ind_-_2022_-_0703-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/835/ind_-_2022_-_0704-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1009/ind_-_2022_-_0708-2022_-_edivaldo_pereira_de_souza_e_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1010/ind_-_2022_-_0710-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1012/ind_-_2022_-_0711-2022_-retirada_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1011/ind_-_2022_-_0712-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1017/ind_-_2022_-_0713-2022_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1070/ind_-_2022_-__0714-2022_-_valdinei_pires_de_siqueira.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/837/ind_-_2022_-_0719-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1071/ind_-__2022_-_0721-2022_-_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1073/ind_-__2022_-_0722-2022_-_alexandre_ferreira_da_fonseca_1.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1074/ind_-_2022_-_0725-2022_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1075/ind_-_2022_-_0726-2022_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1087/ind_-_2022_-_0728-2022_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1000/ind_-_2022_-_0730-2022_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/844/ind_-_2022_-_0749-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/845/ind_-_2022_-_0750-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/846/ind_-_2022_-_0751-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/857/ind_-_2022_-_0752-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1079/ind_-_2022_-_0760-2022_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1003/ind_-_2022_-_0764-2022_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1004/ind_-_2022_-_0765-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1005/ind_-_2022_-_0766-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1086/ind_-_2022_-_0771-2022_-_marcos_antonio_freitas_pereira.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1080/ind_-_2022_-__0781-2022_-_valdinei_pires_de_siqueira.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1018/ind_-_2022_-_0783-2022_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1001/ind_-_2022_-_0787-2022_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1081/ind_-_2022_-_0789-2022_-_valdinei_pires_de_siqueira_1.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1082/ind_-_2021_-_0794-2022_-_valdinei_pires_de_siqueira.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1085/ind_-_2022_-_0797-2022_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1076/ind_-__2022_-_0798-2022_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1077/ind_-_2022_-_0799-2022_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1078/ind_-_2022__-_0800-2022_-_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1013/ind_-_2022_-_0803-2022_-_edgar_rosa_da_silva_e_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1006/ind_-_2022_-_0812-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1007/ind_-_2022_-_0813-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1083/ind_-_2022_-_0815-2022_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1019/ind_-_2022_-_0816_-_2022_-_jose_candido_fragoso_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1020/ind_-_2022_-_0817-2022_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1084/ind_-_2022_-_0818_-_2022_-_retirada_-_jose_candido_fragoso_-_retirada.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1008/ind_-_2022_-_0828-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/864/ind_-_2022_-_0752-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1014/ind_-_2022_-_0982-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1015/ind_-_2022_-_0983-2022_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/881/ind_-_2023_-_1021-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/884/ind_-_2023_-_1039-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/886/ind_-_2023_-_1106-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/891/ind_-_2023_-_1107-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/894/ind_-_2023_-_1108-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/895/ind_-_2023_-_1109-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/896/ind_-_2023_-_1110-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/535/ind_-_2022_-_1111-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/536/ind_-_2022_-_1112-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/537/ind_-_2022_-_1112-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/538/ind_-_2022_-_1114-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/761/ind_-_2023_-_1121-2022_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/763/ind_-_2023_-_1122-2022_-_fabricio_de_araujo_sousa_1.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/703/ind_-_2022_-_0623-2022_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1237/plo_-_2022_-_0658-2022_-executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1154/emo_-_2022_-_1074-2022_-_a_lei_organica_municipal.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1181/plc_-_2022_-_0186-2022_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1182/plc_-_2022_-_0212-2022_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1179/plo_-_2022_-_0520-2022_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1176/plc_-_2022_-_1042-2022_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1175/plc_-_2022_-_1044-2022_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1173/plc_-_2022_-_1073-2022_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1205/plo_-_2022_-_0035_-_2022_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1147/plo_-_2022_-_0077-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1146/plo_-_2022_-_0084-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/969/pl0_-_2022_-__0086-2022_-_vereador_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1163/plo_-_2022_-_0150-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1139/plo_-_2022_-_0162_-_2022_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1138/plo_-_2022_-_0164_-_2022_-_retirado_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1206/plo_-_2022_-_0211-2022_-executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1207/plo_-_2022_-_0213-2022_-executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1208/plo_-_2022_-_0248_-_2022_-_com_alteracao_-_ldo_-_dispoe_sobre_as_diretrizes_orcamentarias_para_o_exercicio_financeiro_de_2023_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1215/plo_-_2022_-_0249-2022_-_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1166/plo_-_2022_-_0288_-_2022_-_vetado_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1172/plo_-_2022_-_0330-2022_-_retirado_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1216/plo_-_2022_-_0339-2022_-executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1217/plo_-_2022_-_0340-2022_-executivo_municipal_1.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1169/plo_-_2022_-_0378_-_2022_-_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1103/plo_-_2022_-_0385_-_2022_-jose_candido_fragoso-_lei_-_2.537.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/2005/plo_-_2022_-_0387-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1998/plo_-_2022_-_0388-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1102/plo_-_2022_-_0389-2022_-_vetado_darcileia_ulerisch_da_silva_-_vetado-0829-2022.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1218/plo_-_2022_-_0449-2022_-executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1162/plo_-_2022_-_0452_-_2022_-_alexandre_ferreira_da_fonseca_-_com_certidao_de_obito_-_completo.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1219/plo_-_2022_-_0464-2022_-executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1220/plo_-_2022_-_0487-2022_-executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1221/plo_-_2022_-_0488-2022_-executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1222/plo_-_2022_-_0489-2022_-executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1223/plo_-_2022_-_0490-2022_-executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1161/plo_-_2022_-_0495-2022_-_retirado__jose_candido_fragoso_-_retirado_por_duplicidade_1.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1224/plo_-_2022_-_0519-2022_-_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/2010/plo_-_2022_-_0540-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1225/plo_-_2022_-_0629-2022_-executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/2004/plo_-_2022_-_1116-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/2006/plo_-_2022_-_0631-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1226/plo_-_2022_-_0657-2022_-poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/981/plo_-_2022_-_0784-2022_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/982/plo_-_2022_-_0785-2022_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1227/plo_-_2022_-_0786-2022_-_loa_2023.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1158/plo_-_2022_-_0814-2022_-_edgar_rosa_da_silva.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/2007/plo_-_2022_-_0848-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1024/plo_-_2022_-_0872-2022_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1025/plo_-_2022_-_0880-2022_-_ivan_dionizio.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1228/plo_-_2022_-_0889_-_2022_-_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1229/plo_-_2022_-_0900_-_2022_-_executivo_municipal_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1165/plo_-_2021_-_0961-2021_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1164/plo_-_2021_-_0962-2021_-_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1230/plo_-_2022_-_0967_-_2022_-_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/2008/plo_-_2022_-_0973-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/2009/plo_-_2022_-_0978-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1231/plo_-_2022_-_1045_-_2022_-_poder_executivo_municipal_1.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1232/plo_-_2022_-_1068_-_2022_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1233/plo_-_2022_-_1069_-_2022_-_poder_executivo_municipal_1.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1157/plo_-_2022_-_1072_-_2022_-_tiago_do_gas_-_declara_utilidade_publica_ao_colonial_esporte_clube.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1137/plo_-_2022_-_1073_-_2021_-_vetado_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1234/plo_-_2022_-_1091_-_2022_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1235/plo_-_2022_-_1092_-_2022_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1123/plo_-_2022_-_1107_-_2021_-_vetado_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/2003/plo_-_2022_-_1116-2022_-_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1236/plo_-_2022_-_1117_-_2022_-_poder_executivo_municipal.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1168/plo_-_2021_-_1160-2021_-_vetado__tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1121/plo_-_2022_-_1168_-_2021_-_vetado__vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1159/plo_-_2022_-_0495-2022_-_retirado__jose_candido_fragoso_-_retirado_por_duplicidade.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1901/prs_-_2022_-_0031_-_2022_-_ver_jose_lucas_stutz_-_reprova_contas_governo_ano_2020_gestao_mauro_soares.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1725/res_-_2022_-_0230_-_2022_-_concede_titulos_de_cidadania_cachoeirense_-_ver_marcos_vinicius_ferreira_romero.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1890/prs_-_2022_-_0231_-_2022_-_ver_marcos_viniciius_romero_-_concede_medalha_de_honra_ao_merito_dr_mario_simao_assaf.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1885/plo_-_2022_-_0238_-_2022_-_ver_edgar_silva_-_concede_medalha_de_honra_ao_merito_dr_mario_simao_assaf.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1927/prs_-_2022_-_0243_-_2022_-_ver_fabricio_araujo_sousa_-_concede_titulo_de_cidadania_cachoeirense.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1884/prs_-_2022_-_0256_-_2022_-_ver_darcileia_ulerisch_-_concede_medalha_de_honra_ao_merito_dr_mario_simao_assaf.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1923/prs_-_2022_-_0257_-_2022_-_ver_darcileia_ulerisch_da_silva_-_concede_titulo_de_cidadania_cachoeirense.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1887/prs_-_2022_-_0259_-_2022_-_ver_fabricio_araujo_-_concede_medalha_de_honra_ao_merito_dr_mario_simao_assaf.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1739/prs_-_2022_-_0263_-_2022_-_concede_titulos_de_cidadania_cachoeirense_-_ver_ailton_telles_machado.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1928/prs_-_2022_-_0286_-_2022_-_ver_ivan_dionizio_-_concede_titulo_de_cidadania_cachoeirense.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1929/prs_-_2022_-_0287_-_2022_-_ver_jose_lucas_stutz_delgado_pinto_-_concede_titulo_de_cidadania_cachoeirense.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1889/prs_-_2022_-_0291_-_2022_-_ver_jose_lucas_stutz_-_concede_medalha_de_honra_ao_merito_dr_mario_simao_assaf.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1883/prs_-_2022_-_0292_-_2022_-_ver_ailton_telles_-_concede_medalha_de_honra_ao_merito_dr_mario_simao_assaf.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1925/prs_-_2022_-_0293_-_2022_-_ver_edivaldo_pereira_de_souza_-_concede_titulos_de_cidadania_cachoeirense.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1886/prs_-_2022_-_0294_-_2022_-_edivaldo_pereira_de_souza.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1914/prs_-_2022_-_0303_-_2022_-_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1888/prs_-_2022_-_0309-_2022_-_ver_ivan_dionizio_-_concede_medalha_honra_simao_assaf.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1913/prs_-_2022_-_0310_-_2022_-_ver_jose_candido_fragoso_-_concede_titulo_de_cidadania_cachoeirense.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1926/prs_-_2022_-_0311_-_2022_-_ver_edivaldo_pereira_de_souza_-_concede_titulo_de_cidadania_cachoeirense.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1924/prs_-_2022_-_0312_-_2022_-_ver_edgar_rosa_da_silva_-_concede_titulo_de_cidadania_cachoeirense.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1922/prs_-_2022_-_0317_-_2022_-_ver_vilmar_pereira_da_silva_-_concede_titulo_de_cidadania_cachoeirense.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1732/prs_-_2022_-_0318__-_2022_-_concede_titulos_de_cidadania_cachoeirense_-_ver_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1900/prs_-_2022_-_0322_-_2022_-_ver_vilmar_pereira_da_silva_-_concede_medalha_de_honra_ao_merito_dr_mario_simao_assaf.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1899/prs_-_2022_-_0323_-_2022_-_ver_nilton_matozo_viana_-_concede_medalha_de_honra_ao_merito_dr_mario_simao_assaf.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1729/res_-_2022_-_0324__-_2022_-_concede_titulos_de_cidadania_cachoeirense_-_ver_nilton_matozo_viana.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1916/prs_-_2022_-_0329_-_2022_-_ver_jose_candido_fragoso_-_concede_titulo_de_cidadania_cachoeirense.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1921/prs_-_2022_-_0333_-_2022_-_ver_vilmar_pereira_da_silva_-_concede_titulo_de_cidadania_cachoeirense.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1731/prs_-_2022_-_0336__-_2022_-_concede_titulos_de_cidadania_cachoeirense_-_ver_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1919/prs_-_2022_-_0338_-_2022_-_ver_nilton_matozo_viana_-_concede_titulo_de_cidadania_cachoeirense.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1920/prs_-_2022_-_0341_-_2022_-_ver_nilton_matozo_viana_-_concede_titulo_de_cidadania_cachoeirense.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1930/prs_-_2022_-_0342_-_2022_-_ver_juscelino_rodrigues_de_barcelos_-_concede_titulo_de_cidadania_cachoeirense.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1730/res_-_2022_-_0343__-_2022_-_concede_titulos_de_cidadania_cachoeirense_-_ver_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1733/prs_-_2022_-_0344_-_2022_-_concede_titulos_de_cidadania_cachoeirense_-_ver_alexandre_ferreira_da_fonseca.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1915/prs_-_2022_-_0345_-_2022_-_ver_jose_candido_fragoso_-_concede_titulo_de_cidadania_cachoeirense.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1912/prs_-_2022_-_0347_-_2022_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1724/res_-_2022_-_0349_-_2022_-_concede_titulo_de_cidadania_cachoeirense_-_ver_juscelino_rodrigues_de_barcelos.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1918/prs_-_2022_-_0361_-_2022_-_ver_darcileia_ulerisch_da_silva_-_concede_medalha_de_honra_ao_merito.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1911/prs_-_2022_-_0363_-_2022_-_jose_candido_fragoso.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1906/prs_-_2022_-_0942_-_2022_-_ver_ailton_telles_-_institui_comissao_especial_pessoa_idosa_cmcm.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1931/req_-_2022_-_0081_-_2022_-_ver_tiago_da_silva_teixeira_-_sobre_aquisicao_desktops_para_estudantes.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1933/req_-_2022_-_0960_-_2022_-_ver_dudu_do_povao_e_ou_-_relatorio_integral_aplicacao_recursos_icms_ecologico.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1201/vet_-_2022_-_0025-2022_-_total_-_1058-2021_-_projeto_de_lei_1058-2021.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1199/vet_-__2022_-_0285-2022_-_parcial_-_0162-2022_-_projeto_de_lei_0162-2021_-_jose_candido_fragoso_-_acolhido.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1198/vet_-_2022_-_0383-2022_-_total_-_1073-2021__-_acolhido_-_projeto_de_lei_-_fabricio_de_araujo_sousa.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1197/vet_-_2022_-_0542-2022_-_total_-_1168-2021__-_acolhido_-_projeto_de_lei_-_vereador_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1196/vet_-_2022_-_0543-2022_-_total-_1107-2021_-_acolhido_-_projeto_de_lei_-_vereador_vilmar_pereira_da_silva.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1195/vet_-_2022_-_0558-2022_-_total-_0385-2022_-_retirado_projeto_de_lei_0385-2022_-_jose_candido_fragoso_-_retirado_pelo_executivo.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1192/vet_-__2022_-_0559-2022_-_total_-_0064-2022_-_acolhido_-_projeto_de_lei_-_vereador_tiago_da_silva_teixeira.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1191/vet_-_2022_-_0829-2022_-_total_-_0389-2022_-_acolhido_-_projeto_de_lei_-_vereadora_darcileia_ulerisch_da_silva.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1183/vet__-_2022_-_0866-2022_-_total_-__projeto_de_lei_1160-2021_-_vereador_tiago_da_silva_teixeira_-_acolhido.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1189/vet_-_2022_-_0867-2022_-_total_-_0288-022__-_acolhido_-_projeto_de_lei_-_jose_lucas_stutz_delgado_pinto.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1188/vet__-_2022_-_0908-2022_-_total_-0150-2022_-_rejeitado_-projeto_de_lei_0150-2022_-_vereador_edgar_rosa_da_silva_-_rejeitado..pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1186/vet__-_2022_-_0909-2022_-_total_-_0961-2021_-_rejeitado_-_projeto_de_lei_0961-2021_-_vereador_marcos_vinicius_ferreira_romero_-_rejeitado..pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1184/vet_-__2022_-_0910-2022_-_total_-_0962-2021_-_rejeitado_-_projeto_de_lei_0962-2021_-_vereador_marcos_vinicius_ferreira_romero_-_rejeitado.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1202/vet_-_total_-_2022_-_1200-2021_-_projeto_de_lei_0904-2021_-_vereador_fabricio_de_araujo_sousa_-_acolhido.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1240/ema_-_2022_-_0590-2022_-_projeto_de_lei_-_0000-2022_-_vilmar_pereira_da_silva_lolo_eletricista.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1239/ema_-_2022_-_0593-2022_-_ao_projeto_de_lei_0248-2022_-_marcos_vinicius_-_edivaldo_-_marco_antonio.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.cachoeirasdemacacu.rj.leg.br/media/sapl/public/materialegislativa/2022/1238/esb-_2022_-_1046-2022_-_ao_projeto_de_lei_loa.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H390"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="48.42578125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="228.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="228" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>